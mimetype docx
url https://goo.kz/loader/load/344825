--- v0 (2025-12-15)
+++ v1 (2026-01-16)
@@ -1,4151 +1,6850 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00D31E45" w:rsidRDefault="00D31E45" w:rsidP="00D31E45">
+    <w:p w:rsidR="00954CE7" w:rsidRPr="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
       <w:pPr>
-        <w:pStyle w:val="1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
-        <w:spacing w:before="0" w:line="450" w:lineRule="atLeast"/>
+        <w:spacing w:after="0" w:line="450" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:bCs w:val="0"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
           <w:sz w:val="39"/>
           <w:szCs w:val="39"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="00954CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
           <w:sz w:val="39"/>
           <w:szCs w:val="39"/>
-        </w:rPr>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> қағидаларын бекіту туралы</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Об утверждении Правил оказания государственных услуг в сфере семьи и детей</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D31E45" w:rsidRDefault="00D31E45" w:rsidP="00D31E45">
+    <w:p w:rsidR="00954CE7" w:rsidRPr="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
-        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:spacing w:before="120" w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00954CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...27 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 24 апреля 2020 года № 158. Зарегистрирован в Министерстве юстиции Республики Казахстан 24 апреля 2020 года № 20478.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13380" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="13380"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D31E45" w:rsidRPr="00D31E45" w:rsidTr="00D31E45">
+      <w:tr w:rsidR="00954CE7" w:rsidTr="00954CE7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="13380" w:type="dxa"/>
+            <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D31E45" w:rsidRPr="00D31E45" w:rsidRDefault="00D31E45" w:rsidP="00D31E45">
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D31E45">
-[...16 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Б</w:t>
-[...18 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>2020 жылғы 24 сәуірдегі</w:t>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>№ 158 бұйрығына</w:t>
-[...10 lines deleted...]
-              <w:t>10-қосымша</w:t>
+              <w:t>от 24 апреля 2020 года № 158</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D31E45" w:rsidRPr="00D31E45" w:rsidRDefault="00D31E45" w:rsidP="00D31E45">
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
       <w:pPr>
+        <w:pStyle w:val="3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
-        <w:outlineLvl w:val="2"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D31E45">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+        </w:rPr>
+        <w:t>Правила оказания государственной услуги "Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> қағидалары</w:t>
+        </w:rPr>
+        <w:t>Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D31E45" w:rsidRPr="00D31E45" w:rsidRDefault="00D31E45" w:rsidP="00D31E45">
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
-        <w:outlineLvl w:val="2"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D31E45">
-[...36 lines deleted...]
-        <w:r w:rsidRPr="00D31E45">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Настоящие Правила оказания государственной услуги "Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах" (далее – Правила) разработаны в соответствии с подпунктом 1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z19" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>қағидалары</w:t>
+          <w:t>статьи 10</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D31E45">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі – Қағидалар) "Мемлекеттік </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> Закона Республики Казахстан "О государственных услугах" (далее - Закон) и определяют порядок предоставления бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 1 - в редакции приказа Министра просвещения РК от 12.04.2023 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z63" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>№ 95</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z683"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>2. Исключен приказом Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z335" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>№ 55</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D31E45">
-[...8 lines deleted...]
-        <w:t>к</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для получения государственной услуги "Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах" (далее – государственная услуга) физические лица (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) подают в местные исполнительные органы областей, городов Астана, Алматы и Шымкент, районов и городов областного значения, управления образования областей, городов республиканского значения и столицы, отделы образования районов, городов областного значения, организации образования (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>) или через</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D31E45">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00D31E45">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> веб-портал "электронного правительства" (далее – портал) заявление по форме, согласно приложению 1 к настоящим Правилам с приложением документов, предусмотренных перечнем основных требований к оказанию государственной услуги "Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах" (далее – Требования к оказанию государственной услуги), согласно приложению 2 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Сноска. Пункт 3 - в редакции приказа Министра просвещения РК от 12.04.2023 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z65" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>№ 95</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. В случае обращения через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в "личный кабинет" направляется статус о принятии запроса на государственную услугу, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение 1 (одного) рабочего дня с момента получения документов, проверяет полноту представленных документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В случае предоставления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов и (или) документов с истекшим сроком действия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дает мотивированный отказ в дальнейшем рассмотрении заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 5 - в редакции приказа Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z339" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>№ 55</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сведения о документах, удостоверяющих личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, рождение ребенка, заключение или расторжении брака (при отсутствии сведений в информационной системе "Регистрационный пункт ЗАГС"), о регистрации в качестве безработного, о принадлежности </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (семьи) к получателям государственной адресной социальной помощи, о доходах лиц, не получающих государственную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, справку об опеке и попечительстве (для опекунов) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получает согласие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственной услуги, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Услугодатели</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получают цифровые документы из сервиса цифровых документов через реализованную интеграцию при условии согласия владельца документа, предоставленного посредством зарегистрированного на портале абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 6 - в редакции приказа Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z339" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>№ 55</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      7. По итогам проверки документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение 3 (трех) рабочих дней готовит справку о предоставлении бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах (далее - справка) по форме, согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z741" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>10-бабының</w:t>
+          <w:t>приложению 3</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D31E45">
-[...8 lines deleted...]
-        <w:t> 1) тармақшасына сәйкес әзірленді және жалпы бі</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При выявлении оснований для отказа в оказании государственной услуги по основаниям, указанным в пункте 9 Требований к оказанию государственной услуги настоящих Правил </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D31E45">
-[...8 lines deleted...]
-        <w:t>л</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>позднее</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D31E45">
-[...8 lines deleted...]
-        <w:t>ім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдетілген тамақтандыруды ұсыну тәртібін айқындайды.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z704" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>статьи 73</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан (далее – АППК РК) направляет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уведомление о предварительном решений об отказе в оказании государственной услуги, а также о времени и месте проведения заслушивания для возможности выразить </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D31E45" w:rsidRPr="00D31E45" w:rsidRDefault="00D31E45" w:rsidP="00D31E45">
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Процедура заслушивания проводится в соответствии со </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z721" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>статьей 74</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> АППК РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      По результатам заслушивания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение 1 (одного) рабочего дня направляет справку либо мотивированный отказ в оказании государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D31E45">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...30 lines deleted...]
-        <w:r w:rsidRPr="00D31E45">
+        </w:rPr>
+        <w:t>      Сноска. Пункт 7 - в редакции приказа Министра просвещения РК от 03.10.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z210" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="single"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 414</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7-1. Государственная услуга может оказываться </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>проактивным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> способом, в том числе без заявления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по инициативе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> посредством информационных систем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и государственных органов при регистрации телефонного номера абонентского устройства сотовой связи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на веб-портале "электронного правительства" www.egov.kz и включать в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) отправку автоматических уведомлений </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с запросом на оказание государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) получение согласия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на оказание </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>проактивной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуги, а также иных необходимых сведений от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в том числе ограниченного доступа, посредством абонентского устройства сотовой связи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>      Сноска. Правила дополнены пунктом 7-1 в соответствии с приказом Министра просвещения РК от 12.04.2023 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z67" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>№ 95</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D31E45">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00D31E45">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      7-2. Извещение (уведомление) о предоставлении бесплатного и льготного питания в общеобразовательной школе, ее учет и получение осуществляются посредством "социального кошелька".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...44 lines deleted...]
-        <w:r w:rsidRPr="00D31E45">
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Сноска. Правила дополнены пунктом 7-2 в соответствии с приказом Министра просвещения РК от 30.04.2025 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z24" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="single"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 99</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z695"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>8. Исключен приказом Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z349" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>№ 55</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D31E45">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D31E45" w:rsidRPr="00D31E45" w:rsidRDefault="00D31E45" w:rsidP="00D31E45">
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
-        <w:outlineLvl w:val="2"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D31E45">
-[...7 lines deleted...]
-        <w:t>2-тарау. Мемлекеттік қызмет көрсету тәртібі</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      9. Общий срок рассмотрения документов и получение справки либо отказ в оказании государственной услуги составляет 5 (пять) рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D31E45" w:rsidRPr="00D31E45" w:rsidRDefault="00D31E45" w:rsidP="00D31E45">
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D31E45">
-[...9 lines deleted...]
-      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9-1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D31E45">
-[...71 lines deleted...]
-        <w:r w:rsidRPr="00D31E45">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в порядке, установленном уполномоченным органом в сфере информатизации в соответствии с подпунктом 11) пункта 2 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z11" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>2-қосымшаға</w:t>
+          <w:t>статьи 5</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D31E45">
-[...17 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> Закона.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При сбое информационной системы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> незамедлительно с момента обнаружения уведомляет сотрудника структурного подразделения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, ответственного за информационно-коммуникационную инфраструктуру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В этом случае ответственный сотрудник за информационно-коммуникационную инфраструктуру в течение срока, указанного в части второй настоящего пункта Правил, составляет протокол о технической проблеме и подписывает его </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Уполномоченный орган в области защиты прав детей Республики Казахстан извещает </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, в том числе Единый контакт-центр, о внесенных изменениях и дополнениях в Требования к оказанию государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Правила дополнены пунктом 9-1 в соответствии с приказом Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z350" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>№ 55</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 03.10.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z215" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>№ 414</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава 3. Порядок обжалования решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10. Жалоба на решение, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг подается на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг (далее – орган, рассматривающий жалобу), в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдікпен тамақтандыруды ұсыну" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінде (бұдан ә</w:t>
-[...26 lines deleted...]
-        <w:r w:rsidRPr="00D31E45">
+        <w:t>      Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, органом, рассматривающим жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба подается </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее в орган, рассматривающий жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При этом </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, должностное лицо, решение, действие (бездействие) обжалуются, не направляет жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет решение либо административное действие, полностью удовлетворяющие требования, указанные в жалобе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="z68" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>1-қосымшаға</w:t>
+          <w:t>пунктом 2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D31E45">
-[...8 lines deleted...]
-        <w:t> сәйкес нысан бойынша өтініш береді.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> статьи 25 Закона подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D31E45" w:rsidRPr="00D31E45" w:rsidRDefault="00D31E45" w:rsidP="00D31E45">
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, поступившая в адрес органа, рассматривающего жалобу, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D31E45">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...30 lines deleted...]
-        <w:r w:rsidRPr="00D31E45">
+        </w:rPr>
+        <w:t>      Сноска. Пункт 10 - в редакции приказа Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z354" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="single"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-            <w:lang w:eastAsia="ru-RU"/>
-[...210 lines deleted...]
-            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 55</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D31E45">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D31E45" w:rsidRPr="00D31E45" w:rsidRDefault="00D31E45" w:rsidP="00D31E45">
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D31E45">
-[...2212 lines deleted...]
-        <w:t>қа жүгінеді.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11. В случаях несогласия с результатами оказания государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13380" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8420"/>
         <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D31E45" w:rsidRPr="00D31E45" w:rsidTr="00D31E45">
+      <w:tr w:rsidR="00954CE7" w:rsidTr="00954CE7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D31E45" w:rsidRPr="00D31E45" w:rsidRDefault="00D31E45" w:rsidP="00D31E45">
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D31E45">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D31E45" w:rsidRPr="00D31E45" w:rsidRDefault="00D31E45" w:rsidP="00D31E45">
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="z280"/>
-[...17 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:bookmarkStart w:id="2" w:name="z702"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>мектептердегі білім алушылар</w:t>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>мен тәрбиеленушілердің</w:t>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>жекелеген санаттарына тегін</w:t>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>"Предоставление бесплатного и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>және жеңілдетілген</w:t>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>льготного питания отдельным</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>тамақтандыруды ұсыну"</w:t>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>категориям обучающихся и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>мемлекеттік қызметті кө</w:t>
-[...19 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>воспитанников в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>қағидаларына</w:t>
-[...10 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>общеобразовательных школах"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D31E45" w:rsidRPr="00D31E45" w:rsidTr="00D31E45">
+      <w:tr w:rsidR="00954CE7" w:rsidTr="00954CE7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D31E45" w:rsidRPr="00D31E45" w:rsidRDefault="00D31E45" w:rsidP="00D31E45">
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D31E45">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D31E45" w:rsidRPr="00D31E45" w:rsidRDefault="00D31E45" w:rsidP="00D31E45">
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D31E45">
-[...7 lines deleted...]
-              <w:t>Нысан</w:t>
+            <w:bookmarkStart w:id="3" w:name="z1112"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D31E45" w:rsidRPr="00D31E45" w:rsidTr="00D31E45">
+      <w:tr w:rsidR="00954CE7" w:rsidTr="00954CE7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D31E45" w:rsidRPr="00D31E45" w:rsidRDefault="00D31E45" w:rsidP="00D31E45">
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D31E45">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D31E45" w:rsidRPr="00D31E45" w:rsidRDefault="00D31E45" w:rsidP="00D31E45">
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D31E45">
-[...15 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:bookmarkStart w:id="4" w:name="z1485"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Руководителю _____________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>_________________________</w:t>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>__________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>(елді мекен атауы, тұ</w:t>
+              <w:t>от гражданина (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) _________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(при его наличии) и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>индивидуальный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>идентификационный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>номер заявителя,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>проживающег</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00D31E45">
-[...7 lines deleted...]
-              <w:t>р</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>о(</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00D31E45">
-[...15 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-ей) по адресу:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>мекенжайы, телефоны)</w:t>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>__________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>мекенжай бойынша тұратын</w:t>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>(наименование населенного</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>_________________________</w:t>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>пункта, адрес места</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>_________________________</w:t>
-[...43 lines deleted...]
-              <w:t>сәйкестендіру нөмірі)</w:t>
+              <w:t>проживания, телефон)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D31E45" w:rsidRPr="00D31E45" w:rsidRDefault="00D31E45" w:rsidP="00D31E45">
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
       <w:pPr>
+        <w:pStyle w:val="3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
-        <w:outlineLvl w:val="2"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D31E45">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Өтініш</w:t>
+        <w:t>                              Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D31E45" w:rsidRPr="00D31E45" w:rsidRDefault="00D31E45" w:rsidP="00D31E45">
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
       <w:pPr>
+        <w:pStyle w:val="note1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D31E45">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...28 lines deleted...]
-        <w:r w:rsidRPr="00D31E45">
+        </w:rPr>
+        <w:t>      Сноска. Приложение 1 - в редакции приказа Министра просвещения РК от 12.04.2023 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="z71" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 95</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D31E45">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D31E45" w:rsidRPr="00D31E45" w:rsidRDefault="00D31E45" w:rsidP="00D31E45">
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D31E45">
-[...8 lines deleted...]
-        <w:t>      Сізден (мектеп №, № және сынып литерін көрсету) оқитын менің кәмелетке толмаған баламды (тегі, аты, әкесінің аты (бар болған жағдайда) және жеке сәйкестендіру нөмі</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Прошу Вас включить моего несовершеннолетнего ребенка (фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(при его наличии) и индивидуальный идентификационный номер, дата рождения),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>обучающегося в (указать № школы, № и литер класса) в список обучающихся и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>воспитанников, обеспечивающихся бесплатным и льготным питанием на (указать учебный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>год).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Согласе</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D31E45">
-[...8 lines deleted...]
-        <w:t>р</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>н(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D31E45">
-[...73 lines deleted...]
-        <w:r w:rsidRPr="00D31E45">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а) на использования сведений, составляющих охраняемую </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:anchor="z1" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>З</w:t>
+          <w:t>Законом</w:t>
         </w:r>
-        <w:proofErr w:type="gramEnd"/>
-        <w:r w:rsidRPr="00D31E45">
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Республики Казахстан "О персональных данных и их защите" тайну, содержащихся в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      "___" __________20__года                         ________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                                                подпись гражданина</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5981"/>
+        <w:gridCol w:w="3524"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00954CE7" w:rsidTr="00954CE7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3146" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="_GoBack"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1854" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z708"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Предоставление бесплатного и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>льготного питания отдельным</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>категориям обучающихся и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>воспитанников в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>общеобразовательных школах"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Перечень основных требований к оказанию государственной услуги "Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="note1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Сноска. Приложение 2 - в редакции приказа Министра просвещения РК от 12.04.2023 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:anchor="z71" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>аңымен</w:t>
+          <w:t>№ 95</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D31E45">
-[...8 lines deleted...]
-        <w:t> қорғалатын құпия мәліметтерді қолдануға келісім беремін.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D31E45" w:rsidRPr="00D31E45" w:rsidRDefault="00D31E45" w:rsidP="00D31E45">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="395"/>
+        <w:gridCol w:w="4040"/>
+        <w:gridCol w:w="8945"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00954CE7" w:rsidTr="00954CE7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наименование </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Местные исполнительные органы областей, городов Астана, Алматы и Шымкент, районов и городов областного значения, управления образования областей, городов республиканского значения и столицы, отделы образования районов и городов областного значения, организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00954CE7" w:rsidTr="00954CE7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Способы предоставления государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">1) канцелярию </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2) веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00954CE7" w:rsidTr="00954CE7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Срок оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) с момента сдачи документов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, а также при обращении на портал – 5 (пять) рабочих дней;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">2) максимально допустимое время ожидания для сдачи документов у </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 15 минут;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">3) максимально допустимое время обслуживания </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 30 минут.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00954CE7" w:rsidTr="00954CE7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма оказания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная (частично автоматизированная)\ бумажная/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>проактивная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00954CE7" w:rsidTr="00954CE7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Результат оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Справка о предоставлении бесплатного и льготного питания в общеобразовательной школе либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 9 требований к оказанию государственной услуги.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00954CE7" w:rsidTr="00954CE7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Размер оплаты, взимаемой с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00954CE7" w:rsidTr="00954CE7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">График работы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Государственной корпорации и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>объектов информации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">2) портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министерства просвещения Республики Казахстан: www.edu.gov.kz;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2) портале: www.egov.kz.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00954CE7" w:rsidTr="00954CE7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Перечень документов и сведений, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>истребуемых</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> у </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1) заявление;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (требуется для идентификации личности);</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3) свидетельство о рождении ребенка (детей) в электронной форме или его копия на бумажном носителе, при отсутствии сведений в информационной системе "Регистрационный пункт ЗАГС" (далее – ИС ЗАГС) либо родившегося за пределами Республики Казахстан;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>4) копия свидетельства о заключении или расторжении брака (при отсутствии сведений в ИС ЗАГС);</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>5) копия документа, подтверждающего статус:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">для детей из семей, имеющих право на получение государственной адресной социальной помощи - справка, подтверждающая принадлежность </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (семьи) к получателям государственной адресной социальной помощи, предоставляемая местными исполнительными органами;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>для детей из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума - документы о полученных доходах (справка о заработной плате работающих родителей или лиц их заменяющих, о доходах от предпринимательской и других видов деятельности, о доходах в виде алиментов на детей и других иждивенцев);</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>для детей - сирот и детей, оставшиеся без попечения родителей, проживающих в семьях - решение уполномоченного органа об утверждении опеки (попечительства), патронатного воспитания для детей-сирот и детей, оставшихся без попечения родителей, воспитывающихся в семьях;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>для детей из семей, требующих экстренной помощи в результате чрезвычайных ситуаций и иных категории обучающихся и воспитанников, определяемых коллегиальным органом управления организации образования - решение коллегиального органа на основании обследования материально-бытового положения семьи.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Документы представляются в подлинниках для сверки, после чего подлинники возвращаются </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>на портал:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">1) заявление в форме электронного документа, подписанное ЭЦП </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или удостоверенное одноразовым паролем, при регистрации и подключения абонентского номера </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2) электронная копия свидетельства о рождении ребенка, при отсутствии сведений в ИС ЗАГС либо родившегося за пределами Республики Казахстан;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3) электронная копия свидетельства о заключении или расторжении брака (при отсутствии сведений в ИС ЗАГС);</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>4) электронная копия документа, подтверждающего статус:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">для детей из семей, имеющих право на получение государственной адресной социальной помощи - справка, подтверждающая принадлежность </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (семьи) к получателям государственной адресной социальной помощи, предоставляемая местными исполнительными органами;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>для детей из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума - документы о полученных доходах (справка о заработной плате работающих родителей или лиц их заменяющих, о доходах от предпринимательской и других видов деятельности, о доходах в виде алиментов на детей и других иждивенцев);</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>для детей - сирот и детей, оставшихся без попечения родителей, проживающих в семьях - решение уполномоченного органа об утверждении опеки (попечительства), патронатного воспитания для детей-сирот и детей, оставшихся без попечения родителей, воспитывающихся в семьях;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>для детей из семей, требующих экстренной помощи в результате чрезвычайных ситуаций и иных категории обучающихся и воспитанников, определяемых коллегиальным органом управления организации образования - решение коллегиального органа на основании обследования материально-бытового положения семьи.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00954CE7" w:rsidTr="00954CE7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) установление недостоверности документов, представленных </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) несоответствие </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:anchor="z1" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                  <w:rFonts w:ascii="Courier New" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Courier New" w:cs="Courier New"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>постановлением</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> Правительства Республики Казахстан от 25 января 2008 года № 64 "Об утверждении Правил формирования, направления расходования и учета средств, выделяемых на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных учреждений образования из семей, имеющих право на получение государственной адресной социальной помощи</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, и детям - сиротам, детям, оставшимся без попечения родителей, проживающим в семьях, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников";</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">3) отсутствие согласия </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:anchor="z18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                  <w:rFonts w:ascii="Courier New" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Courier New" w:cs="Courier New"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>статьей 8</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00954CE7" w:rsidTr="00954CE7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>форме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Информацию о порядке и статусе оказания государственной услуги </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> получает посредством Единого </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>контакт-центра</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: 1414, 8 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>800 080 7777.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Сервис цифровых документов доступен для пользователей, авторизованных в мобильном приложении.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Для использования цифрового документа необходимо пройти авторизацию в мобильном приложении с использованием электронно-цифровой подписи или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>качать</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
       <w:pPr>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="13380" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8420"/>
+        <w:gridCol w:w="4960"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00954CE7" w:rsidTr="00954CE7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z741"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Предоставление бесплатного и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>льготного питания отдельным</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>категориям обучающихся и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>воспитанников в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>общеобразовательных школах"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00954CE7" w:rsidTr="00954CE7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z1115"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D31E45">
-[...8 lines deleted...]
-        <w:t>      "___" _____________20__ жыл азаматтың (азаматшаның) қолы</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>                              СПРАВКА</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>            о предоставлении бесплатного и льготного питания в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                        общеобразовательной школе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="note1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Сноска. Приложение 3 - в редакции приказа Министра просвещения РК от 12.04.2023 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:anchor="z71" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>№ 95</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00954CE7" w:rsidRDefault="00954CE7" w:rsidP="00954CE7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Дана _______________________________ в том, что он/она включе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>н(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-а) в список</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>            (фамилия, имя. отчество (при его наличии))</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>обучающихся и воспитанников, обеспечивающихся бесплатным питанием в 20__ - 20__</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>учебном году.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>___________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Дата, подпись руководителя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Место печати</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EF481D" w:rsidRDefault="00EF481D"/>
     <w:sectPr w:rsidR="00EF481D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
@@ -4158,62 +6857,62 @@
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D31E45"/>
-    <w:rsid w:val="00D31E45"/>
+    <w:rsidRoot w:val="00954CE7"/>
+    <w:rsid w:val="00954CE7"/>
     <w:rsid w:val="00EF481D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -4361,193 +7060,193 @@
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31E45"/>
+    <w:rsid w:val="00954CE7"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00954CE7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="480" w:after="0"/>
-      <w:outlineLvl w:val="0"/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-[...21 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-    <w:name w:val="Заголовок 3 Знак"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="3"/>
+    <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00D31E45"/>
+    <w:rsid w:val="00954CE7"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="27"/>
-      <w:szCs w:val="27"/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D31E45"/>
+    <w:rsid w:val="00954CE7"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00954CE7"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D31E45"/>
+    <w:rsid w:val="00954CE7"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00D31E45"/>
+    <w:rsid w:val="00954CE7"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="note1">
     <w:name w:val="note1"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00D31E45"/>
+    <w:rsid w:val="00954CE7"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
-    </w:rPr>
-[...13 lines deleted...]
-      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -4672,235 +7371,235 @@
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31E45"/>
+    <w:rsid w:val="00954CE7"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00954CE7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="480" w:after="0"/>
-      <w:outlineLvl w:val="0"/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-[...21 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-    <w:name w:val="Заголовок 3 Знак"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="3"/>
+    <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00D31E45"/>
+    <w:rsid w:val="00954CE7"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="27"/>
-      <w:szCs w:val="27"/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D31E45"/>
+    <w:rsid w:val="00954CE7"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00954CE7"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D31E45"/>
+    <w:rsid w:val="00954CE7"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00D31E45"/>
+    <w:rsid w:val="00954CE7"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="note1">
     <w:name w:val="note1"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00D31E45"/>
+    <w:rsid w:val="00954CE7"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...13 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="611403173">
+    <w:div w:id="1562056148">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1818954160">
+    <w:div w:id="1667785782">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200026885" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200026885" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2500036062" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000094" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200026885" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2300032291" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200026885" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2300032291" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2300032291" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200030011" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2300032291" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200026885" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020478" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K2000000350" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020478" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200026885" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020478" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020478" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200030011" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2300032291" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K2000000350" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/P080000064_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200026885" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K2000000350" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200026885" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2300032291" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2500036062" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200030011" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2300032291" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020478" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000094" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2300032291" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2300032291" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2300032291" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200026885" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200026885" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200026885" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200030011" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200026885" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000094" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5148,66 +7847,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>12515</Characters>
+  <Pages>10</Pages>
+  <Words>3602</Words>
+  <Characters>20534</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>104</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>171</Lines>
+  <Paragraphs>48</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14681</CharactersWithSpaces>
+  <CharactersWithSpaces>24088</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Student</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>