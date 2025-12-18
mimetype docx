--- v0 (2025-12-15)
+++ v1 (2025-12-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="28d1331" w14:textId="28d1331">
+    <w:p w14:paraId="eb7c9f3" w14:textId="eb7c9f3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,598 +76,526 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Олимпиадалық резервтің республикалық, облыстық, республикалық маңызы бар қалалардың, астананың мамандандырылған мектеп-интернат-колледждерін және спорттағы дарынды балаларға арналған облыстық, республикалық маңызы бар қалалардың, астананың мектеп-интернаттарын қоспағанда, бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік қағидаларын бекіту туралы</w:t>
+        <w:t>Об утверждении Типовых правил приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 12 қазандағы № 564 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2018 жылғы 16 қазанда № 17553 болып тіркелді.</w:t>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 12 октября 2018 года № 564. Зарегистрирован в Министерстве юстиции Республики Казахстан 16 октября 2018 года № 17553.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="ff0000"/>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда - ҚР Оқу-ағарту министрінің 29.08.2025 </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z1" w:id="0"/>
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 11)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 27 июля 2007 года "Об образовании" и подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Білім туралы" Қазақстан Республикасы Заңының 5-бабы </w:t>
-[...95 lines deleted...]
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+      1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Типовые правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...86 lines deleted...]
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+        <w:t>
+      2. Департаменту дошкольного и среднего образования Министерства образования и науки Республики Казахстан (Каринова Ш.Т.) в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім департаменті (Ш.Т. Каринова) заңнамада белгіленген тәртіппен:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+      2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление его копии в бумажном и электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) осы бұйрық мемлекеттік тіркелген күнінен бастап күнтізбелік он күн ішінде оның көшірмесін қағаз және электронды түрде қазақ және орыс тілдерінде ресми жариялау және Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жолдауды;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+      3) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Білім және ғылым министрлігінің интернет-ресурсында орналастыруды;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+      4) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Департамент юридической службы Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) осы бұйрық мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң қызметі департаментіне осы тармақтың 1), 2) және 3) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z8" w:id="7"/>
+      3. Контроль за исполнением настоящего приказа возложить на вице-министра образования и науки Республики Казахстан Суханбердиеву Э.А.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Білім және ғылым вице-министрі Э.А. Суханбердиеваға жүктелсін.</w:t>
-[...19 lines deleted...]
-      4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
-[...14 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрі</w:t>
+              <w:t xml:space="preserve">Министр образования и науки </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Е. Сағадиев</w:t>
+              <w:t>Е. Сагадиев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -717,3527 +645,5460 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Утверждены</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>приказом Министра</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2018 жылғы 12 қазандағы</w:t>
+              <w:t>образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 564 бұйрығына қосымша</w:t>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 12 октября 2018 года № 564</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Олимпиадалық резервтің республикалық, облыстық, республикалық маңызы бар қалалардың, астананың мамандандырылған мектеп-интернат-колледждерін және спорттағы дарынды балаларға арналған облыстық, республикалық маңызы бар қалалардың, астананың мектеп-интернаттарын қоспағанда, бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына қабылдаудың үлгілік қағидалары</w:t>
+        <w:t xml:space="preserve"> Типовые правила приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Үлгілік қағидалар жаңа редакцияда - ҚР Оқу-ағарту министрінің 29.08.2025 </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+      1. Настоящие Типовые правила приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего, образования (далее –Типовые правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 11)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 27 июля 2007 года "Об образовании" (далее – Закон) и подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах", которые определяют порядок приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего, образования (далее – организации образования), а также порядок оказания государственных услуг "Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования" и "Прием документов для перевода детей между организациями начального, основного среднего, общего среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Организации образования осуществляют прием на обучение в соответствии с Конституцией Республики Казахстан, Законом, настоящими Правилами, иными нормативными правовыми актами, а также разработанными на их основе уставами организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Зачисление в число обучающихся производится на основании приказа руководителя организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Не допускается комплектование классов по уровню подготовки и степени развития обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. При приеме обучающихся в организации образования руководители организаций образования заключают с родителями или иными законными представителями детей или обучающихся договора на оказание образовательных услуг в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>типовым договором</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания образовательных услуг, утвержденным приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 93, (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13227).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Исключен приказом Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Родители или иные законные представители ребенка или обучающегося выбирают организации образования с учетом желания, индивидуальных склонностей и особенностей ребенка или обучающегося и в соответствии с условиями приема.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В случае отказа в приеме на обучение в организацию образования, родители или иные законные представители обучающегося обращаются по месту жительства в местные органы управления образованием.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+        <w:t xml:space="preserve"> Глава 2. Порядок приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      9. Организации образования, реализующие общеобразовательные учебные программы начального образования, обеспечивают прием в первый класс детей шести лет и детей, которым в текущем календарном году исполняется шесть лет, с обеспечением доступа всех детей, проживающих на территории обслуживания организации образования, независимо от уровня подготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Территория обслуживания организации образования утверждается приказом органов управления образованием городов республиканского значения, столицы, районов (городов областного значения).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-1. Прием документов и выдача результатов оказания государственной услуги осуществляются посредством веб-портала "электронного правительства" (далее – портал) и на бумажном носителе через организации начального, основного среднего, общего среднего образования ( далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z59" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для получения государственной услуги родители или иные законные представители ребенка (далее - услугополучатель) предоставляют услугодателю перечень документов согласно в приложению 1 к Типовым правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 9-1 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-2. Прием документов от родителей или иных законных представителей ребенка, поступающих в первый класс организаций образования, реализующих общеобразовательные учебные программы начального образования, производится с 1 апреля по 1 августа текущего календарного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случаях осуществления ограничительных мероприятий соответствующими государственными органами, введения чрезвычайного положения, возникновения чрезвычайных ситуаций социального, природного и техногенного характера на определенной территории, прием документов в первый класс организаций образования производится не позднее 20 августа текущего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 9-2 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 07.08.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 332</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-3. Услугополучателю, обратившемуся посредством портала в "личный кабинет", направляется уведомление о принятии запроса для оказания государственной услуги с указанием даты и времени получения результата государственной услуги (прием документов либо мотивированный отказ).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 9-3 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-4. При обращении через портал в "личный кабинет" услугополучателя в течение одного рабочего дня поступает уведомление о зачислении ребенка с 1 сентября текущего года в организацию образования, в форме электронного документа, подписанного электронной цифровой подписью (далее - ЭЦП) уполномоченного лица услугодателя либо мотивированный отказ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 9-4 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-5. Услугодатель при зачислении направляет уведомление о зачислении с 1 сентября текущего года первым троим подавшим заявление услугополучателям с территории обслуживания организации образования, затем - о зачислении с 1 сентября текущего года 1 (одному) претенденту не из территории обслуживания организации образования, из числа тех, кто зарегистрировался первым.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 9-5 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-6. При подаче заявки на бумажном носителе через услугодателя работник услугодателя регистрирует документы и в течение одного рабочего дня выдает услугополучателю расписку по форме, согласно приложению 1 к Типовым правилам, о том, что ребенок будет принят с 1 сентября текущего года или о мотивированном отказе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z65" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае подачи заявки на бумажном носителе, услугодатель при зачислении ребенка направляет уведомление о зачислении с 1 сентября текущего года первым троим подавшим заявление услугополучателям с территории обслуживания организации образования, затем - о зачислении с 1 сентября текущего года 1 (одному) претенденту не из территории обслуживания организации образования, из числа тех, кто зарегистрировался первым.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Приказ о зачислении в первый класс издается организацией образования не ранее 25 августа текущего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 9-6 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z274" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-7. При приеме детей в первый класс гимназий и лицеев проводятся экзамены до 15 июня календарного года, сроки, формы и задания, которых определяются организациями образования самостоятельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Типовые правила дополнены пунктом 9-7 в соответствии с приказом Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Олимпиадалық резервтің республикалық, облыстық, республикалық маңызы бар қалалардың, астананың мамандандырылған мектеп-интернат-колледждерін және спорттағы дарынды балаларға арналған облыстық, республикалық маңызы бар қалалардың, астананың мектеп-интернаттарын қоспағанда, бастауыш, негізгі орта және жалпы орта, білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік қағидалары (бұдан әрі – Үлгілік қағидалар) "Білім туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 5-бабы </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+      10. Прием документов для перевода детей между организациями начального, основного среднего, общего среднего образования осуществляется в каникулярный период (за исключением наличия решения суда, переезда в другой населенный пункт, выезда за пределы Республики Казахстан), в соответствии с государственной услугой "Прием документов для перевода детей между организациями начального, основного среднего, общего среднего образования" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Типовым правилам через портал или услугодателя на бумажном носителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      10-1. Для получения государственной услуги "Прием документов для перевода детей между организациями начального, основного среднего, общего среднего образования" услугополучатель подает через портал или на бумажном носителе перечень документов, указанных в стандарте госуслуг в приложении 2 к Типовым правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 10-1 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-2 В случае обращения через портал в "личный кабинет" услугополучателя приходит уведомление о переводе обучающегося из одной организации в другую организацию образования, с указанием фамилии, имени, отчества (при его наличии), даты рождения, класса, языка обучения и школы (телефон, почтовый адрес, электронный адрес (официальный интернет ресурс) подписанное электронной цифровой подписью (далее - ЭЦП) уполномоченного лица услугодателя, при отказе оказании государственной услуги - о мотивированном отказе с указанием причин отказа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 10-2 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-3. При приеме от услугополучателя документов на бумажном носителе услугодателем выдается открепительный талон о выбытии для предоставления его в организацию прибытия, с указанием фамилии, имени, отчества (при его наличии), даты рождения, класса, языка обучения и школы (телефон, почтовый адрес, электронный адрес (официальный интернет ресурс) или мотивированный отказ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 10-3 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-4. В случае получения услуги на бумажном носителе услугодатель, к которому прибывает обучающийся, предоставляет открепительный талон о прибытии, в котором указывается его фамилия, имя, отчество (при его наличии), дата рождения, класс, язык обучения, школа (почтовый адрес, телефон, электронный адрес (официальный интернет ресурс).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 10-4 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-5. Оригинал открепительного талона о прибытии (документы выдаются после предоставления оригинала открепительного талона о прибытии в другую организацию среднего образования) предоставляется в ту организацию среднего образования из которой выбывает обучающийся для получения документов (личное дело обучающегося).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель выдает услугополучателю документы на руки (личное дело обучающегося). Услугополучатель предоставляет документы (личное дело) в организацию образования в которую прибывает.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Организации образования издают приказы и проводят сверку о зачислении/отчислении обучающегося в/из организации среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 10-5 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-6. В случае переполненности класс-комплектов и несоответствия срокам подачи заявления, установленным в настоящих правилах услугодатель, отказывает в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 10-6 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      2. Білім беру ұйымдары оқуға қабылдауды Қазақстан Республикасының </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+      10-7. Услугодатель обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 10-7 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Білім алушылардың қатарына қабылдау білім беру ұйымы басшысының бұйрығы негізінде жүргізіледі.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+      11. Прием обучающихся во вторые, третьи, четвертые, пятые, шестые, седьмые, восьмые, девятые классы организаций образования, реализующих общеобразовательные учебные программы начального и основного среднего образования, осуществляется с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z37" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Сыныптарды білім алушылардың даярлық деңгейі және даму дәрежесі бойынша жасақтауға рұқсат етілмейді.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+      12. Прием обучающихся в десятые, одиннадцатые (двенадцатые) классы организаций образования, реализующих общеобразовательные учебные программы общего среднего образования, осуществляется с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования, и на основании личного заявления обучающихся либо заявления их родителей или иных законных представителей, а также наличия документа государственного образца об основном среднем образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Прием заявлений производится до 15 августа календарного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 - в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Прием обучающихся в десятые, одиннадцатые классы гимназий, лицеев осуществляется в соответствии с уставом гимназии, лицея на основании личного заявления обучающихся либо заявления их родителей или иных законных представителей и наличия документа государственного образца об основном среднем образовании без учета территории обслуживания данных видов организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z40" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Гимназии и лицеи формируют общеобразовательные классы для обеспечения получения обязательного объема знаний, определенных государственными общеобязательными стандартами образования Республики Казахстан, с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z75" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      5. Білім беру ұйымдарына білім алушыларды қабылдау кезінде білім беру ұйымдарының басшылары "Мектепке дейінгі ұйымдар, орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары үшін білім беру қызметтерін көрсетудің үлгілік шартының, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары үшін кәсіптік практиканы өткізуге арналған үлгілік шарттың және дуальды оқыту туралы үлгілік шарттың нысандарын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 93 бұйрығына </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+      15. Прием на обучение в специализированные организации образования производится на конкурсной основе (далее-конкурс). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z76" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="17"/>
+        <w:t xml:space="preserve">
+      Специализированная организация образования на своем интернет-ресурсе размещает квоту, позволяющую осуществить формирование класс-комплектов при проведении конкурсного отбора. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Білім беру ұйымына оқуға қабылдаудан бас тартылған жағдайда көрсетілетін қызметті алушы тұрғылықты жері бойынша білім беруді басқарудың жергілікті органдарына жүгінеді.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="18"/>
+      16. Прием документов для участия в конкурсе от родителей/законных представителей претендентов, поступающих в специализированную организацию образования, производится с 1 марта по 1 апреля текущего календарного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z78" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Приказом руководителя специализированной организации образования назначается ответственное лицо для приема документов. Ответственное лицо несет ответственность за создание электронной базы претендентов (наименование специализированной организации образования, ФИО, ИИН, класс, язык обучения, электронный адрес, копии дипломов (при наличии)) на участие в конкурсе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 17 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Для участия в конкурсе родитель/законный представитель претендента в установленные сроки проходит регистрацию на интернет-ресурсе специализированной организации образования или предоставляет в специализированную организацию образования ответственному лицу следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z80" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1)   заявление от родителей или иных законных представителей ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z81" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) копия свидетельства о рождении претендента с указанием (приложением) ИИН;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z82" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) справка претендента с места учебы с фото, заверенная печатью организации, с указанием электронного адреса претендента;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z83" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4)  фотография претендента размером 3х4 в количестве 2 штук;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z84" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) при наличии прилагается копия диплома об участии в республиканских олимпиадах, проводимых Республиканским научно-практическим центром Министерства образования и науки Республики Казахстан "Дарын" (далее-Центр Дарын), областными, городов Нур-Султан, Алматы, Шымкент управлениями образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Основанием для отказа в приеме документов может являться подача заявления об участии в Конкурсе позже установленных сроков или неполный пакет документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. После завершения приема документов до 3 апреля ответственное лицо каждой специализированной организации образования передает электронную базу претендентов для участия в конкурсе Центру "Дарын" для формирования тестовых материалов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 20 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z87" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Приказом руководителя Центра "Дарын" определяется ответственное лицо для работы с электронными базами претендентов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 21 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z88" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Для организации и проведения конкурса для приема на обучение Центром "Дарын" создается конкурсная комиссия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 22 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z89" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. В состав конкурсной комиссии входят председатель конкурсной комиссии, сотрудники территориальных органов Комитета по обеспечению качества в сфере образования и науки Министерства образования и науки Республики Казахстан, учебно-методического совета Центра "Дарын", специальных мониторинговых групп, представителей общественных организаций в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 23 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Председатель конкурсной комиссии выбирается из числа членов комиссии. Количество членов комиссии должно составлять нечетное число, но не менее семи человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 24 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Специализированной организацией образования утверждается квота в размере десяти процентов от общего количества принимаемых обучающихся в 7 классы для победителей национальной интеллектуальной олимпиады из сельских школ "Mың бала".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 25 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Конкурсные материалы для проведения отбора в специализированные организации образования разрабатываются и утверждаются учебно-методическим советом Центра "Дарын".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 26 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z93" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Конкурс проходит в установленные Центром "Дарын" сроки в период с 15 по 30 апреля согласно утвержденному графику.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 27 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z94" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. График проведения конкурного отбора размещается на интернет ресурсах специализированных организаций образования и Центра "Дарын" с 5 по 15 апреля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 28 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z95" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Конкурс проходит в режиме офф-лайн (тестирование).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 29 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z96" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Тестовые материалы для проведения конкурса доставляются в специализированные организации образования в бумажном варианте, (запломбированные) сотрудниками Центра "Дарын" за день до начала проведения конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 30 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z97" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Конкурс проходит в каждом регионе на базе специализированной организации образования, заранее определяемой Центром "Дарын" по согласованию с местными исполнительными органами. Конкурс и подведение итогов проводится среди претендентов на зачисление в специализированную организацию образования в разрезе каждой специализированной организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 31 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z98" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Для обеспечения прозрачности приема обучающихся в специализированной организации образования устанавливаются системы видеонаблюдения и аудиозаписи, используемые для запуска в здание, аудитории и места проведения конкурсного отбора. Специализированная организация образования оснащается техническим оборудованием для проведения Конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 32 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z99" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Тестирование для поступающих в 7 класс включает 75 вопросов по следующим предметам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z100" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - математика и логика – 55 вопросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z101" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - грамотность чтения – 10 вопросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z102" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - история Казахстана – 10 вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z103" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестирование для поступающих в 6 класс включает 60 вопросов по следующим предметам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z104" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - математика и логика – 35 вопросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z105" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - грамотность чтения – 15 вопросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z106" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - история Казахстана – 10 вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z107" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестирование для поступающих в 5 класс включает 40 вопросов по следующим предметам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z108" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - математика и логика – 30 вопросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z109" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - грамотность чтения – 10 вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 33 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z110" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Время, отведенное на тестирование в 7 классе составляет 120, в 6 классе – 90 минут, в 5 классе - 60 минут (время на раздачу тестовых материалов, заполнение секторов Листа ответов, а также разъяснительную работу в указанное время не входит).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 34 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z111" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. При вычислении итоговых результатов теста количество правильных ответов умножается на коэффициент "4" (четыре), тогда как один неправильный ответ умножается на коэффициент "-1". Таким образом, высчитывается общий итог (4* правильных ответа +(-)* неправильный ответ= общему итоговому баллу).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 35 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z112" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Обработка результатов проводится конкурсной комиссией при помощи сканирования листов ответа, получение результатов обеспечивается через единую систему проверки Центра "Дарын". Книжка-вопросник не рассматривается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 36 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z113" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Апелляция по результатам конкурсного отбора не проводится.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 37 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z114" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Победители и призеры областного этапа диплома об участии в республиканских олимпиадах, проводимых Центром "Дарын", областными, городов Нур-Султан, Алматы, Шымкент управлениями образования при одинаковом количестве набранных баллов имеют преимущество при зачислении в специализированную организацию образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 38 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z115" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Конкурсный отбор для претендентов, поступающих в специализированные организации образования, за исключением "Білім-инновация" лицейі", проводится в один тур (тестирование). Конкурсный отбор и прием в Білім-инновация" лицейі" проводится в порядке определенном Международным общественным фондом "Білім-инновация".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 39 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z116" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Зачисление претендентов на обучение в специализированную организацию образования происходит от максимального количества баллов в соответствии с вакантными местами в разрезе каждой специализированной организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 40 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z117" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Итоги конкурсного отбора претендентов оформляются протоколом конкурсной комиссии и размещаются на интернет-ресурсах Центра "Дарын" и специализированной организации образования не позднее следующего дня после проведения конкурсного отбора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 41 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z118" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. По итогам конкурса до 5 мая руководитель специализированной организации образования издает приказ о зачислении в специализированную организацию образования с 1 сентября следующего учебного года и приказ по зачислению в резервный список.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 42 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z119" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Конкурсной комиссией формируется резервный список претендентов из числа претендентов конкурса, не вошедших в основные вакансии, по сумме набранных баллов в порядке убывания и размещается на интернет-ресурсе специализированной организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 43 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z120" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Претенденты, зачисленные в резервный список, могут быть приняты в специализированные организации образования в течение учебного года при наличии вакантных мест. Наличие вакантных мест размещается на интернет-ресурсе специализированной организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 44 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z121" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      45. При высвобождении мест в 8-11 классах специализированная организация образования проводит конкурсный отбор самостоятельно, но не более утвержденного количества учащихся в соответствии с Санитарно-эпидемиологическими требованиями к объектам образования, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 16 августа 2017 года № 611 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 15681).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 45 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z122" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Специализированные организации образования, обеспечивающие образование, направленное на углубленное освоение одаренными детьми основ военного дела, спорта, искусства, согласно Уставу школ проводят второй тур претендентов с учетом функциональных профессиональных, психологических и физиологических данных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 46 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z123" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Олимпиадалық резервтің республикалық, облыстық, республикалық маңызы бар қалалардың, астананың мамандандырылған мектеп-интернат-колледждерін және спорттағы дарынды балаларға арналған облыстық, республикалық маңызы бар қалалардың, астананың мектеп-интернаттарын қоспағанда, бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдау тәртібі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="19"/>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействий) местных исполнительных органов, города республиканского значения и столицы, района (города областного значения) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены главой 3 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z124" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Білім беру ұйымына қызмет ету аумағы республикалық маңызы бар қалалардың, астананың, аудандардың (облыстық маңызы бар қалалардың) білім беруді басқару органдарының бұйрығымен бекітіледі.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="20"/>
+      47. Жалоба на решение, действий (бездействия) услугодателя по вопросам оказания государственных услуг может быть подана на имя руководителя услугодателя, в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг, в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z125" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="20"/>
+        <w:t xml:space="preserve">
+      Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z126" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...22 lines deleted...]
-    </w:p>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z127" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...3008 lines deleted...]
-    <w:bookmarkEnd w:id="78"/>
+        <w:t>
+      48. В случаях несогласия с результатами оказания государственной услуги услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4271,2053 +6132,1882 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Олимпиадалық резервтің</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>республикалық, облыстық,</w:t>
+              <w:t xml:space="preserve">к Типовым правилам приема </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>республикалық маңызы бар</w:t>
+              <w:t xml:space="preserve">на обучение в организации </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қалалардың, астананың</w:t>
+              <w:t xml:space="preserve">образования, реализующие </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мамандандырылған мектеп-</w:t>
-[...64 lines deleted...]
-              <w:t>интернат-колледждерін және</w:t>
+              <w:t xml:space="preserve">общеобразовательные учебные </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>спорттағы дарынды балаларға</w:t>
+              <w:t xml:space="preserve">программы начального, </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>арналған облыстық,</w:t>
+              <w:t xml:space="preserve">основного среднего и общего </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>республикалық маңызы бар</w:t>
-[...116 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>среднего образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z82" w:id="79"/>
+    <w:bookmarkStart w:name="z270" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттарды қабылдау және оқуға қабылдау" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="79"/>
+        <w:t xml:space="preserve"> Стандарт государственной услуги: "Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Типовые правила дополнены приложением 1 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="374"/>
+        <w:gridCol w:w="1200"/>
+        <w:gridCol w:w="10726"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>1</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің атауы</w:t>
+Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10726" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары (бұдан әрі – көрсетілетін қызметті беруші)</w:t>
+Организации начального, основного среднего, общего среднего образования (далее – услугодатель)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызметті ұсыну тәсілдері</w:t>
+Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10726" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) www.egov.kz "электрондық үкімет" веб-порталы (бұдан әрі – портал) арқылы;</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+1) веб-портал "электронного правительства" www.egov.kz (далее – портал);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) көрсетілетін қызметті беруші арқылы жүзеге асырылады.</w:t>
+2) услугодателя.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызметтің мерзімі</w:t>
+Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10726" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+С момента сдачи пакета документов услугодателю, а также при обращении через портал – один рабочий день. Для зачисления в организацию образования начального, основного среднего, общего среднего образования на очную и вечернюю форму обучения – не позднее 20 августа календарного года. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-1 (бір) жұмыс күні</w:t>
+Для 1 классов до 1 августа календарного года, для 10-х классов до 15 августа календарного года.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызметтің нысаны</w:t>
+Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10726" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронды (ішінара автоматтандырылған) / қағаз түрінде</w:t>
+Электронная (частично автоматизированная) /бумажная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызметтің нәтижелері</w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10726" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+При обращении через портал:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">
-Портал арқылы "жеке кабинетке" жүгінген жағдайда, қызмет алушыға ағымдағы жылдың 1 қыркүйегінен бастап орта білім беру ұйымына қабылдау және оқуға қабылдану туралы немесе осы Үлгілік қағидалардың </w:t>
-[...27 lines deleted...]
-            </w:pPr>
+ в личный кабинет услугополучателя приходит уведомление о принятии и зачислении в организацию среднего образования с 1 сентября текущего года, при подачи неполного пакета документов – о мотивированном отказе с указанием причины отказа. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Хабарламада қызмет көрсетуші ағымдағы жылдың 1 қыркүйегінен бастап ең алдымен аумақтық қызмет көрсету аймағына тиесілі болып табылатын және бірінші болып өтініш берген 3 (үш) қызмет алушыны, содан кейін тіркелгендердің ішінен қызмет көрсету аймағына жатпайтын 1 (бір) үміткерді қабылдау туралы мәлімет көрсетеді.</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+Услугодатель в уведомлении указывает о зачислении с 1 сентября текущего года первым троим подавшим заявление услугополучателям из территории обслуживания, затем - о зачислении с 1 сентября текущего года 1 (одному) претенденту не из территории обслуживания, из числа тех, кто зарегистрировался первым.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қызмет көрсетушіге (қағаз түрінде) жүгінген жағдайда:</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес қызмет алушыға құжаттарды қабылдаудан бас тарту туралы қолхат беріледі.</w:t>
+При обращении через услугодателя (бумажно) – выдача уведомления о приеме и зачислении в организацию среднего образования с 1 сентября текущего года, при подаче неполного пакета документов - о мотивированном отказе с указанием причины отказа.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызмет кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10726" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тегін</w:t>
+Бесплатно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс кестесі</w:t>
+График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10726" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+1) услугодателя - с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому кодексу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан от 23 ноября 2015 года (далее – Кодекс) с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-1. көрсетілетін қызметті беруші - Қазақстан Республикасының Еңбек кодексіне (бұдан әрі – Кодекс) сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен, белгіленген жұмыс кестесіне сәйкес сағат 9.00-ден 18.30-ға дейін. Қызмет алушылардың құжаттарын қабылдау көрсетілген кестеге сәйкес 9.00-ден 18.30-ға дейін жүзеге асырылады.</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно Кодексу, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, Кодекске сәйкес демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және мемлекеттік көрсетілетін қызмет нәтижелерін беру келесі жұмыс күні жүзеге асырылады). Мемлекеттік қызметті көрсету орындарының мекенжайлары:</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+Адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. көрсетілетін қызметті берушінің интернет-ресурсында;</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+1) интернет-ресурсе услугодателя;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. www.egov.kz порталында орналасқан.</w:t>
+2) портале www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін қажетті құжаттардың тізбесі</w:t>
+Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10726" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- порталға:</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+- на портал:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. "Бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттарды қабылдау және оқуға қабылдау" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесіне сәйкес нысан бойынша көрсетілетін қызметті берушінің өтініші;</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+1) заявление родителей или иных законных представителей согласно форме приложения 1;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) медицинские справки формы № 065/у о состоянии здоровья, утвержденной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года ҚР ДСМ-175/2020 " Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 148139), формы № 026/у-3, утвержденной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 24 июня 2003 года № 469 "Об утверждении Инструкции по заполнению и ведению учетной формы 026/у-3 "Паспорта здоровья ребенка" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 2423);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. ҚР ДСМ-175/2020 бұйрығымен бекітілген 065/е нысанындағы "Иммундау паспорты" және № 052-2/е нысанындағы "Бала денсаулығының паспорт";</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+3) цифровая фотография ребенка размером 3х4 см.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. баланың 3х4 см өлшеміндегі цифрлық фотосуретi;</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+- к услугодателю (бумажно):</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. оныншы, он бірінші (он екінші) сыныптарға оқуға қабылдау үшін негізгі орта білім туралы мемлекеттік үлгідегі құжаттың болуы міндетті шарт болып табылады. - көрсетілетін қызметті берушіге (қағаз түрінде):</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+1) заявление заявление родителей или иных законных представителей согласно форме приложения 1;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. "Бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттарды қабылдау және оқуға қабылдау" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптардың тізбесіне сәйкес нысан бойынша көрсетілетін қызметті берушінің өтініші;</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+2) документ, удостоверяющий личность (оригинал требуется для идентификации, который возвращается услугополучателю),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. баланың туу туралы куәлігі (құжатты қағаз түрінде тапсырған кезде деректерді салыстыру үшін көрсетілетін қызметті алушының өзі ұсынады);</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+3) медицинская справка о состоянии здоровья (форма № 065/у, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 " Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 148139) и форма № 026/у-3, утвержденная приказом Министра здравоохранения Республики Казахстан от 24 июня 2003 года № 469 "Об утверждении Инструкции по заполнению и ведению учетной формы 026/у-3 "Паспорта здоровья ребенка" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 2423);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. қызмет алушының жеке куәлігі (құжатты қағаз түрінде тапсырған кезде деректерді салыстыру үшін көрсетілетін қызметті алушының өзі ұсынады);</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+4) фотографии ребенка размером 3х4 см в количестве 2 штук.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. ҚР ДСМ-175/2020 бұйрығымен бекітілген 065/е нысанындағы "Иммундау паспорты" және № 052-2/е нысанындағы "Бала денсаулығының паспорт";</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+Услугополучатели-иностранцы и лица без гражданства предоставляют один из следующих документов, определяющих их статус, с отметкой о регистрации по месту проживания:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5. баланың 3х4 см өлшеміндегі 2 дана фотосуретi;</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+1) иностранец - вид на жительство иностранца в Республике Казахстан;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6. оныншы, он бірінші (он екінші) сыныптарға оқуға қабылдау үшін негізгі орта білім туралы мемлекеттік үлгідегі құжаттың болуы міндетті шарт болып табылады.</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+2) лицо без гражданства - удостоверение лица без гражданства;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тиiстi мемлекеттiк органдар шектеу iс-шараларын жүзеге асырған, төтенше жағдай енгiзілген, белгiлi бiр аумақта әлеуметтiк, табиғи және техногендiк сипаттағы төтенше жағдайлар туындаған жағдайларда шектеу шараларын алып тастау, төтенше жағдайды тоқтату шаралары қабылданға дейін 065/е нысанындағы "Иммундау паспорты" және № 052-2/е нысанындағы "Бала денсаулығының паспорт" медициналық анықтамаларды осы аумақтағы көрсетілетін қызметті алушылар тікелей білім беру ұйымына қажеттілігіне қарай береді</w:t>
+3) беженец - удостоверение беженца;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) лицо, ищущее убежище - свидетельство лица, ищущего убежище;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) кандас - удостоверение кандаса.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении через портал сведения о документе, удостоверяющего личность услугополучателя, свидетельство о рождении ребенка (паспорт, удоств личности ), адресную справку услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В случаях осуществления ограничительных мероприятий соответствующими государственными органами, введения чрезвычайного положения, возникновения чрезвычайных ситуаций социального, природного и техногенного характера на определенной территории медицинские справки формы № 065/у и 026/у-3, услугополучателями на данной территории предоставляются непосредственно в организации образования по мере снятия ограничительных мероприятий, прекращения действия чрезвычайного положения.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңдарында белгіленген мемлекеттік қызметтер көрсетуден бас тарту үшін негіздеме</w:t>
+Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10726" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) несоответствие представленных документов услугополучателя, необходимых для оказания государственной услуги, требованиям, установленным </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Типовыми правилами</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования, утвержденными приказом Министра образования и науки Республики Казахстан от 12 октября 2018 года № 546 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17553);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
-[...109 lines deleted...]
-7. сынып - жинақтардың толық болған кезінде.</w:t>
+3) переполненность класс-комплектов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметтерді, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы ұсыну ерекшеліктерін ескеретін өзге де талаптары</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10726" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушының мемлекеттік қызмет көрсетудің тәртібі мен мәртебесі туралы ақпаратты порталдың "жеке кабинеті", сондай-ақ мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс-орталығы, және бірыңғай байланыс-орталығы "1414", 8-800-080-7777 арқылы қашықтықтан қолжетімділік режимінде алу мүмкіндігі бар. Үшінші тұлғалардың қызмет алу шарттары: Порталдағы "жеке кабинеттен" ақпарат сұралатын тұлғаның келісімімен, үшінші тұлғалардың электрондық сұранысы.</w:t>
+1) максимально допустимое время ожидания для сдачи пакета документов – 15 минут;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) максимально допустимое время обслуживания – 15 минут. Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП родителей (законных представителей).</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Условия получения услуги третьими лицами:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6356,194 +8046,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Бастауыш, негізгі орта, жалпы</w:t>
-[...142 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -6564,64 +8111,155 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>_______________________</w:t>
+              <w:t xml:space="preserve">к стандарту государственной услуги: </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім беру ұйымының атауы</w:t>
+              <w:t xml:space="preserve">"Прием документов и </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>зачисление в организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования независимо от </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ведомственной подчиненности </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">для обучения по общеобразовательным </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">программам начального, </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">основного среднего, общего </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -6642,522 +8280,313 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>_______________________</w:t>
-[...64 lines deleted...]
-              <w:t>директордың тегі, аты, әкесінің</w:t>
+              <w:t>Директору</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аты (ол болған жағдайда)</w:t>
+              <w:t>________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>кімнен __________________</w:t>
-[...64 lines deleted...]
-              <w:t>көрсетілетін қызметті</w:t>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>алушының тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
-[...64 lines deleted...]
-              <w:t>Телефоны: _________________</w:t>
+              <w:t>ФИО (при его наличии) директора</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от ________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ФИО (при его наличии) </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>родителя (законного представителя)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Телефон:___________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z84" w:id="80"/>
+    <w:bookmarkStart w:name="z272" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Өтініш</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="80"/>
+        <w:t xml:space="preserve">                                Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Менің балам ____________________________________________________</w:t>
+      Прошу принять моего ребенка ______________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (ФИО (при его наличии) ребенка) </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______________________________________________________________________  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (адрес регистрации, город, село, район, область) </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для обучения _________________________________________________________.  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (полное наименование организации образования)  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-                                   тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+        <w:t xml:space="preserve">
+      Даю согласие на использование защищенной законом конфиденциальной </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>информации, содержащейся в информационных системах __________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      ______________________________________________________________</w:t>
+        <w:t xml:space="preserve">
+      "____"______________20___год  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (елді мекеннің, ауданның, қаланың және облыстың атауы)</w:t>
-[...143 lines deleted...]
-      "___" ________ 20__ жыл</w:t>
+      (подпись)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7193,3197 +8622,1652 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Бастауыш, негізгі орта, жалпы</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>орта білім берудің жалпы білім</w:t>
+              <w:t xml:space="preserve">к Типовым правилам приема </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>беретін бағдарламалары</w:t>
+              <w:t xml:space="preserve">на обучение в организации </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бойынша оқыту үшін</w:t>
+              <w:t xml:space="preserve">образования, реализующие </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ведомстволық бағыныстылығына қарамастан</w:t>
+              <w:t xml:space="preserve">общеобразовательные учебные </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім беру ұйымдарына</w:t>
+              <w:t xml:space="preserve">программы начального, </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>құжаттарды қабылдау және</w:t>
+              <w:t xml:space="preserve">основного среднего и общего </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>оқуға қабылдау" мемлекеттік</w:t>
-[...51 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t>среднего образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z86" w:id="81"/>
+    <w:bookmarkStart w:name="z273" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Көрсетілетін қызметті алушыдан құжаттардың алынғаны туралы ҚОЛХАТ</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="81"/>
+        <w:t xml:space="preserve"> Стандарт государственной услуги:  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"Прием документов для перевода детей между организациями начального, основного среднего, общего среднего образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...693 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының "Мемлекеттік көрсетілетін қызметтер туралы" Заңының </w:t>
-[...579 lines deleted...]
-    <w:bookmarkEnd w:id="83"/>
+      Сноска. Типовые правила дополнены приложением 2 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="508"/>
+        <w:gridCol w:w="2059"/>
+        <w:gridCol w:w="9733"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>1</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...10 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің атауы</w:t>
+              <w:t xml:space="preserve">
+ Наименование услугодателя </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9733" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары (бұдан әрі – көрсетілетін қызметті беруші).</w:t>
+Организации начального, основного среднего, общего среднего образования (далее - услугодатель).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+              <w:t xml:space="preserve">
+ Способы предоставления государственной услуги </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9733" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) "электрондық үкіметтің" веб-порталы www.egov.kz (бұдан әрі – портал);</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+1) веб-портал "электронного правительства" www.egov.kz (далее – портал);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) көрсетілетін қызметті беруші</w:t>
+2) услугодателя.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мерзімі</w:t>
+Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9733" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронды – 1 (бір) жұмыс күні;</w:t>
-[...17 lines deleted...]
-Қағаз түрінде – 3 (үш) жұмыс күні.</w:t>
+Срок оказания – 30 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету нысаны</w:t>
+Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9733" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронды (ішінара автоматтандырылған)/ қағаз түрінде.</w:t>
+Электронная (частично автоматизированная) /бумажная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нәтижесі</w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9733" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– портал арқылы:</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+В случае обращения через портал в "личный кабинет" услугополучателя приходит уведомление о переводе обучающегося из одной организации в другую организацию образования, с указанием фамилии, имени, отчества (при наличии), даты рождения, класса, языка обучения и школы (телефон, почтовый адрес, электронный адрес (официальный интернет ресурс) подписанное электронной цифровой подписью (далее - ЭЦП) уполномоченного лица услугодателя, при отказе оказании государственной услуги - о мотивированном отказе с указанием причин отказа.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-қызмет алушының "жеке кабинетіне" білім алушыны бір білім беру ұйымынан екінші білім беру ұйымына ауыстыру туралы хабарлама келіп түседі. Хабарламада Т.А.Ә. (ол болған жағдайда), туған күні, сыныбы, оқыту тілі және мектебі (телефон, пошта мекенжайы, электрондық мекенжайы (ресми интернет-ресурс)) көрсетіледі және ол қызмет көрсетушінің уәкілетті тұлғасының электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) куәландырылады.</w:t>
-[...45 lines deleted...]
-            </w:pPr>
+При приеме от услугополучателя документов на бумажном носителе услугодателем выдается открепительный талон о выбытии для предоставления его в организацию прибытия, с указанием фамилии, имени, отчества (при его наличии), даты рождения, класса, языка обучения и школы (телефон, почтовый адрес, электронный адрес (официальный интернет ресурс) или мотивированный отказ.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– Қағаз түрінде:</w:t>
-[...65 lines deleted...]
-            </w:pPr>
+В случае получения услуги на бумажном носителе услугодатель, к которому прибывает обучающийся, предоставляет открепительный талон о прибытии, в котором указывается его фамилия, имя, отчество (при его наличии), дата рождения, класс, язык обучения, школа (почтовый адрес, телефон, электронный адрес (официальный интернет ресурс).</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қабылданғанын растайтын келген білім алушыны есепке алу талоны 3 (үш) жұмыс күні ішінде жарамды.</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+Оригинал открепительного талона о прибытии (документы выдаются после предоставления оригинала открепительного талона о прибытии в другую организацию среднего образования) предоставляется в ту организацию среднего образования из которой выбывает обучающийся для получения документов (личное дело обучающегося).</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Білім алушы шығып жатқан көрсетілетін қызметті беруші қабылданғанын растайтын келген білім алушыны есепке алу талонының негізінде қызмет алушыға кетуі туралы есептен шығару талонын және білім алушының жеке ісін береді.</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+Услугодатель выдает услугополучателю документы на руки (личное дело обучающегося). Услугополучатель предоставляет документы (личное дело) в организацию образования в которую прибывает.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қызмет алушы құжаттарды (жеке істі) баратын көрсетілетін қызметті берушіге ұсынады.</w:t>
-[...17 lines deleted...]
-Көрсетілетін қызметті берушілер білім алушыны орта білім беру ұйымына қабылдау/шығару туралы бұйрық шығарады және салыстыру жүргізеді.</w:t>
+Организации образования издают приказы и проводят сверку о зачислении/отчислении обучающегося в/из организации среднего образования.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде көрсетілген қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9733" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тегін</w:t>
+Бесплатно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс уақыты</w:t>
+График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9733" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+1) услугодателя - с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому кодексу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан от 23 ноября 2015 года (далее – Кодекс) с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-1. Көрсетілетін қызметті беруші – Қазақстан Республикасының Еңбек кодексіне (бұдан әрі – Кодекс) сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда, белгіленген жұмыс кестесіне сәйкес сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін.</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно Кодексу, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. Портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілген қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және Мемлекеттік қызмет көрсету нәтижелерін беру Кодекске сәйкес келесі жұмыс күні жүзеге асырылады). Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+Адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. көрсетілетін қызметті берушінің интернет-ресурсында;</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+1) интернет ресурса-портале www.egov.kz</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.www.egov.kz порталында орналастырылған</w:t>
+2) портале www.egov.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі</w:t>
+Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9733" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- портал арқылы:</w:t>
-[...45 lines deleted...]
-            </w:pPr>
+-через портал:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- көрсетілетін қызметті берушіге (қағаз түрінде):</w:t>
-[...45 lines deleted...]
-            </w:pPr>
+1) заявление родителей или иных законных представителей согласно форме приложения 2 (в школу прибытия и школу выбытия);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. 263 бұйрығына 10-қосымшаға сәйкес, білім беру ұйымына ұсынылуы тиіс білім алушыны келген білім алушыны есепке алу талоны ұсынылады. (Аталған талап Республика Қазақстан шегінен тыс жерге кететін білім алушылардан басқа барлық жағдайларда қолданылады. Шетелге шығатын білім алушылар бұл ретте Қазақстан Республикасының шегінен тыс жерге шыққанын растайтын құжатты ұсынады.)</w:t>
+- услугодателю (бумажно):</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление родителей или иных законных представителей согласно форме приложения 2 (в школу прибытия и школу выбытия);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) открепительный талон о приеме документов, в котором указывается ФИО (при его наличии) ребенка, класс, язык обучения, школа, телефоны и электронный адрес (официальный интернет-ресурс) организации образования (за исключением обучающихся, выбывающих за пределы Республики Казахстан, которые предоставляют документ подтверждающий выезд за пределы Республики Казахстан).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9733" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+1) переполненность класс-комплектов;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
-[...89 lines deleted...]
-7. сынып - жинақтардың толық болған кезінде.</w:t>
+2) сроки подачи заявления не соответствуют установленным в настоящих правилах срокам.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9733" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алуға мүмкіндігі бар. Көрсетілетін қызметті алушының мемлекеттік қызметті көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті", көрсетілетін қызметті берушінің анықтамалық қызметтері, сондай-ақ "1414", 8-800-080-7777 Бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар.</w:t>
+1) максимально допустимое время ожидания для сдачи пакета документов -15 минут.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) максимально допустимое время обслуживания услугополучателя – 30 минут.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10422,129 +10306,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Бастауыш, негізгі орта, жалпы</w:t>
-[...77 lines deleted...]
-              <w:t>тізбесіне қосымша</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -10565,51 +10371,116 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t xml:space="preserve">к стандарту государственной услуги: </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Прием документов для </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">перевода детей между </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">организациями начального, </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">основного  среднего, общего </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -10630,1152 +10501,425 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>_______________________</w:t>
-[...194 lines deleted...]
-              <w:t>директордың тегі, аты, әкесінің</w:t>
+              <w:t>Директору</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аты (ол болған жағдайда) кімнен</w:t>
+              <w:t>________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>__________________</w:t>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетілетін қызметті алушы</w:t>
+              <w:t>ФИО (при его наличии) директора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+              <w:t>от _________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Телефоны: _________________</w:t>
+              <w:t xml:space="preserve">ФИО (при его наличии) </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>родителя (законного представителя)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Телефон:___________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z92" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Өтініш</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="84"/>
+        <w:t xml:space="preserve">                                      Заявление</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Менің балам ___________________________________________________</w:t>
+      Прошу перевести моего ребенка __________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (ФИО (при его наличии) ребенка) </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающегося ____________ класса _____________________________________________  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (полное наименование организации образования) </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________________  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (адрес регистрации, город, село, район, область) </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для обучения _______________________________________________________________.  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (полное наименование организации образования)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-                                    тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+        <w:t xml:space="preserve">
+      Даю согласие на использование защищенной законом конфиденциальной  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>информации, содержащейся в информационных системах</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      ______________________________________________________________</w:t>
+        <w:t xml:space="preserve">
+      _________________ "____"______________20___год  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                  (елді мекеннің, ауданның, қаланың және облыстың атауы)</w:t>
-[...320 lines deleted...]
-    <w:bookmarkStart w:name="z94" w:id="85"/>
+      (подпись)</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...328 lines deleted...]
-      Күні: "__" ________________ 20_ жыл</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...16 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>