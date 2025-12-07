--- v0 (2025-12-07)
+++ v1 (2025-12-07)
@@ -1,2764 +1,4820 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="002A5CC4" w:rsidRPr="00C14F1A" w:rsidRDefault="002A5CC4" w:rsidP="002A5CC4">
+    <w:p w:rsidR="00946CA1" w:rsidRDefault="00946CA1" w:rsidP="00114B8C">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
+        <w:pStyle w:val="Standard"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C14F1A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00114B8C" w:rsidRPr="00CF1733" w:rsidRDefault="00114B8C" w:rsidP="00E3697A">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>№35 жалпы орта білім беру мектебінің</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF1733">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№35 ЖОББМ қамқоршылық кеңес құрамы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A5CC4" w:rsidRDefault="002A5CC4" w:rsidP="002A5CC4">
+    <w:p w:rsidR="00114B8C" w:rsidRPr="00CF1733" w:rsidRDefault="00114B8C" w:rsidP="00E3697A">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
+        <w:pStyle w:val="Standard"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C14F1A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қа</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">2019-2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1733">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>мқоршылы</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>оқу жылы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00114B8C" w:rsidRPr="00CF1733" w:rsidRDefault="00114B8C" w:rsidP="00114B8C">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...24 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9498" w:type="dxa"/>
+        <w:tblInd w:w="-459" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1794"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2179"/>
+        <w:gridCol w:w="484"/>
+        <w:gridCol w:w="9014"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A5CC4" w:rsidTr="00DC3356">
+      <w:tr w:rsidR="00E3697A" w:rsidRPr="00ED3089" w:rsidTr="00E3697A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1794" w:type="dxa"/>
+            <w:tcW w:w="484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A5CC4" w:rsidRDefault="002A5CC4" w:rsidP="002A5CC4">
+          <w:p w:rsidR="00E3697A" w:rsidRPr="00ED3089" w:rsidRDefault="00E3697A" w:rsidP="002F280C">
             <w:pPr>
+              <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...55 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00ED3089">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="9014" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A5CC4" w:rsidRDefault="002A5CC4" w:rsidP="002A5CC4">
+          <w:p w:rsidR="00E3697A" w:rsidRPr="00ED3089" w:rsidRDefault="00E3697A" w:rsidP="002F280C">
             <w:pPr>
+              <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="00ED3089">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...139 lines deleted...]
-              <w:t xml:space="preserve"> кеңесте атқаратын қызметі</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ата-ананың аты жөні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A5CC4" w:rsidTr="00DC3356">
+      <w:tr w:rsidR="00E3697A" w:rsidRPr="00ED3089" w:rsidTr="00E3697A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1794" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A5CC4" w:rsidRPr="002A5CC4" w:rsidRDefault="002A5CC4" w:rsidP="00544F01">
+          <w:p w:rsidR="00E3697A" w:rsidRPr="00ED3089" w:rsidRDefault="00E3697A" w:rsidP="002F280C">
             <w:pPr>
+              <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...28 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00ED3089">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="9014" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A5CC4" w:rsidRPr="000F7921" w:rsidRDefault="002A5CC4" w:rsidP="00544F01">
+          <w:p w:rsidR="00E3697A" w:rsidRPr="00E3697A" w:rsidRDefault="00E3697A" w:rsidP="002F280C">
             <w:pPr>
-              <w:rPr>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F7921">
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Байдалинова Бибенур Аскаровна-    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3697A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Баймуса Мадина Ерсаиновна</w:t>
-[...149 lines deleted...]
-              <w:t>кеңес торайымы</w:t>
+              <w:t xml:space="preserve"> төрайымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A5CC4" w:rsidRPr="00510EBC" w:rsidTr="00DC3356">
+      <w:tr w:rsidR="00E3697A" w:rsidRPr="00C702E1" w:rsidTr="00E3697A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1794" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A5CC4" w:rsidRPr="000F7921" w:rsidRDefault="002A5CC4" w:rsidP="00544F01">
+          <w:p w:rsidR="00E3697A" w:rsidRPr="00ED3089" w:rsidRDefault="00E3697A" w:rsidP="002F280C">
             <w:pPr>
+              <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...15 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00ED3089">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="9014" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A5CC4" w:rsidRPr="000F7921" w:rsidRDefault="002A5CC4" w:rsidP="00544F01">
+          <w:p w:rsidR="00E3697A" w:rsidRPr="00E3697A" w:rsidRDefault="00E3697A" w:rsidP="002F280C">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F7921">
-[...6 lines deleted...]
-              <w:t>Елтін Әсемгүл Кайратқызы</w:t>
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Капбасова Асемгүл Қожабековна-   ҚК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> төрайымының орынбасары</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E3697A" w:rsidRPr="00ED3089" w:rsidTr="00E3697A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2561" w:type="dxa"/>
+            <w:tcW w:w="484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A5CC4" w:rsidRDefault="002A5CC4" w:rsidP="00544F01">
+          <w:p w:rsidR="00E3697A" w:rsidRPr="00ED3089" w:rsidRDefault="00E3697A" w:rsidP="002F280C">
             <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F7921">
-[...163 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00ED3089">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="9014" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A5CC4" w:rsidRPr="00D82DEB" w:rsidRDefault="002A5CC4" w:rsidP="00544F01">
+          <w:p w:rsidR="00E3697A" w:rsidRPr="00E3697A" w:rsidRDefault="00E3697A" w:rsidP="002F280C">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00297107">
-[...6 lines deleted...]
-              <w:t>Бейсов Бауржан Шонбаевич</w:t>
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Елтін Асемгуль Кайратқызы-            ҚК</w:t>
             </w:r>
-          </w:p>
-[...135 lines deleted...]
-              <w:t xml:space="preserve"> кеңес мүшесі</w:t>
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мүшесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00510EBC" w:rsidTr="00DC3356">
+      <w:tr w:rsidR="00E3697A" w:rsidRPr="00ED3089" w:rsidTr="00E3697A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1794" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00510EBC" w:rsidRPr="000F7921" w:rsidRDefault="00510EBC" w:rsidP="00544F01">
+          <w:p w:rsidR="00E3697A" w:rsidRPr="00ED3089" w:rsidRDefault="00E3697A" w:rsidP="002F280C">
             <w:pPr>
+              <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...15 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00ED3089">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="9014" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00510EBC" w:rsidRPr="000F7921" w:rsidRDefault="00510EBC" w:rsidP="00544F01">
+          <w:p w:rsidR="00E3697A" w:rsidRPr="00E3697A" w:rsidRDefault="00E3697A" w:rsidP="002F280C">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F7921">
-[...6 lines deleted...]
-              <w:t>Болтаева Гульзада Убайдуллаевна</w:t>
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Иманкулова Майгуль Кошербаевна</w:t>
             </w:r>
-          </w:p>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">ЖК </w:t>
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="000F7921">
-[...6 lines deleted...]
-              <w:t>«</w:t>
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚК</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...97 lines deleted...]
-              <w:t>Қамқоршылық кеңес мүшесі</w:t>
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мүшесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00510EBC" w:rsidTr="00DC3356">
+      <w:tr w:rsidR="00E3697A" w:rsidRPr="00ED3089" w:rsidTr="00E3697A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1794" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00510EBC" w:rsidRPr="000F7921" w:rsidRDefault="00510EBC" w:rsidP="00544F01">
+          <w:p w:rsidR="00E3697A" w:rsidRPr="00ED3089" w:rsidRDefault="00E3697A" w:rsidP="002F280C">
             <w:pPr>
+              <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00ED3089">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="9014" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00510EBC" w:rsidRPr="00D82DEB" w:rsidRDefault="00510EBC" w:rsidP="00544F01">
+          <w:p w:rsidR="00E3697A" w:rsidRPr="00E3697A" w:rsidRDefault="00E3697A" w:rsidP="002F280C">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00297107">
-[...6 lines deleted...]
-              <w:t>Қабатов Қанат Жолдасбекович</w:t>
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Шахманов Рустам Манатұлы-</w:t>
             </w:r>
-          </w:p>
-[...21 lines deleted...]
-              <w:t>жеке</w:t>
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚК</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...60 lines deleted...]
-              <w:t>Қамқоршылық кеңес мүшесі</w:t>
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мүшесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00510EBC" w:rsidTr="00DC3356">
+      <w:tr w:rsidR="00E3697A" w:rsidRPr="00ED3089" w:rsidTr="00E3697A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1794" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00510EBC" w:rsidRPr="000F7921" w:rsidRDefault="00510EBC" w:rsidP="00544F01">
+          <w:p w:rsidR="00E3697A" w:rsidRPr="005E34FD" w:rsidRDefault="00E3697A" w:rsidP="002F280C">
             <w:pPr>
+              <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="005E34FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="9014" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00510EBC" w:rsidRPr="000F7921" w:rsidRDefault="00510EBC" w:rsidP="00544F01">
+          <w:p w:rsidR="00E3697A" w:rsidRPr="00E3697A" w:rsidRDefault="00E3697A" w:rsidP="002F280C">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F7921">
-[...6 lines deleted...]
-              <w:t>Төлбасиева Ләззат Санауқызы</w:t>
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Болтаева Гүлзада Убайдуллаевна-   </w:t>
             </w:r>
-          </w:p>
-[...38 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-              <w:t>істемейді</w:t>
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚК</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...51 lines deleted...]
-              <w:t>Қамқоршылық кеңес мүшесі</w:t>
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мүшесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00510EBC" w:rsidTr="00DC3356">
+      <w:tr w:rsidR="00E3697A" w:rsidRPr="00ED3089" w:rsidTr="00E3697A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1794" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00510EBC" w:rsidRPr="000F7921" w:rsidRDefault="00510EBC" w:rsidP="00544F01">
+          <w:p w:rsidR="00E3697A" w:rsidRPr="00ED3089" w:rsidRDefault="00E3697A" w:rsidP="002F280C">
             <w:pPr>
+              <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00ED3089">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="9014" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00510EBC" w:rsidRPr="00D82DEB" w:rsidRDefault="00510EBC" w:rsidP="00544F01">
+          <w:p w:rsidR="00E3697A" w:rsidRPr="00E3697A" w:rsidRDefault="00E3697A" w:rsidP="002F280C">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-              <w:t>Абишева</w:t>
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жунуспекова Гульмира Амировна-  ҚК</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...121 lines deleted...]
-              <w:t>Қамқоршылық кеңес мүшесі</w:t>
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мүшесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00510EBC" w:rsidTr="00DC3356">
+      <w:tr w:rsidR="00E3697A" w:rsidRPr="00ED3089" w:rsidTr="00E3697A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1794" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00510EBC" w:rsidRPr="000F7921" w:rsidRDefault="00510EBC" w:rsidP="00544F01">
+          <w:p w:rsidR="00E3697A" w:rsidRPr="005E34FD" w:rsidRDefault="00E3697A" w:rsidP="002F280C">
             <w:pPr>
+              <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...19 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="005E34FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="9014" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00510EBC" w:rsidRPr="000F7921" w:rsidRDefault="00510EBC" w:rsidP="00544F01">
+          <w:p w:rsidR="00E3697A" w:rsidRPr="00E3697A" w:rsidRDefault="00E3697A" w:rsidP="002F280C">
             <w:pPr>
+              <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F7921">
-[...7 lines deleted...]
-              <w:t>Сеитова Айнагуль Сансызбаевна</w:t>
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Абишева Гульсара Боранбаевна-      ҚК</w:t>
             </w:r>
-          </w:p>
-[...101 lines deleted...]
-              <w:t>Қамқоршылық кеңес мүшесі</w:t>
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мүшесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00510EBC" w:rsidTr="00DC3356">
+      <w:tr w:rsidR="00E3697A" w:rsidRPr="00ED3089" w:rsidTr="00E3697A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1794" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00510EBC" w:rsidRPr="000F7921" w:rsidRDefault="00510EBC" w:rsidP="00544F01">
+          <w:p w:rsidR="00E3697A" w:rsidRPr="005E34FD" w:rsidRDefault="00E3697A" w:rsidP="002F280C">
             <w:pPr>
+              <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="005E34FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="9014" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00510EBC" w:rsidRPr="000F7921" w:rsidRDefault="00510EBC" w:rsidP="00544F01">
+          <w:p w:rsidR="00E3697A" w:rsidRPr="00E3697A" w:rsidRDefault="00E3697A" w:rsidP="002F280C">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-              <w:t>Байдалинова</w:t>
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Искакова Сәуле Шаяхметовна -       </w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-              <w:t>Бибенур</w:t>
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚК</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...139 lines deleted...]
-              <w:t>Қамқоршылық кеңес мүшесі</w:t>
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мүшесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A5CC4" w:rsidTr="00DC3356">
+      <w:tr w:rsidR="00E3697A" w:rsidRPr="00ED3089" w:rsidTr="00E3697A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1794" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A5CC4" w:rsidRPr="000F7921" w:rsidRDefault="002A5CC4" w:rsidP="00544F01">
+          <w:p w:rsidR="00E3697A" w:rsidRPr="00ED3089" w:rsidRDefault="00E3697A" w:rsidP="002F280C">
             <w:pPr>
+              <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00ED3089">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="9014" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A5CC4" w:rsidRPr="00D82DEB" w:rsidRDefault="002A5CC4" w:rsidP="00544F01">
+          <w:p w:rsidR="00E3697A" w:rsidRPr="00E3697A" w:rsidRDefault="00E3697A" w:rsidP="002F280C">
             <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3697A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">Каримова </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ахметова Нұргүл Амитовна</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-              <w:t>Раушан</w:t>
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                  ҚК</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...145 lines deleted...]
-              <w:t>, хатшы</w:t>
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мүшесі </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A5CC4" w:rsidTr="00DC3356">
+      <w:tr w:rsidR="00E3697A" w:rsidRPr="00ED3089" w:rsidTr="00E3697A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1794" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A5CC4" w:rsidRPr="00297107" w:rsidRDefault="002A5CC4" w:rsidP="00544F01">
+          <w:p w:rsidR="00E3697A" w:rsidRPr="00ED3089" w:rsidRDefault="00E3697A" w:rsidP="002F280C">
             <w:pPr>
+              <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00ED3089">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2117" w:type="dxa"/>
+            <w:tcW w:w="9014" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A5CC4" w:rsidRPr="00D82DEB" w:rsidRDefault="002A5CC4" w:rsidP="00544F01">
+          <w:p w:rsidR="00E3697A" w:rsidRPr="00E3697A" w:rsidRDefault="00E3697A" w:rsidP="002F280C">
             <w:pPr>
+              <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-              <w:t>Байтуганова</w:t>
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баймуса Мадина Ерсаиновна-           </w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚК</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...133 lines deleted...]
-              <w:t>кеңес мүшесі</w:t>
+            <w:r w:rsidRPr="00E3697A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мүшесі, хатшы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00842852" w:rsidRDefault="00842852" w:rsidP="002A5CC4">
+    <w:p w:rsidR="00114B8C" w:rsidRPr="00E6376C" w:rsidRDefault="00114B8C" w:rsidP="00114B8C">
       <w:pPr>
-        <w:jc w:val="right"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00114B8C" w:rsidRDefault="00114B8C" w:rsidP="00114B8C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Қамқоршылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>кеңестің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>өкілеттігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E3697A" w:rsidRPr="00E3697A" w:rsidRDefault="00E3697A" w:rsidP="00114B8C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00114B8C" w:rsidRPr="00E3697A" w:rsidRDefault="00114B8C" w:rsidP="00114B8C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E3697A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Білім беру ұйымының Қамқоршылық кеңесі:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00114B8C" w:rsidRPr="00E6376C" w:rsidRDefault="00114B8C" w:rsidP="00114B8C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>алушылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>тәрбиеленушілердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>құқықтарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>сақталуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>қатар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>мекемелерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>шотына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>түсетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>қайырымдылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>көмектің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>жұмсалуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>қоғамдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>бақылауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00114B8C" w:rsidRPr="00E6376C" w:rsidRDefault="00114B8C" w:rsidP="00114B8C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>жарғысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>өзгерістер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>толықтырулар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>енгізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ұсыныстар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>әзірлейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00114B8C" w:rsidRPr="00E6376C" w:rsidRDefault="00114B8C" w:rsidP="00114B8C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ұйымын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>дамытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>басым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>бағыттары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ұсынымдарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>әзірлейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00114B8C" w:rsidRPr="00E6376C" w:rsidRDefault="00114B8C" w:rsidP="00114B8C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>қазақстандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>азаматтардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>отбасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>жетім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ата-аналарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>қамқорлығынсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ал</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>орналастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>жөнінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>шалаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>жетілдіру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ұсыныстарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>әзірлейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00114B8C" w:rsidRPr="00E6376C" w:rsidRDefault="00114B8C" w:rsidP="00114B8C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>5)</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>қайырымдылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>көмек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>інде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ұйымдарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>түскен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>қаржыны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>бөлуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>қатысады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>мақсатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>жұмсалуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>шешім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>қабылдайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00114B8C" w:rsidRPr="00E6376C" w:rsidRDefault="00114B8C" w:rsidP="00114B8C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>6)</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>бюджетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>қалыптастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>барысында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ұсыныстарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>әзірлейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00114B8C" w:rsidRPr="00E6376C" w:rsidRDefault="00114B8C" w:rsidP="00114B8C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>7)</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>саланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>уәкілетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>органына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>саласындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>атқарушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>органына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Қамқоршылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>кеңестің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>жұмысында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>анықтаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>кемшіліктерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>жою</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ұсыныстар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>енгізеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00114B8C" w:rsidRPr="00E6376C" w:rsidRDefault="00114B8C" w:rsidP="00114B8C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>басшысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>қызметін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ұсыну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>сапасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>қайырымдылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>көмектің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>жұмсалуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>қазақстандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>азаматтардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>отбасыларына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>жетім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ата-аналарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>қамқорлығынсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>қалған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>орналастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>мәселесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>жөнінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>шараларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>есебін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>тыңдайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00114B8C" w:rsidRPr="00E6376C" w:rsidRDefault="00114B8C" w:rsidP="00114B8C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>9)</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>қызметінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>конференцияларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>кеңестерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>семинарлар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>қатысады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00114B8C" w:rsidRPr="00E6376C" w:rsidRDefault="00114B8C" w:rsidP="00114B8C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>10)</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>қызметімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ұйымындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>алушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>тәрбиеленушілерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>жасалған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>жағдайлармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>танысады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>психологын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>қатыстыра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>олармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>әңгімелеседі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00114B8C" w:rsidRDefault="00114B8C" w:rsidP="00114B8C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>құрылымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>бөлімшесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>қызметкерлері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Қамқоршылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>кеңестің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>құзыретіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>жататын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>мәселелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ақпараттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ұсынуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ықпал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E6376C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E3697A" w:rsidRPr="00E3697A" w:rsidRDefault="00E3697A" w:rsidP="00114B8C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00360822" w:rsidRPr="00C14F1A" w:rsidRDefault="00360822" w:rsidP="00360822">
-[...30 lines deleted...]
-    <w:sectPr w:rsidR="00360822" w:rsidRPr="00360822">
+    <w:sectPr w:rsidR="00E3697A" w:rsidRPr="00E3697A" w:rsidSect="00E3697A">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="0" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Andale Sans UI">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A8278D"/>
-[...14 lines deleted...]
-    <w:rsid w:val="00E42330"/>
+    <w:rsidRoot w:val="003F0E2E"/>
+    <w:rsid w:val="00114B8C"/>
+    <w:rsid w:val="001F56DC"/>
+    <w:rsid w:val="003F0E2E"/>
+    <w:rsid w:val="005E34FD"/>
+    <w:rsid w:val="005F0505"/>
+    <w:rsid w:val="00946CA1"/>
+    <w:rsid w:val="00E3697A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -2830,164 +4886,179 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00114B8C"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
+    <w:name w:val="Standard"/>
+    <w:rsid w:val="00114B8C"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Tahoma"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00842852"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00114B8C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="002A5CC4"/>
+    <w:rsid w:val="00114B8C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -3059,175 +5130,190 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00114B8C"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
+    <w:name w:val="Standard"/>
+    <w:rsid w:val="00114B8C"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Tahoma"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00842852"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00114B8C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="002A5CC4"/>
+    <w:rsid w:val="00114B8C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -3262,198 +5348,237 @@
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>191</Words>
-  <Characters>1090</Characters>
+  <Words>369</Words>
+  <Characters>2106</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>17</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1279</CharactersWithSpaces>
+  <CharactersWithSpaces>2471</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Computer</dc:creator>
+  <dc:creator>user</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>