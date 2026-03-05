--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -1,123 +1,108 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/theme/themeOverride1.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...17 lines deleted...]
-  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
-  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483672" r:id="rId1"/>
+    <p:sldMasterId id="2147483684" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId28"/>
+    <p:notesMasterId r:id="rId19"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="257" r:id="rId3"/>
     <p:sldId id="258" r:id="rId4"/>
     <p:sldId id="259" r:id="rId5"/>
     <p:sldId id="260" r:id="rId6"/>
     <p:sldId id="261" r:id="rId7"/>
-    <p:sldId id="262" r:id="rId8"/>
-[...18 lines deleted...]
-    <p:sldId id="281" r:id="rId27"/>
+    <p:sldId id="263" r:id="rId8"/>
+    <p:sldId id="264" r:id="rId9"/>
+    <p:sldId id="265" r:id="rId10"/>
+    <p:sldId id="266" r:id="rId11"/>
+    <p:sldId id="267" r:id="rId12"/>
+    <p:sldId id="268" r:id="rId13"/>
+    <p:sldId id="269" r:id="rId14"/>
+    <p:sldId id="270" r:id="rId15"/>
+    <p:sldId id="271" r:id="rId16"/>
+    <p:sldId id="272" r:id="rId17"/>
+    <p:sldId id="262" r:id="rId18"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ru-RU"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -172,61 +157,97 @@
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
+  <p:extLst>
+    <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
+      <p15:sldGuideLst xmlns="" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="2160">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="2880">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:showPr showNarration="1">
+    <p:present/>
+    <p:sldAll/>
+    <p:penClr>
+      <a:prstClr val="red"/>
+    </p:penClr>
+    <p:extLst>
+      <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
+        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="">
+          <a:srgbClr val="FF0000"/>
+        </p14:laserClr>
+      </p:ext>
+      <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
+        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1"/>
+      </p:ext>
+    </p:extLst>
+  </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
-      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
+      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
-      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="220"/>
+    </p:ext>
+    <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
+      <p15:chartTrackingRefBased xmlns="" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Средний стиль 2 - акцент 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
@@ -373,83 +394,485 @@
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="15620"/>
+    <p:restoredLeft sz="15531" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="65" d="100"/>
-          <a:sy n="65" d="100"/>
+          <a:sx n="29" d="100"/>
+          <a:sy n="29" d="100"/>
         </p:scale>
-        <p:origin x="-1452" y="-96"/>
+        <p:origin x="-1032" y="-67"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
-  <p:gridSpacing cx="72008" cy="72008"/>
+  <p:gridSpacing cx="73736200" cy="73736200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=ppt/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///\\DC-FILESERVER\Public\11.&#1059;&#1054;&#1060;&#1058;&#1047;\1.&#1054;&#1060;&#1058;&#1047;&#1043;&#1040;\&#1090;&#1091;&#1088;&#1089;&#1099;&#1085;&#1075;&#1091;&#1083;&#1100;\&#1058;&#1080;&#1055;&#1054;\&#1057;&#1090;&#1072;&#1090;%20&#1087;&#1086;%20&#1050;&#1058;&#1040;%20&#1076;&#1083;&#1103;%20&#1076;&#1080;&#1072;&#1075;&#1088;&#1072;&#1084;&#1084;&#1099;.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride1.xml"/></Relationships>
+</file>
+
+<file path=ppt/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:lang val="ru-RU"/>
+  <c:clrMapOvr bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <c:chart>
+    <c:plotArea>
+      <c:layout/>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:ser>
+          <c:idx val="3"/>
+          <c:order val="1"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Лист1!$A$36</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>% не прошедших порог</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="tx2">
+                <a:lumMod val="60000"/>
+                <a:lumOff val="40000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </c:spPr>
+          <c:dLbls>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:txPr>
+              <a:bodyPr/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr b="1">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                    <a:effectLst>
+                      <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                        <a:srgbClr val="000000">
+                          <a:alpha val="43137"/>
+                        </a:srgbClr>
+                      </a:outerShdw>
+                    </a:effectLst>
+                  </a:defRPr>
+                </a:pPr>
+                <a:endParaRPr lang="ru-RU"/>
+              </a:p>
+            </c:txPr>
+            <c:dLblPos val="ctr"/>
+            <c:showVal val="1"/>
+            <c:extLst>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                <c15:layout/>
+                <c15:showLeaderLines val="1"/>
+              </c:ext>
+            </c:extLst>
+          </c:dLbls>
+          <c:cat>
+            <c:numRef>
+              <c:f>Лист1!$B$29:$F$29</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="5"/>
+                <c:pt idx="0">
+                  <c:v>2012</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2013</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2014</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2015</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2016</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Лист1!$B$36:$F$36</c:f>
+              <c:numCache>
+                <c:formatCode>0.0%</c:formatCode>
+                <c:ptCount val="5"/>
+                <c:pt idx="0">
+                  <c:v>0.70736403016204064</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>0.69566167290886405</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>0.63092898418937571</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>0.6635189918757427</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>0.69625084061869547</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+        </c:ser>
+        <c:dLbls/>
+        <c:gapWidth val="70"/>
+        <c:axId val="67197184"/>
+        <c:axId val="67211264"/>
+      </c:barChart>
+      <c:lineChart>
+        <c:grouping val="standard"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Лист1!$A$16</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Количество выпускников ТиПО в КТА</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="44450">
+              <a:solidFill>
+                <a:srgbClr val="7030A0"/>
+              </a:solidFill>
+            </a:ln>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="circle"/>
+            <c:size val="10"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="9A2AA6"/>
+              </a:solidFill>
+              <a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="7030A0"/>
+                </a:solidFill>
+              </a:ln>
+            </c:spPr>
+          </c:marker>
+          <c:dLbls>
+            <c:dLbl>
+              <c:idx val="0"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-4.0536490569148279E-2"/>
+                  <c:y val="-0.18999166902900558"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showVal val="1"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                  <c15:layout/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="3"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-4.0536490569148244E-2"/>
+                  <c:y val="-6.6084058792697561E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showVal val="1"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                  <c15:layout/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="4"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-3.626949156186958E-2"/>
+                  <c:y val="-0.12115410778661229"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="r"/>
+              <c:showVal val="1"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                  <c15:layout/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:txPr>
+              <a:bodyPr/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr b="1"/>
+                </a:pPr>
+                <a:endParaRPr lang="ru-RU"/>
+              </a:p>
+            </c:txPr>
+            <c:dLblPos val="t"/>
+            <c:showVal val="1"/>
+            <c:extLst>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                <c15:layout/>
+                <c15:showLeaderLines val="1"/>
+              </c:ext>
+            </c:extLst>
+          </c:dLbls>
+          <c:cat>
+            <c:numRef>
+              <c:f>Лист1!$B$29:$F$29</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="5"/>
+                <c:pt idx="0">
+                  <c:v>2012</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2013</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2014</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2015</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2016</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Лист1!$B$34:$F$34</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="5"/>
+                <c:pt idx="0">
+                  <c:v>56097</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>64080</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>68182</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>61421</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>59480</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+        </c:ser>
+        <c:dLbls/>
+        <c:marker val="1"/>
+        <c:axId val="67214336"/>
+        <c:axId val="67212800"/>
+      </c:lineChart>
+      <c:catAx>
+        <c:axId val="67197184"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:txPr>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr b="1"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="67211264"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="67211264"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:axPos val="l"/>
+        <c:numFmt formatCode="0.0%" sourceLinked="1"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:txPr>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1200"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="67197184"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:valAx>
+        <c:axId val="67212800"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:axPos val="r"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:txPr>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1200"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="67214336"/>
+        <c:crosses val="max"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:catAx>
+        <c:axId val="67214336"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="1"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:tickLblPos val="none"/>
+        <c:crossAx val="67212800"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+      </c:catAx>
+    </c:plotArea>
+    <c:legend>
+      <c:legendPos val="b"/>
+      <c:layout/>
+    </c:legend>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+  </c:chart>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr sz="1600">
+          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+        </a:defRPr>
+      </a:pPr>
+      <a:endParaRPr lang="ru-RU"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId2"/>
+</c:chartSpace>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -492,53 +915,54 @@
           <p:cNvPr id="3" name="Дата 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{BF83AEFC-F03D-4689-843C-1AE004961C40}" type="datetimeFigureOut">
+            <a:fld id="{39C964E1-545A-49CD-A71A-76B47E7585A2}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>16.08.2016</a:t>
+              <a:pPr/>
+              <a:t>21.09.2016</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Образ слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1143000" y="685800"/>
             <a:ext cx="4572000" cy="3429000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -651,62 +1075,63 @@
           <p:cNvPr id="7" name="Номер слайда 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{DC6608AE-30B7-4A83-9E0D-31923B12F607}" type="slidenum">
+            <a:fld id="{85CD25BE-1BA7-4815-87A6-C5CA54F58832}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2387556950"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2618004323"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
@@ -763,51 +1188,63 @@
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Образ слайда 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
@@ -829,62 +1266,828 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{DC6608AE-30B7-4A83-9E0D-31923B12F607}" type="slidenum">
+            <a:fld id="{85CD25BE-1BA7-4815-87A6-C5CA54F58832}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>21</a:t>
+              <a:pPr/>
+              <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="267542631"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="756697314"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6146" name="Образ слайда 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6147" name="Заметки 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6148" name="Номер слайда 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{995D432A-87E1-44FD-83E3-914EAF2FE654}" type="slidenum">
+              <a:rPr lang="ru-RU" altLang="ru-RU">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>9</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3468936496"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8194" name="Образ слайда 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8195" name="Заметки 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU" smtClean="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8196" name="Номер слайда 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="784225" indent="-301625">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1206500" indent="-241300">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1689100" indent="-241300">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2171700" indent="-241300">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2628900" indent="-241300" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3086100" indent="-241300" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3543300" indent="-241300" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4000500" indent="-241300" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9F5F77F0-959C-4E77-B4C3-D087C6812BEC}" type="slidenum">
+              <a:rPr lang="ru-RU" altLang="ru-RU">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>10</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="23078964"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10242" name="Образ слайда 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10243" name="Заметки 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU" smtClean="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10244" name="Номер слайда 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="784225" indent="-301625">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1206500" indent="-241300">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1689100" indent="-241300">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2171700" indent="-241300">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2628900" indent="-241300" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3086100" indent="-241300" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3543300" indent="-241300" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4000500" indent="-241300" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{2BA8232F-0BED-4D1E-B533-5FB493FAAFC1}" type="slidenum">
+              <a:rPr lang="ru-RU" altLang="ru-RU">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>11</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="4097738770"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
@@ -913,11967 +2116,29103 @@
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Титульный слайд">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="14" name="Заголовок 13"/>
+          <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1432560" y="359898"/>
-            <a:ext cx="7406640" cy="1472184"/>
+            <a:off x="685800" y="2130425"/>
+            <a:ext cx="7772400" cy="1470025"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
-[...5 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr/>
+          <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-US"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="22" name="Подзаголовок 21"/>
+          <p:cNvPr id="3" name="Подзаголовок 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1432560" y="1850064"/>
-            <a:ext cx="7406640" cy="1752600"/>
+            <a:off x="1371600" y="3886200"/>
+            <a:ext cx="6400800" cy="1752600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr tIns="0"/>
+          <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr marL="27432" indent="0" algn="l">
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
-              <a:defRPr sz="2600">
+              <a:defRPr>
                 <a:solidFill>
-                  <a:schemeClr val="tx2">
-[...1 lines deleted...]
-                    <a:satMod val="150000"/>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0" algn="ctr">
               <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0" algn="ctr">
               <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
               <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
               <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
               <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
               <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
               <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
               <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl9pPr>
-            <a:extLst/>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец подзаголовка</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-US"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Дата 6"/>
+          <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:fld id="{0F3F4691-C290-45F9-9B14-3B50FC93D7EF}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>16.08.2016</a:t>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{3760698D-95FF-4837-A9EC-5433AB7E0CA2}" type="datetime1">
+              <a:rPr lang="ru-RU" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:tint val="75000"/>
+                  </a:prstClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>21.09.2016</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:tint val="75000"/>
+                </a:prstClr>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="20" name="Нижний колонтитул 19"/>
+          <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:tint val="75000"/>
+                </a:prstClr>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Номер слайда 9"/>
+          <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:fld id="{9960FCCC-2DC8-47C5-9AFC-CE7000E9AB6E}" type="slidenum">
-              <a:rPr lang="ru-RU" smtClean="0"/>
+            <a:fld id="{F2542FA6-8548-4922-9FEE-FFC25EA42563}" type="slidenum">
+              <a:rPr lang="ru-RU" altLang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU"/>
-[...137 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="en-US"/>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3361872447"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
   <p:cSld name="Заголовок и вертикальный текст">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-US"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Вертикальный текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="1" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="2" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="3" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="4" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-US"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:fld id="{0F3F4691-C290-45F9-9B14-3B50FC93D7EF}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>16.08.2016</a:t>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{D9BF82FA-61A7-4C83-836C-93624B287505}" type="datetime1">
+              <a:rPr lang="ru-RU" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:tint val="75000"/>
+                  </a:prstClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>21.09.2016</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:tint val="75000"/>
+                </a:prstClr>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:tint val="75000"/>
+                </a:prstClr>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:fld id="{9960FCCC-2DC8-47C5-9AFC-CE7000E9AB6E}" type="slidenum">
-              <a:rPr lang="ru-RU" smtClean="0"/>
+            <a:fld id="{C98DF4EC-9E05-4FD1-A6AB-625C26EE0889}" type="slidenum">
+              <a:rPr lang="ru-RU" altLang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="40778186"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
   <p:cSld name="Вертикальный заголовок и текст">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Вертикальный заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" orient="vert"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6858000" y="274639"/>
-            <a:ext cx="1828800" cy="5851525"/>
+            <a:off x="6629400" y="274638"/>
+            <a:ext cx="2057400" cy="5851525"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-US"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Вертикальный текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1143000" y="274640"/>
-            <a:ext cx="5562600" cy="5851525"/>
+            <a:off x="457200" y="274638"/>
+            <a:ext cx="6019800" cy="5851525"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="1" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="2" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="3" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="4" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-US"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:fld id="{0F3F4691-C290-45F9-9B14-3B50FC93D7EF}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>16.08.2016</a:t>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{32922580-1348-4834-926B-DF8C2E519E4B}" type="datetime1">
+              <a:rPr lang="ru-RU" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:tint val="75000"/>
+                  </a:prstClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>21.09.2016</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:tint val="75000"/>
+                </a:prstClr>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:tint val="75000"/>
+                </a:prstClr>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:fld id="{9960FCCC-2DC8-47C5-9AFC-CE7000E9AB6E}" type="slidenum">
-              <a:rPr lang="ru-RU" smtClean="0"/>
+            <a:fld id="{E05127E3-F984-4ED3-92C9-D3443C8D019D}" type="slidenum">
+              <a:rPr lang="ru-RU" altLang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2989150669"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Заголовок и объект">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-US"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="1" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="2" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="3" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="4" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-US"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:fld id="{0F3F4691-C290-45F9-9B14-3B50FC93D7EF}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>16.08.2016</a:t>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{AFA4C8CD-DAF5-4B08-9F67-6EF3BC0030F5}" type="datetime1">
+              <a:rPr lang="ru-RU" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:tint val="75000"/>
+                  </a:prstClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>21.09.2016</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:tint val="75000"/>
+                </a:prstClr>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:tint val="75000"/>
+                </a:prstClr>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:fld id="{9960FCCC-2DC8-47C5-9AFC-CE7000E9AB6E}" type="slidenum">
-              <a:rPr lang="ru-RU" smtClean="0"/>
+            <a:fld id="{88534A18-CCB8-4CFF-ABE1-700E90293EB5}" type="slidenum">
+              <a:rPr lang="ru-RU" altLang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2333273992"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="secHead" preserve="1">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
   <p:cSld name="Заголовок раздела">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Прямоугольник 6"/>
-[...46 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2578392" y="2600325"/>
-            <a:ext cx="6400800" cy="2286000"/>
+            <a:off x="722313" y="4406900"/>
+            <a:ext cx="7772400" cy="1362075"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:lnSpc>
-[...2 lines deleted...]
-              <a:buNone/>
               <a:defRPr sz="4000" b="1" cap="all"/>
             </a:lvl1pPr>
-            <a:extLst/>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-US"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2578392" y="1066800"/>
-            <a:ext cx="6400800" cy="1509712"/>
+            <a:off x="722313" y="2906713"/>
+            <a:ext cx="7772400" cy="1500187"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
-            <a:lvl1pPr marL="18288" indent="0">
-[...5 lines deleted...]
-              </a:spcBef>
+            <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000">
                 <a:solidFill>
-                  <a:schemeClr val="tx2">
-[...1 lines deleted...]
-                    <a:satMod val="150000"/>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr>
+            <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr>
+            <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:extLst/>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:fld id="{0F3F4691-C290-45F9-9B14-3B50FC93D7EF}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>16.08.2016</a:t>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{95DF40E7-4D12-44E7-A80B-2441500220DF}" type="datetime1">
+              <a:rPr lang="ru-RU" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:tint val="75000"/>
+                  </a:prstClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>21.09.2016</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:tint val="75000"/>
+                </a:prstClr>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:tint val="75000"/>
+                </a:prstClr>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:fld id="{9960FCCC-2DC8-47C5-9AFC-CE7000E9AB6E}" type="slidenum">
-              <a:rPr lang="ru-RU" smtClean="0"/>
+            <a:fld id="{C30010BD-7F90-46D6-8231-F44376C358C2}" type="slidenum">
+              <a:rPr lang="ru-RU" altLang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU"/>
-[...193 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="en-US"/>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2887325782"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
   <p:cSld name="Два объекта">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-US"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1435608" y="1524000"/>
-            <a:ext cx="3657600" cy="4663440"/>
+            <a:off x="457200" y="1600200"/>
+            <a:ext cx="4038600" cy="4525963"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2800"/>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="2400"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="2000"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1800"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1800"/>
             </a:lvl5pPr>
-            <a:extLst/>
+            <a:lvl6pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="1" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="2" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="3" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="4" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-US"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Объект 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5276088" y="1524000"/>
-            <a:ext cx="3657600" cy="4663440"/>
+            <a:off x="4648200" y="1600200"/>
+            <a:ext cx="4038600" cy="4525963"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2800"/>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="2400"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="2000"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1800"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1800"/>
             </a:lvl5pPr>
-            <a:extLst/>
+            <a:lvl6pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="1" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="2" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="3" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="4" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-US"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:fld id="{0F3F4691-C290-45F9-9B14-3B50FC93D7EF}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>16.08.2016</a:t>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{316377AF-EECF-4263-AB9A-01866F44F790}" type="datetime1">
+              <a:rPr lang="ru-RU" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:tint val="75000"/>
+                  </a:prstClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>21.09.2016</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:tint val="75000"/>
+                </a:prstClr>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:tint val="75000"/>
+                </a:prstClr>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Номер слайда 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:fld id="{9960FCCC-2DC8-47C5-9AFC-CE7000E9AB6E}" type="slidenum">
-              <a:rPr lang="ru-RU" smtClean="0"/>
+            <a:fld id="{DD46AE6A-5787-413E-B0C7-70C931D8F632}" type="slidenum">
+              <a:rPr lang="ru-RU" altLang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1400870705"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="twoTxTwoObj" preserve="1">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
   <p:cSld name="Сравнение">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr anchor="ctr"/>
+          <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="4500" b="1" cap="none" baseline="0"/>
+            <a:lvl1pPr>
+              <a:defRPr/>
             </a:lvl1pPr>
-            <a:extLst/>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-US"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="328278"/>
-            <a:ext cx="4023360" cy="640080"/>
+            <a:off x="457200" y="1535113"/>
+            <a:ext cx="4040188" cy="639762"/>
           </a:xfrm>
-          <a:solidFill>
-[...7 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="ctr"/>
+          <a:bodyPr anchor="b"/>
           <a:lstStyle>
-            <a:lvl1pPr marL="64008" indent="0" algn="l">
-[...5 lines deleted...]
-              </a:spcBef>
+            <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1900" b="0">
-[...3 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="2400" b="1"/>
             </a:lvl1pPr>
-            <a:lvl2pPr>
+            <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000" b="1"/>
             </a:lvl2pPr>
-            <a:lvl3pPr>
+            <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1800" b="1"/>
             </a:lvl3pPr>
-            <a:lvl4pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl4pPr>
-            <a:lvl5pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
-            <a:extLst/>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Текст 3"/>
+          <p:cNvPr id="4" name="Объект 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="half" idx="3"/>
+            <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4663440" y="328278"/>
-            <a:ext cx="4023360" cy="640080"/>
+            <a:off x="457200" y="2174875"/>
+            <a:ext cx="4040188" cy="3951288"/>
           </a:xfrm>
-          <a:solidFill>
-[...74 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr marL="393192" indent="-274320">
-[...5 lines deleted...]
-              </a:spcBef>
+            <a:lvl1pPr>
               <a:defRPr sz="2400"/>
             </a:lvl1pPr>
             <a:lvl2pPr>
-              <a:lnSpc>
-[...4 lines deleted...]
-              </a:spcBef>
               <a:defRPr sz="2000"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
-              <a:lnSpc>
-[...4 lines deleted...]
-              </a:spcBef>
               <a:defRPr sz="1800"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
-              <a:lnSpc>
-[...4 lines deleted...]
-              </a:spcBef>
               <a:defRPr sz="1600"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
-              <a:lnSpc>
-[...4 lines deleted...]
-              </a:spcBef>
               <a:defRPr sz="1600"/>
             </a:lvl5pPr>
-            <a:extLst/>
+            <a:lvl6pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="1" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="2" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="3" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="4" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-US"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Текст 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4645025" y="1535113"/>
+            <a:ext cx="4041775" cy="639762"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2400" b="1"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Объект 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4663440" y="969336"/>
-            <a:ext cx="4023360" cy="4114800"/>
+            <a:off x="4645025" y="2174875"/>
+            <a:ext cx="4041775" cy="3951288"/>
           </a:xfrm>
-          <a:ln w="10795">
-[...5 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr marL="393192" indent="-274320">
-[...5 lines deleted...]
-              </a:spcBef>
+            <a:lvl1pPr>
               <a:defRPr sz="2400"/>
             </a:lvl1pPr>
             <a:lvl2pPr>
-              <a:lnSpc>
-[...4 lines deleted...]
-              </a:spcBef>
               <a:defRPr sz="2000"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
-              <a:lnSpc>
-[...4 lines deleted...]
-              </a:spcBef>
               <a:defRPr sz="1800"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
-              <a:lnSpc>
-[...4 lines deleted...]
-              </a:spcBef>
               <a:defRPr sz="1600"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
-              <a:lnSpc>
-[...4 lines deleted...]
-              </a:spcBef>
               <a:defRPr sz="1600"/>
             </a:lvl5pPr>
-            <a:extLst/>
+            <a:lvl6pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="1" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="2" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="3" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="4" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-US"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Дата 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:fld id="{0F3F4691-C290-45F9-9B14-3B50FC93D7EF}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>16.08.2016</a:t>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{04294C7C-9168-4CAF-B048-CC7670BD1904}" type="datetime1">
+              <a:rPr lang="ru-RU" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:tint val="75000"/>
+                  </a:prstClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>21.09.2016</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:tint val="75000"/>
+                </a:prstClr>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Нижний колонтитул 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:tint val="75000"/>
+                </a:prstClr>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Номер слайда 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:fld id="{9960FCCC-2DC8-47C5-9AFC-CE7000E9AB6E}" type="slidenum">
-              <a:rPr lang="ru-RU" smtClean="0"/>
+            <a:fld id="{6C1FB802-52D1-485C-B3A5-DC116E31DBE6}" type="slidenum">
+              <a:rPr lang="ru-RU" altLang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="213768538"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Только заголовок">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr anchor="ctr"/>
-[...2 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr/>
+          <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-US"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Дата 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:fld id="{0F3F4691-C290-45F9-9B14-3B50FC93D7EF}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>16.08.2016</a:t>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{E86EC048-983C-4F9F-9A60-311A1534A8FF}" type="datetime1">
+              <a:rPr lang="ru-RU" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:tint val="75000"/>
+                  </a:prstClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>21.09.2016</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:tint val="75000"/>
+                </a:prstClr>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Нижний колонтитул 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:tint val="75000"/>
+                </a:prstClr>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Номер слайда 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:fld id="{9960FCCC-2DC8-47C5-9AFC-CE7000E9AB6E}" type="slidenum">
-              <a:rPr lang="ru-RU" smtClean="0"/>
+            <a:fld id="{7E417A40-221B-459C-82AA-E81446F700E0}" type="slidenum">
+              <a:rPr lang="ru-RU" altLang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="367934501"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="blank" preserve="1">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
   <p:cSld name="Пустой слайд">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Прямоугольник 4"/>
-[...46 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="2" name="Дата 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:fld id="{0F3F4691-C290-45F9-9B14-3B50FC93D7EF}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>16.08.2016</a:t>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{E3850B2C-40E6-4997-9BD1-4786BC398A94}" type="datetime1">
+              <a:rPr lang="ru-RU" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:tint val="75000"/>
+                  </a:prstClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>21.09.2016</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:tint val="75000"/>
+                </a:prstClr>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Нижний колонтитул 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:tint val="75000"/>
+                </a:prstClr>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:fld id="{9960FCCC-2DC8-47C5-9AFC-CE7000E9AB6E}" type="slidenum">
-              <a:rPr lang="ru-RU" smtClean="0"/>
+            <a:fld id="{1A5868FF-3719-4108-9C22-564D0B4BEC99}" type="slidenum">
+              <a:rPr lang="ru-RU" altLang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU"/>
-[...55 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="en-US"/>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3449943655"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="objTx" preserve="1">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
   <p:cSld name="Объект с подписью">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="216778"/>
-            <a:ext cx="3810000" cy="1162050"/>
+            <a:off x="457200" y="273050"/>
+            <a:ext cx="3008313" cy="1162050"/>
           </a:xfrm>
-          <a:ln>
-[...1 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:lnSpc>
-[...3 lines deleted...]
-              <a:defRPr sz="2200" b="1" cap="all" baseline="0"/>
+              <a:defRPr sz="2000" b="1"/>
             </a:lvl1pPr>
-            <a:extLst/>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-US"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Текст 2"/>
+          <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" idx="2"/>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1406964"/>
-[...56 lines deleted...]
-            <a:ext cx="8153400" cy="3992563"/>
+            <a:off x="3575050" y="273050"/>
+            <a:ext cx="5111750" cy="5853113"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="2800"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="2400"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
-            <a:extLst/>
+            <a:lvl6pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="1" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="2" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="3" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="4" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-US"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Текст 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1435100"/>
+            <a:ext cx="3008313" cy="4691063"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:fld id="{0F3F4691-C290-45F9-9B14-3B50FC93D7EF}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>16.08.2016</a:t>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{85E070FE-4030-4091-8EEF-781DE4707A5F}" type="datetime1">
+              <a:rPr lang="ru-RU" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:tint val="75000"/>
+                  </a:prstClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>21.09.2016</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:tint val="75000"/>
+                </a:prstClr>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:tint val="75000"/>
+                </a:prstClr>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Номер слайда 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:fld id="{9960FCCC-2DC8-47C5-9AFC-CE7000E9AB6E}" type="slidenum">
-              <a:rPr lang="ru-RU" smtClean="0"/>
+            <a:fld id="{77CB37D8-BAA8-4855-A9EE-A9ACA4478772}" type="slidenum">
+              <a:rPr lang="ru-RU" altLang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3004614929"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="picTx" preserve="1">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
   <p:cSld name="Рисунок с подписью">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5886896" y="1066800"/>
-            <a:ext cx="2743200" cy="1981200"/>
+            <a:off x="1792288" y="4800600"/>
+            <a:ext cx="5486400" cy="566738"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:buNone/>
-[...2 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="2000" b="1"/>
             </a:lvl1pPr>
-            <a:extLst/>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-US"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Рисунок 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1792288" y="612775"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2800"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2400"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Текст 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1792288" y="5367338"/>
+            <a:ext cx="5486400" cy="804862"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:fld id="{0F3F4691-C290-45F9-9B14-3B50FC93D7EF}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>16.08.2016</a:t>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{EC7ED06C-DCA3-4765-B9D0-97E9229D6F6F}" type="datetime1">
+              <a:rPr lang="ru-RU" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:tint val="75000"/>
+                  </a:prstClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>21.09.2016</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:tint val="75000"/>
+                </a:prstClr>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:tint val="75000"/>
+                </a:prstClr>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Номер слайда 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:fld id="{9960FCCC-2DC8-47C5-9AFC-CE7000E9AB6E}" type="slidenum">
-              <a:rPr lang="ru-RU" smtClean="0"/>
+            <a:fld id="{9399E967-C53B-40CD-8423-3C98CB13085F}" type="slidenum">
+              <a:rPr lang="ru-RU" altLang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU"/>
-[...301 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2578416343"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
-      <p:bgRef idx="1003">
-        <a:schemeClr val="bg2"/>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Пирог 6"/>
-[...260 lines deleted...]
-          <p:cNvPr id="5" name="Заголовок 4"/>
+          <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1435608" y="274638"/>
-            <a:ext cx="7498080" cy="1143000"/>
+            <a:off x="457200" y="274638"/>
+            <a:ext cx="8229600" cy="1143000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="ctr">
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-US"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="Текст 8"/>
+          <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1435608" y="1447800"/>
-            <a:ext cx="7498080" cy="4800600"/>
+            <a:off x="457200" y="1600200"/>
+            <a:ext cx="8229600" cy="4525963"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...1 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="1" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="2" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="3" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="4" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-US"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="24" name="Дата 23"/>
+          <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3581400" y="6305550"/>
-            <a:ext cx="2133600" cy="476250"/>
+            <a:off x="457200" y="6356350"/>
+            <a:ext cx="2133600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
-            <a:lvl1pPr algn="r" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-              <a:defRPr kumimoji="0" sz="1200">
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200">
                 <a:solidFill>
-                  <a:schemeClr val="bg2">
-[...1 lines deleted...]
-                    <a:satMod val="200000"/>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:extLst/>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{0F3F4691-C290-45F9-9B14-3B50FC93D7EF}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>16.08.2016</a:t>
+            <a:pPr fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{CC2E0D4D-855E-4AE6-AC38-95C09435010E}" type="datetime1">
+              <a:rPr lang="ru-RU" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:tint val="75000"/>
+                  </a:prstClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr fontAlgn="base">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>21.09.2016</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:tint val="75000"/>
+                </a:prstClr>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Нижний колонтитул 9"/>
+          <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5715000" y="6305550"/>
-            <a:ext cx="2895600" cy="476250"/>
+            <a:off x="3124200" y="6356350"/>
+            <a:ext cx="2895600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
-            <a:lvl1pPr eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-              <a:defRPr kumimoji="0" sz="1200">
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="1200">
                 <a:solidFill>
-                  <a:schemeClr val="bg2">
-[...1 lines deleted...]
-                    <a:satMod val="200000"/>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:extLst/>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:pPr fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="black">
+                  <a:tint val="75000"/>
+                </a:prstClr>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="22" name="Номер слайда 21"/>
+          <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8613648" y="6305550"/>
-            <a:ext cx="457200" cy="476250"/>
+            <a:off x="6553200" y="6356350"/>
+            <a:ext cx="2133600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
-            <a:lvl1pPr algn="ctr" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-              <a:defRPr kumimoji="0" sz="1200">
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200">
                 <a:solidFill>
-                  <a:schemeClr val="bg2">
-[...1 lines deleted...]
-                    <a:satMod val="200000"/>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:effectLst/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:extLst/>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{9960FCCC-2DC8-47C5-9AFC-CE7000E9AB6E}" type="slidenum">
-              <a:rPr lang="ru-RU" smtClean="0"/>
+            <a:pPr fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:fld id="{F3E1D0A4-242D-4B16-81CD-2C22DABEF409}" type="slidenum">
+              <a:rPr lang="ru-RU" altLang="ru-RU" smtClean="0">
+                <a:latin typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:pPr fontAlgn="base">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+              </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU"/>
-[...55 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="en-US"/>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU" smtClean="0">
+              <a:latin typeface="Arial" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3339084374"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2147483673" r:id="rId1"/>
-[...9 lines deleted...]
-    <p:sldLayoutId id="2147483683" r:id="rId11"/>
+    <p:sldLayoutId id="2147483685" r:id="rId1"/>
+    <p:sldLayoutId id="2147483686" r:id="rId2"/>
+    <p:sldLayoutId id="2147483687" r:id="rId3"/>
+    <p:sldLayoutId id="2147483688" r:id="rId4"/>
+    <p:sldLayoutId id="2147483689" r:id="rId5"/>
+    <p:sldLayoutId id="2147483690" r:id="rId6"/>
+    <p:sldLayoutId id="2147483691" r:id="rId7"/>
+    <p:sldLayoutId id="2147483692" r:id="rId8"/>
+    <p:sldLayoutId id="2147483693" r:id="rId9"/>
+    <p:sldLayoutId id="2147483694" r:id="rId10"/>
+    <p:sldLayoutId id="2147483695" r:id="rId11"/>
   </p:sldLayoutIdLst>
+  <p:hf sldNum="0" hdr="0" ftr="0" dt="0"/>
   <p:txStyles>
     <p:titleStyle>
-      <a:lvl1pPr algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
-        <a:defRPr kumimoji="0" sz="4300" kern="1200">
+        <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
-            <a:schemeClr val="tx2">
-[...1 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="tx1"/>
           </a:solidFill>
-          <a:effectLst>
-[...5 lines deleted...]
-          </a:effectLst>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:extLst/>
     </p:titleStyle>
     <p:bodyStyle>
-      <a:lvl1pPr marL="365760" indent="-283464" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...2 lines deleted...]
-        </a:lnSpc>
+      <a:lvl1pPr marL="342900" indent="-342900" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
-          <a:spcPts val="600"/>
+          <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:buClr>
-[...5 lines deleted...]
-        <a:defRPr kumimoji="0" sz="3200" kern="1200">
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="3200" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="640080" indent="-237744" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...2 lines deleted...]
-        </a:lnSpc>
+      <a:lvl2pPr marL="742950" indent="-285750" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
-          <a:spcPts val="550"/>
+          <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:buClr>
-[...4 lines deleted...]
-        <a:defRPr kumimoji="0" sz="2800" kern="1200">
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buChar char="–"/>
+        <a:defRPr sz="2800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marL="886968" indent="-228600" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...2 lines deleted...]
-        </a:lnSpc>
+      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:buClr>
-[...4 lines deleted...]
-        <a:defRPr kumimoji="0" sz="2400" kern="1200">
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marL="1097280" indent="-173736" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...2 lines deleted...]
-        </a:lnSpc>
+      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:buClr>
-[...4 lines deleted...]
-        <a:defRPr kumimoji="0" sz="2000" kern="1200">
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buChar char="–"/>
+        <a:defRPr sz="2000" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marL="1298448" indent="-182880" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...2 lines deleted...]
-        </a:lnSpc>
+      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:buClr>
-[...4 lines deleted...]
-        <a:defRPr kumimoji="0" sz="2000" kern="1200">
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buChar char="»"/>
+        <a:defRPr sz="2000" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="1508760" indent="-182880" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...2 lines deleted...]
-        </a:lnSpc>
+      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:buClr>
-[...4 lines deleted...]
-        <a:defRPr kumimoji="0" sz="2000" kern="1200">
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2000" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="1719072" indent="-182880" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...2 lines deleted...]
-        </a:lnSpc>
+      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:buClr>
-[...4 lines deleted...]
-        <a:defRPr kumimoji="0" sz="2000" kern="1200">
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2000" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="1920240" indent="-182880" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...2 lines deleted...]
-        </a:lnSpc>
+      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:buClr>
-[...4 lines deleted...]
-        <a:defRPr kumimoji="0" sz="2000" kern="1200">
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2000" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="2130552" indent="-182880" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...2 lines deleted...]
-        </a:lnSpc>
+      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:buClr>
-[...4 lines deleted...]
-        <a:defRPr kumimoji="0" sz="2000" kern="1200">
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2000" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
-      <a:extLst/>
     </p:bodyStyle>
     <p:otherStyle>
-      <a:lvl1pPr marL="0" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr kumimoji="0" kern="1200">
+      <a:defPPr>
+        <a:defRPr lang="ru-RU"/>
+      </a:defPPr>
+      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="457200" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr kumimoji="0" kern="1200">
+      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marL="914400" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr kumimoji="0" kern="1200">
+      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marL="1371600" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr kumimoji="0" kern="1200">
+      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marL="1828800" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr kumimoji="0" kern="1200">
+      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="2286000" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr kumimoji="0" kern="1200">
+      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="2743200" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr kumimoji="0" kern="1200">
+      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="3200400" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr kumimoji="0" kern="1200">
+      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="3657600" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr kumimoji="0" kern="1200">
+      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
-      <a:extLst/>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-[...27 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1043608" y="2132856"/>
-            <a:ext cx="7838688" cy="1472184"/>
+            <a:off x="0" y="2130425"/>
+            <a:ext cx="9036496" cy="1470025"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="5400" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="6000" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ҰБТ – 2017 жаңа формат</a:t>
+              <a:t>НОВЫЙ ФОРМАТ </a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="5400" dirty="0">
+            <a:br>
+              <a:rPr lang="ru-RU" sz="6000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="6000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ЕНТ-2017</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="6000" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Подзаголовок 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1403648" y="0"/>
+            <a:ext cx="6400800" cy="764704"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Национальный центр тестирования</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Подзаголовок 2"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1602610" y="5877272"/>
+            <a:ext cx="6400800" cy="764704"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="3200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Астана 2016</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1526880554"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="477240458"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1187450" y="1628775"/>
+            <a:ext cx="6400800" cy="3475038"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="45720" indent="0">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="kk-KZ" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="7" name="Объект 3"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3739644419"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="254000" y="1773238"/>
+          <a:ext cx="8640763" cy="4825997"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="2870026"/>
+                <a:gridCol w="5770737"/>
+              </a:tblGrid>
+              <a:tr h="366247">
+                <a:tc gridSpan="2">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" i="0" u="none" strike="noStrike" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>01 Образование</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" rtl="0" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx2">
+                            <a:lumMod val="75000"/>
+                          </a:schemeClr>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                    <a:gradFill>
+                      <a:gsLst>
+                        <a:gs pos="44000">
+                          <a:schemeClr val="accent1">
+                            <a:tint val="66000"/>
+                            <a:satMod val="160000"/>
+                          </a:schemeClr>
+                        </a:gs>
+                        <a:gs pos="83000">
+                          <a:schemeClr val="accent1">
+                            <a:tint val="44500"/>
+                            <a:satMod val="160000"/>
+                          </a:schemeClr>
+                        </a:gs>
+                        <a:gs pos="100000">
+                          <a:schemeClr val="accent1">
+                            <a:tint val="23500"/>
+                            <a:satMod val="160000"/>
+                          </a:schemeClr>
+                        </a:gs>
+                      </a:gsLst>
+                      <a:lin ang="5400000" scaled="0"/>
+                    </a:gradFill>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="544721">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>Специальности высшего образования</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>Специальности </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>ТиПО</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="254564">
+                <a:tc rowSpan="4">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst>
+                            <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                              <a:srgbClr val="000000">
+                                <a:alpha val="43137"/>
+                              </a:srgbClr>
+                            </a:outerShdw>
+                          </a:effectLst>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>5В010100</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst>
+                            <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                              <a:srgbClr val="000000">
+                                <a:alpha val="43137"/>
+                              </a:srgbClr>
+                            </a:outerShdw>
+                          </a:effectLst>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst>
+                            <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                              <a:srgbClr val="000000">
+                                <a:alpha val="43137"/>
+                              </a:srgbClr>
+                            </a:outerShdw>
+                          </a:effectLst>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>Дошкольное </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst>
+                            <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                              <a:srgbClr val="000000">
+                                <a:alpha val="43137"/>
+                              </a:srgbClr>
+                            </a:outerShdw>
+                          </a:effectLst>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>обучение и воспитание</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>   010100 0 - Дошкольное </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>воспитание и обучение</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="254564">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>   010200 0 - Организация </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>воспитательной работы (по уровням)</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="254564">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>   0105000 - Начальное </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>образование</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="254564">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>   0108000 - Музыкальное </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>образование</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="254564">
+                <a:tc rowSpan="5">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst>
+                            <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                              <a:srgbClr val="000000">
+                                <a:alpha val="43137"/>
+                              </a:srgbClr>
+                            </a:outerShdw>
+                          </a:effectLst>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>5B010200</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst>
+                            <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                              <a:srgbClr val="000000">
+                                <a:alpha val="43137"/>
+                              </a:srgbClr>
+                            </a:outerShdw>
+                          </a:effectLst>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst>
+                            <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                              <a:srgbClr val="000000">
+                                <a:alpha val="43137"/>
+                              </a:srgbClr>
+                            </a:outerShdw>
+                          </a:effectLst>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>Педагогика </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst>
+                            <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                              <a:srgbClr val="000000">
+                                <a:alpha val="43137"/>
+                              </a:srgbClr>
+                            </a:outerShdw>
+                          </a:effectLst>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>и методика начального обучения</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>   010200 0 - Организация воспитательной работы (по уровням)</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="254564">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>   0105000 - Начальное образование</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="254564">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>   0111000 - Основное среднее образование</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="254564">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>   010100 0 - Дошкольное </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>воспитание и обучение</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="254564">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>   0108000 - Музыкальное </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>образование</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="254564">
+                <a:tc rowSpan="4">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst>
+                            <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                              <a:srgbClr val="000000">
+                                <a:alpha val="43137"/>
+                              </a:srgbClr>
+                            </a:outerShdw>
+                          </a:effectLst>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>5B010900</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1800" b="1" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst>
+                            <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                              <a:srgbClr val="000000">
+                                <a:alpha val="43137"/>
+                              </a:srgbClr>
+                            </a:outerShdw>
+                          </a:effectLst>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst>
+                            <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                              <a:srgbClr val="000000">
+                                <a:alpha val="43137"/>
+                              </a:srgbClr>
+                            </a:outerShdw>
+                          </a:effectLst>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Математика</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst>
+                          <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                            <a:srgbClr val="000000">
+                              <a:alpha val="43137"/>
+                            </a:srgbClr>
+                          </a:outerShdw>
+                        </a:effectLst>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>   0111000 - Основное среднее образование</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="254564">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>   </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>011103 3 – учитель математики</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="277009">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" rtl="0" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="tx2">
+                        <a:lumMod val="40000"/>
+                        <a:lumOff val="60000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>   011107</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t> 3 – учитель физики </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="277009">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" rtl="0" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="tx2">
+                        <a:lumMod val="40000"/>
+                        <a:lumOff val="60000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>   0105000 - Начальное образование, (3) учитель информатики</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="277009">
+                <a:tc rowSpan="2">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst>
+                            <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                              <a:srgbClr val="000000">
+                                <a:alpha val="43137"/>
+                              </a:srgbClr>
+                            </a:outerShdw>
+                          </a:effectLst>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>5B010400 Начальная военная подготовка</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst>
+                          <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                            <a:srgbClr val="000000">
+                              <a:alpha val="43137"/>
+                            </a:srgbClr>
+                          </a:outerShdw>
+                        </a:effectLst>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>   010300 0 - Физическая культура и спорт</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="283798">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" rtl="0" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="tx2">
+                        <a:lumMod val="40000"/>
+                        <a:lumOff val="60000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>   0109000 - Безопасность жизнедеятельности и </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>валеология</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Заголовок 1"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="935038" y="260350"/>
+            <a:ext cx="6511925" cy="461963"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="320040" indent="-320040" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent6">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:buClr>
+              <a:buSzPct val="128000"/>
+              <a:buFont typeface="Georgia" pitchFamily="18" charset="0"/>
+              <a:buChar char="*"/>
+              <a:defRPr sz="4600" b="1" i="0" kern="1200">
+                <a:gradFill>
+                  <a:gsLst>
+                    <a:gs pos="0">
+                      <a:schemeClr val="tx1"/>
+                    </a:gs>
+                    <a:gs pos="40000">
+                      <a:schemeClr val="tx1">
+                        <a:lumMod val="75000"/>
+                        <a:lumOff val="25000"/>
+                      </a:schemeClr>
+                    </a:gs>
+                    <a:gs pos="100000">
+                      <a:schemeClr val="tx2">
+                        <a:alpha val="65000"/>
+                      </a:schemeClr>
+                    </a:gs>
+                  </a:gsLst>
+                  <a:lin ang="5400000" scaled="0"/>
+                </a:gradFill>
+                <a:effectLst>
+                  <a:reflection blurRad="6350" stA="55000" endA="300" endPos="45500" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
+                </a:effectLst>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr eaLnBrk="1" hangingPunct="1">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr eaLnBrk="1" hangingPunct="1">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr eaLnBrk="1" hangingPunct="1">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr eaLnBrk="1" hangingPunct="1">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr eaLnBrk="1" hangingPunct="1">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr eaLnBrk="1" hangingPunct="1">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr eaLnBrk="1" hangingPunct="1">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr eaLnBrk="1" hangingPunct="1">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0" fontAlgn="base">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="F79646">
+                  <a:lumMod val="75000"/>
+                </a:srgbClr>
+              </a:buClr>
+              <a:buFont typeface="Georgia" pitchFamily="18" charset="0"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="2400" b="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1F497D">
+                  <a:lumMod val="50000"/>
+                </a:srgbClr>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="TextBox 1"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="179512" y="980728"/>
+            <a:ext cx="8712968" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="ru-RU"/>
+            </a:defPPr>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="2000" b="1" cap="all">
+                <a:ln w="9000" cmpd="sng">
+                  <a:solidFill>
+                    <a:schemeClr val="accent4">
+                      <a:shade val="50000"/>
+                      <a:satMod val="120000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
+                <a:gradFill>
+                  <a:gsLst>
+                    <a:gs pos="0">
+                      <a:schemeClr val="accent4">
+                        <a:shade val="20000"/>
+                        <a:satMod val="245000"/>
+                      </a:schemeClr>
+                    </a:gs>
+                    <a:gs pos="43000">
+                      <a:schemeClr val="accent4">
+                        <a:satMod val="255000"/>
+                      </a:schemeClr>
+                    </a:gs>
+                    <a:gs pos="48000">
+                      <a:schemeClr val="accent4">
+                        <a:shade val="85000"/>
+                        <a:satMod val="255000"/>
+                      </a:schemeClr>
+                    </a:gs>
+                    <a:gs pos="100000">
+                      <a:schemeClr val="accent4">
+                        <a:shade val="20000"/>
+                        <a:satMod val="245000"/>
+                      </a:schemeClr>
+                    </a:gs>
+                  </a:gsLst>
+                  <a:lin ang="5400000"/>
+                </a:gradFill>
+                <a:effectLst>
+                  <a:reflection blurRad="12700" stA="28000" endPos="45000" dist="1000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
+                </a:effectLst>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="0" dirty="0" smtClean="0">
+                <a:ln w="9000" cmpd="sng">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Таблица соответствия специальностей </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="0" cap="none" dirty="0" smtClean="0">
+                <a:ln w="9000" cmpd="sng">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>(приказ МОН РК от 21 июня 2010 года № 316, с последними изменениями от 03.07.15 г. № 439)</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" b="0" dirty="0">
+              <a:ln w="9000" cmpd="sng">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Прямоугольник 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="107504" y="116633"/>
+            <a:ext cx="8928992" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" cap="all" dirty="0">
+                <a:ln w="9000" cmpd="sng">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сокращение срока обучения возможно только </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" cap="all" dirty="0">
+                <a:ln w="9000" cmpd="sng">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" cap="all" dirty="0">
+                <a:ln w="9000" cmpd="sng">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>при выборе родственной специальности</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3405521716"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="251521" y="115888"/>
+            <a:ext cx="8640960" cy="477837"/>
+          </a:xfrm>
+          <a:extLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" cap="all" dirty="0">
+                <a:ln w="9000" cmpd="sng">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Таблица соответствия специальностей </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" cap="all" dirty="0">
+              <a:ln w="9000" cmpd="sng">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="4" name="Объект 3"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1169036729"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="250825" y="620713"/>
+          <a:ext cx="8642350" cy="6035874"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="3024336"/>
+                <a:gridCol w="5618014"/>
+              </a:tblGrid>
+              <a:tr h="363105">
+                <a:tc gridSpan="2">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1">
+                        <a:spcBef>
+                          <a:spcPct val="0"/>
+                        </a:spcBef>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" altLang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>07 </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" altLang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Технические науки и технологии</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" altLang="ru-RU" sz="2000" b="1" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9527" marR="9527" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" rtl="0" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                    <a:gradFill>
+                      <a:gsLst>
+                        <a:gs pos="46000">
+                          <a:schemeClr val="accent1">
+                            <a:tint val="66000"/>
+                            <a:satMod val="160000"/>
+                          </a:schemeClr>
+                        </a:gs>
+                        <a:gs pos="83000">
+                          <a:schemeClr val="accent1">
+                            <a:tint val="44500"/>
+                            <a:satMod val="160000"/>
+                          </a:schemeClr>
+                        </a:gs>
+                        <a:gs pos="100000">
+                          <a:schemeClr val="accent1">
+                            <a:tint val="23500"/>
+                            <a:satMod val="160000"/>
+                          </a:schemeClr>
+                        </a:gs>
+                      </a:gsLst>
+                      <a:lin ang="5400000" scaled="0"/>
+                    </a:gradFill>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="563022">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="t" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Специальности высшего образования</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9527" marR="9527" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Специальности  </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" kern="1200" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>ТиПО</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9527" marR="9527" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="253351">
+                <a:tc rowSpan="2">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="1" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst>
+                            <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                              <a:srgbClr val="000000">
+                                <a:alpha val="43137"/>
+                              </a:srgbClr>
+                            </a:outerShdw>
+                          </a:effectLst>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>5B070100</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst>
+                            <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                              <a:srgbClr val="000000">
+                                <a:alpha val="43137"/>
+                              </a:srgbClr>
+                            </a:outerShdw>
+                          </a:effectLst>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> - </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="1" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst>
+                            <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                              <a:srgbClr val="000000">
+                                <a:alpha val="43137"/>
+                              </a:srgbClr>
+                            </a:outerShdw>
+                          </a:effectLst>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Биотехнология</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst>
+                          <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                            <a:srgbClr val="000000">
+                              <a:alpha val="43137"/>
+                            </a:srgbClr>
+                          </a:outerShdw>
+                        </a:effectLst>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="45715" marB="45715" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="809625" indent="-809625" algn="l" fontAlgn="t"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>  1509000 Экология и природоохранная деятельность (по видам)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9527" marR="9527" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="497180">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="1100" b="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="809625" indent="-809625" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="t" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>  1226000 Технология и организация производства продукции предприятий питания</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9527" marR="9527" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="253351">
+                <a:tc rowSpan="3">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="1" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst>
+                            <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                              <a:srgbClr val="000000">
+                                <a:alpha val="43137"/>
+                              </a:srgbClr>
+                            </a:outerShdw>
+                          </a:effectLst>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>5B070200- Автоматизация и управление</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="45715" marB="45715" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="809625" indent="-809625" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="t" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>  1302000 Автоматизация и управление (по профилю)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9527" marR="9527" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="253351">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="1100" b="0" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="809625" indent="-809625" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="t" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>  1308000 Эксплуатация автоматизированных систем связи</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9527" marR="9527" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="497180">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="1100" b="0" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="809625" indent="-809625" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="t" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>  1304000 Вычислительная техника и программное обеспечение (по видам)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9527" marR="9527" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="253351">
+                <a:tc rowSpan="2">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="1" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst>
+                            <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                              <a:srgbClr val="000000">
+                                <a:alpha val="43137"/>
+                              </a:srgbClr>
+                            </a:outerShdw>
+                          </a:effectLst>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>5B070300- Информационные системы</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="45715" marB="45715" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="809625" indent="-809625" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="t" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>  1305000 Информационные системы (по областям применения)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9527" marR="9527" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="325736">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="1100" b="0" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="809625" indent="-809625" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="t" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>  1304000 Вычислительная техника и программное обеспечение</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9527" marR="9527" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="253351">
+                <a:tc rowSpan="2">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="1" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst>
+                            <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                              <a:srgbClr val="000000">
+                                <a:alpha val="43137"/>
+                              </a:srgbClr>
+                            </a:outerShdw>
+                          </a:effectLst>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>5B070400 - Вычислительная техника и программное обеспечение</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="45715" marB="45715" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="809625" indent="-809625" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="t" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>  1304000 Вычислительная техника и программное обеспечение</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9527" marR="9527" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="569564">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="1100" b="0" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="809625" marR="0" indent="-809625" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="t" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>  1305000 Информационные системы (по областям применения)</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9527" marR="9527" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="579087">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="1" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst>
+                            <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                              <a:srgbClr val="000000">
+                                <a:alpha val="43137"/>
+                              </a:srgbClr>
+                            </a:outerShdw>
+                          </a:effectLst>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>5B070500- Математическое и компьютерное моделирование</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="45715" marB="45715" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="809625" marR="0" indent="-809625" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="t" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>  1305000 Информационные системы (по областям применения)</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9527" marR="9527" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="822915">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="1" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst>
+                            <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                              <a:srgbClr val="000000">
+                                <a:alpha val="43137"/>
+                              </a:srgbClr>
+                            </a:outerShdw>
+                          </a:effectLst>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>5B070600- Геология и разведка месторождений полезных ископаемых</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="45715" marB="45715" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="809625" indent="-809625" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="t" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>  0700000 Геология, горнодобывающая промышленность и добыча полезных ископаемых</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9527" marR="9527" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="275566">
+                <a:tc rowSpan="2">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="1" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst>
+                            <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                              <a:srgbClr val="000000">
+                                <a:alpha val="43137"/>
+                              </a:srgbClr>
+                            </a:outerShdw>
+                          </a:effectLst>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>5B070700- Горное дело</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="45715" marB="45715" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="809625" indent="-809625" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="t" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>  0711000 Маркшейдерское дело</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9527" marR="9527" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="275566">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9527" marR="9527" marT="9524" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="tx2">
+                        <a:lumMod val="40000"/>
+                        <a:lumOff val="60000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="809625" indent="-809625" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="t" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>  0713000 Геодезия и картография</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9527" marR="9527" marT="9523" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2017655141"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7170" name="Прямоугольник 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1042988" y="404813"/>
+            <a:ext cx="7058025" cy="892552"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="2800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" altLang="ru-RU" sz="2400" cap="all" dirty="0">
+                <a:ln w="9000" cmpd="sng">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ПРОЕКТ ПЕРЕЧНЯ ДИСЦИПЛИН</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" altLang="ru-RU" sz="2800" dirty="0" smtClean="0">
+                <a:ln>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                </a:ln>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" altLang="ru-RU" sz="1800" dirty="0" smtClean="0">
+                <a:ln>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                </a:ln>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>01 Образование (УМО КазНПУ им.Абая)</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU" sz="1800" dirty="0" smtClean="0">
+              <a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="24" name="Таблица 23"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="413703212"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="323528" y="1484784"/>
+          <a:ext cx="8352930" cy="4767496"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr>
+                <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="2448272"/>
+                <a:gridCol w="792088"/>
+                <a:gridCol w="1944216"/>
+                <a:gridCol w="576064"/>
+                <a:gridCol w="2592290"/>
+              </a:tblGrid>
+              <a:tr h="800201">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="5" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0">
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Специальности ВО</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="1" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0">
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>1 - дисциплина </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="1" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0">
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>2 - дисциплина</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="984095">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="5" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>5В010100 - Дошкольное обучение и воспитание</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc rowSpan="4">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="1" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1600" b="0" dirty="0" smtClean="0">
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Основы педагогики и психологии</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" dirty="0" smtClean="0">
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="5" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Дошкольное обучение и воспитание</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="1184600">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>5B010200 - Педагогика и методика начального обучения</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Педагогика и методика начального обучения</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" dirty="0" smtClean="0">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="887369">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>5B010900</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1600" b="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> - </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Математика</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Математика</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="911231">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>5B010400 - Начальная военная подготовка</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="1" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="1800" b="0" dirty="0" smtClean="0">
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Начальная военная подготовка</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="Стрелка вправо 24"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2971800" y="2636838"/>
+            <a:ext cx="431800" cy="287337"/>
+          </a:xfrm>
+          <a:prstGeom prst="rightArrow">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="Стрелка вправо 25"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5586413" y="3716338"/>
+            <a:ext cx="431800" cy="288925"/>
+          </a:xfrm>
+          <a:prstGeom prst="rightArrow">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="27" name="Стрелка вправо 26"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5580063" y="5661025"/>
+            <a:ext cx="431800" cy="288925"/>
+          </a:xfrm>
+          <a:prstGeom prst="rightArrow">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="28" name="Стрелка вправо 27"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2971800" y="3716338"/>
+            <a:ext cx="431800" cy="288925"/>
+          </a:xfrm>
+          <a:prstGeom prst="rightArrow">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="29" name="Стрелка вправо 28"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2987675" y="5661025"/>
+            <a:ext cx="431800" cy="288925"/>
+          </a:xfrm>
+          <a:prstGeom prst="rightArrow">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="30" name="Стрелка вправо 29"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5559425" y="2636838"/>
+            <a:ext cx="431800" cy="287337"/>
+          </a:xfrm>
+          <a:prstGeom prst="rightArrow">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Стрелка вправо 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5586413" y="4724400"/>
+            <a:ext cx="431800" cy="288925"/>
+          </a:xfrm>
+          <a:prstGeom prst="rightArrow">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Стрелка вправо 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2971800" y="4724400"/>
+            <a:ext cx="431800" cy="288925"/>
+          </a:xfrm>
+          <a:prstGeom prst="rightArrow">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="499181555"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9218" name="Прямоугольник 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="539750" y="404813"/>
+            <a:ext cx="7848600" cy="738187"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="2800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" altLang="ru-RU" sz="2400" cap="all" dirty="0" smtClean="0">
+                <a:ln w="9000" cmpd="sng">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ПРОЕКТ ПЕРЕЧНЯ ДИСЦИПЛИН</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" altLang="ru-RU" sz="1800" dirty="0" smtClean="0">
+                <a:ln>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                </a:ln>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>07 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1800" dirty="0" smtClean="0">
+                <a:ln>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                </a:ln>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Технические науки и технологии</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU" sz="1800" dirty="0" smtClean="0">
+              <a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="10" name="Объект 3"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2662151452"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="287523" y="1268760"/>
+          <a:ext cx="8352930" cy="5015142"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr>
+                <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="2808312"/>
+                <a:gridCol w="648072"/>
+                <a:gridCol w="1944216"/>
+                <a:gridCol w="576064"/>
+                <a:gridCol w="2376266"/>
+              </a:tblGrid>
+              <a:tr h="446982">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="5" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0">
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Специальности ВО</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="1" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0">
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>1 - дисциплина</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0">
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>2 - дисциплина</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="468000">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>5B070100</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> - </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Биотехнология</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc rowSpan="7">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="1" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1600" b="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Охрана труда</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="1600">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Микробиология</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="576000">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>5B070200</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>- </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Автоматизация и управление</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="1" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="1600">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc rowSpan="4">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Программирование</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="576000">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="5" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>5B070300</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>- </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Информационные системы</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="1600">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc rowSpan="3">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="828000">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="5" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>5B070400</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> - </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Вычислительная техника и программное обеспечение</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+              </a:tr>
+              <a:tr h="794621">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="5" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>5B070500</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>- </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Математическое и компьютерное моделирование</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0">
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="686351">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="5" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>5B070600</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>- </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Геология и разведка месторождений полезных ископаемых</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="1600">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc rowSpan="2">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Геология</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="468000">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="5" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>5B070700</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>- </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Горное дело</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0">
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Стрелка вправо 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3206750" y="3494088"/>
+            <a:ext cx="431800" cy="288925"/>
+          </a:xfrm>
+          <a:prstGeom prst="rightArrow">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Стрелка вправо 11"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3209925" y="4471988"/>
+            <a:ext cx="431800" cy="288925"/>
+          </a:xfrm>
+          <a:prstGeom prst="rightArrow">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Стрелка вправо 12"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3221038" y="5229225"/>
+            <a:ext cx="431800" cy="287338"/>
+          </a:xfrm>
+          <a:prstGeom prst="rightArrow">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Стрелка вправо 13"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3206750" y="5949950"/>
+            <a:ext cx="431800" cy="287338"/>
+          </a:xfrm>
+          <a:prstGeom prst="rightArrow">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Стрелка вправо 14"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3221038" y="2689225"/>
+            <a:ext cx="431800" cy="288925"/>
+          </a:xfrm>
+          <a:prstGeom prst="rightArrow">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Стрелка вправо 15"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3246438" y="1955800"/>
+            <a:ext cx="431800" cy="287338"/>
+          </a:xfrm>
+          <a:prstGeom prst="rightArrow">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Стрелка вправо 16"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5789613" y="1989138"/>
+            <a:ext cx="431800" cy="287337"/>
+          </a:xfrm>
+          <a:prstGeom prst="rightArrow">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Стрелка вправо 17"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5789613" y="2708275"/>
+            <a:ext cx="431800" cy="288925"/>
+          </a:xfrm>
+          <a:prstGeom prst="rightArrow">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Стрелка вправо 18"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5789613" y="3494088"/>
+            <a:ext cx="431800" cy="288925"/>
+          </a:xfrm>
+          <a:prstGeom prst="rightArrow">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="Стрелка вправо 19"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5789613" y="4471988"/>
+            <a:ext cx="431800" cy="288925"/>
+          </a:xfrm>
+          <a:prstGeom prst="rightArrow">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="Стрелка вправо 20"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5789613" y="5229225"/>
+            <a:ext cx="431800" cy="287338"/>
+          </a:xfrm>
+          <a:prstGeom prst="rightArrow">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="Стрелка вправо 21"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5795963" y="5949950"/>
+            <a:ext cx="431800" cy="287338"/>
+          </a:xfrm>
+          <a:prstGeom prst="rightArrow">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3560316660"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1435608" y="274638"/>
-            <a:ext cx="7498080" cy="778098"/>
+            <a:off x="446856" y="322203"/>
+            <a:ext cx="8229600" cy="461665"/>
           </a:xfrm>
+          <a:extLst/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr eaLnBrk="1" hangingPunct="1">
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2400" cap="all" dirty="0">
+                <a:ln w="9000" cmpd="sng">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Оқу сауаттылығы</a:t>
+              <a:t>Структура теста для выпускников </a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" dirty="0">
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" cap="all" dirty="0" err="1" smtClean="0">
+                <a:ln w="9000" cmpd="sng">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Т</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:ln w="9000" cmpd="sng">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>и</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" cap="all" dirty="0" err="1" smtClean="0">
+                <a:ln w="9000" cmpd="sng">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ПО</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" cap="all" dirty="0">
+              <a:ln w="9000" cmpd="sng">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="5" name="Объект 4"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2050639643"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="339725" y="1019175"/>
+          <a:ext cx="8353425" cy="4967288"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" firstCol="1" bandCol="1">
+                <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="1800307"/>
+                <a:gridCol w="576098"/>
+                <a:gridCol w="1753136"/>
+                <a:gridCol w="2111942"/>
+                <a:gridCol w="2111942"/>
+              </a:tblGrid>
+              <a:tr h="503928">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Блок </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68584" marR="68584" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc gridSpan="2">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Количество заданий</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68584" marR="68584" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Форма заданий</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68584" marR="68584" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Объект оценивания</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68584" marR="68584" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="899871">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Общая дисциплина </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68584" marR="68584" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc gridSpan="2">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>20</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68584" marR="68584" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>С выбором одного правильного ответа</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68584" marR="68584" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Общие академические знания по базовой дисциплине</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68584" marR="68584" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="719897">
+                <a:tc rowSpan="3">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Профилирующая дисциплина</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68584" marR="68584" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc rowSpan="3">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>40</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68584" marR="68584" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>20</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68584" marR="68584" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>С выбором одного правильного ответа</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68584" marR="68584" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Углубленные академические знания </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68584" marR="68584" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="1043850">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>10</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68584" marR="68584" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>С выбором одного или нескольких правильных ответов</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68584" marR="68584" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Более полная оценка и устойчивость академических знаний </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68584" marR="68584" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="1799742">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>10 </a:t>
+                      </a:r>
+                      <a:br>
+                        <a:rPr lang="ru-RU" sz="1600">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                      </a:br>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>(2 ситуации по 5 заданий к ним)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68584" marR="68584" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Ситуационные задания с выбором одного правильного ответа</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68584" marR="68584" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Оценка практического понимание предмета, основанного на академических знаниях, умениях и навыков </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68584" marR="68584" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvPr id="13348" name="Прямоугольник 5"/>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1"/>
+            <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
-          <p:nvPr>
-[...1 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr>
+        <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1403648" y="1052736"/>
-            <a:ext cx="7498080" cy="4800600"/>
+            <a:off x="323850" y="6092825"/>
+            <a:ext cx="8351838" cy="369888"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:noAutofit/>
+            <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="82296" indent="0" algn="just">
+            <a:pPr eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:spcBef>
-                <a:spcPts val="0"/>
+                <a:spcPct val="0"/>
               </a:spcBef>
-              <a:buNone/>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1300" b="1" dirty="0">
+              <a:rPr lang="ru-RU" altLang="ru-RU" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>(1) </a:t>
+              <a:t>Общее время тестирования</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1300" dirty="0">
+              <a:rPr lang="ru-RU" altLang="ru-RU" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Балаға ат қоюдың </a:t>
+              <a:t> – 1 час 35 минут (95 минут)</a:t>
             </a:r>
-            <a:r>
-[...181 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="150204968"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="41515642"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
-[...1373 lines deleted...]
-<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1403648" y="188640"/>
-            <a:ext cx="7498080" cy="648072"/>
+            <a:off x="457200" y="584528"/>
+            <a:ext cx="8229600" cy="523220"/>
           </a:xfrm>
+          <a:extLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="90000"/>
+            <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr eaLnBrk="1" hangingPunct="1">
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2800" cap="all" dirty="0">
+                <a:ln w="9000" cmpd="sng">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Читательская </a:t>
+              <a:t>Оценивание </a:t>
             </a:r>
-            <a:r>
-[...9 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...340 lines deleted...]
-      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1331640" y="548680"/>
-            <a:ext cx="7498080" cy="4800600"/>
+            <a:off x="457200" y="1600200"/>
+            <a:ext cx="8229600" cy="2981325"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="82296" indent="0">
-              <a:buNone/>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1300" dirty="0">
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>1. В комнате Ильи Ильича отсутствовали</a:t>
+              <a:t>Для </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>заданий с выбором одного варианта правильного ответа присуждается 1 балл, в остальных случаях 0 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>баллов</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Для заданий с выбором нескольких правильных вариантов ответа из нескольких предложенных: </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="82296" indent="0">
+            <a:pPr marL="895350" indent="0">
+              <a:buFont typeface="Arial" charset="0"/>
               <a:buNone/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1300" dirty="0">
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>A) картины</a:t>
-[...35 lines deleted...]
-              <a:t>D) </a:t>
+              <a:t>- за все правильные ответы получает - 2 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1300" dirty="0" smtClean="0">
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>серебро</a:t>
+              <a:t>балла</a:t>
             </a:r>
-            <a:r>
-[...25 lines deleted...]
-              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="82296" indent="0">
+            <a:pPr marL="895350" indent="0">
+              <a:buFont typeface="Arial" charset="0"/>
               <a:buNone/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1300" dirty="0">
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>2. Лежанье у Ильи Ильича было</a:t>
+              <a:t>- за одну допущенную ошибку - 1 </a:t>
             </a:r>
-          </a:p>
-[...3 lines deleted...]
-            </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1300" dirty="0">
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>A) необходимостью, как у больного</a:t>
+              <a:t>балл</a:t>
             </a:r>
-          </a:p>
-[...54 lines deleted...]
-              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="82296" indent="0">
+            <a:pPr marL="895350" indent="0">
+              <a:buFont typeface="Arial" charset="0"/>
               <a:buNone/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1300" dirty="0">
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>3. Признак того, что в комнате кто-то жил</a:t>
+              <a:t>- за допущенные 2 и более ошибки - 0 </a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>баллов</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="82296" indent="0">
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" charset="0"/>
               <a:buNone/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1300" dirty="0">
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>A) чернильница</a:t>
+              <a:t>Максимальный балл – 70 </a:t>
             </a:r>
-          </a:p>
-[...3 lines deleted...]
-            </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1300" dirty="0">
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>B) книга</a:t>
+              <a:t>баллов</a:t>
             </a:r>
-          </a:p>
-[...39 lines deleted...]
-              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="645458130"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="809408241"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:sld>
-[...213 lines deleted...]
-  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1435608" y="274638"/>
-            <a:ext cx="7498080" cy="562074"/>
+            <a:off x="493713" y="2133600"/>
+            <a:ext cx="8229600" cy="830263"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="90000"/>
+            <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr eaLnBrk="1" hangingPunct="1">
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-              <a:t>Физика</a:t>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Шкала перевода баллов </a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" dirty="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>традиционную систему оценивания</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="5" name="Объект 4"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2872117007"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="468313" y="2989263"/>
+          <a:ext cx="8207374" cy="3419477"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" firstCol="1">
+                <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="1871857"/>
+                <a:gridCol w="1727868"/>
+                <a:gridCol w="2088576"/>
+                <a:gridCol w="2519073"/>
+              </a:tblGrid>
+              <a:tr h="539917">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Блок</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0" dirty="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68567" marR="68567" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Баллы</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68567" marR="68567" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Проценты</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68567" marR="68567" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Отметки</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68567" marR="68567" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="359945">
+                <a:tc rowSpan="4">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Общая дисциплина</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0" dirty="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68567" marR="68567" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>0 – 9</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0" dirty="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68567" marR="68567" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>0 – 49 %</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68567" marR="68567" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>2 (неудовлетворительно)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68567" marR="68567" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="359945">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>10 – 14</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0" dirty="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68567" marR="68567" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>50 – 74%</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0" dirty="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68567" marR="68567" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>3 (удовлетворительно)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0" dirty="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68567" marR="68567" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="359945">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>15 – 17</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0" dirty="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68567" marR="68567" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>75 – 89%</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68567" marR="68567" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>4 (хорошо)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0" dirty="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68567" marR="68567" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="359945">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>18 – 20</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0" dirty="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68567" marR="68567" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>90 – 100%</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68567" marR="68567" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>5 (отлично)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0" dirty="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68567" marR="68567" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="359945">
+                <a:tc rowSpan="4">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Профилирующая дисциплина</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68567" marR="68567" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>0 – 24</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0" dirty="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68567" marR="68567" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>0 – 49 %</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68567" marR="68567" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>2 (неудовлетворительно)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0" dirty="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68567" marR="68567" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="359945">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>25 – 37</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0" dirty="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68567" marR="68567" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>50 – 74%</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68567" marR="68567" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>3 (удовлетворительно)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0" dirty="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68567" marR="68567" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="359945">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>38 – 44</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0" dirty="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68567" marR="68567" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>75 – 89%</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68567" marR="68567" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>4 (хорошо)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0" dirty="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68567" marR="68567" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="359945">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>45 – 50</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0" dirty="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68567" marR="68567" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>90 – 100%</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0" dirty="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68567" marR="68567" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="0" dirty="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>5 (отлично)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" b="0" dirty="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68567" marR="68567" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Прямоугольник 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="836613"/>
+            <a:ext cx="8424863" cy="1354137"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Порог – 50% по каждому блоку тестирования:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="714375" indent="-190500" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>не менее 10 баллов по общей дисциплине</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="714375" indent="-190500" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFontTx/>
+              <a:buChar char="-"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>не менее 25 баллов по профильной дисциплине</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Порог по общему набранному баллу не устанавливается</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Установление уровня баллов соответствует кредитной системе оценивания</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Объект 2"/>
-[...1 lines deleted...]
-            <a:spLocks noGrp="1"/>
+          <p:cNvPr id="7" name="Заголовок 1"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
           </p:cNvSpPr>
-          <p:nvPr>
-[...1 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr>
+        <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1403648" y="980728"/>
-            <a:ext cx="7488832" cy="5256584"/>
+            <a:off x="914400" y="396143"/>
+            <a:ext cx="8229600" cy="461665"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-            <a:noAutofit/>
+          <a:bodyPr wrap="square" anchor="ctr">
+            <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr" eaLnBrk="1" hangingPunct="1">
+              <a:defRPr sz="2800" b="1" cap="all">
+                <a:ln w="9000" cmpd="sng">
+                  <a:solidFill>
+                    <a:schemeClr val="accent4">
+                      <a:shade val="50000"/>
+                      <a:satMod val="120000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="9900CC"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr algn="ctr">
+              <a:defRPr sz="4400">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr algn="ctr">
+              <a:defRPr sz="4400">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr algn="ctr">
+              <a:defRPr sz="4400">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr algn="ctr">
+              <a:defRPr sz="4400">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="457200" algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr sz="4400">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="914400" algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr sz="4400">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="1371600" algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr sz="4400">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="1828800" algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr sz="4400">
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
           <a:p>
-            <a:pPr marL="82296" indent="0">
+            <a:pPr fontAlgn="base">
               <a:spcBef>
-                <a:spcPts val="0"/>
+                <a:spcPct val="0"/>
               </a:spcBef>
-              <a:buNone/>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1200" b="1" i="1" dirty="0">
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="2400" b="0" dirty="0">
+                <a:ln w="9000" cmpd="sng">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
               </a:rPr>
-              <a:t>Н</a:t>
+              <a:t>Установление порогового уровня баллов</a:t>
             </a:r>
-            <a:r>
-[...446 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2372464433"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="4127249224"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...22 lines deleted...]
-        <p:spPr bwMode="auto">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Прямоугольник 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
           <a:xfrm>
-            <a:off x="1685345" y="526885"/>
-            <a:ext cx="6847095" cy="5892178"/>
+            <a:off x="827584" y="376788"/>
+            <a:ext cx="7272808" cy="1107996"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...174 lines deleted...]
-          </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-            <a:normAutofit fontScale="90000"/>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Химия</a:t>
+              <a:t>НОРМАТИВНО-ПРАВОВАЯ БАЗА</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Calibri"/>
+              </a:rPr>
+              <a:t>, ТРЕБУЮЩАЯ ИЗМЕНЕНИЙ И ДОПОЛНЕНИЙ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Объект 2"/>
-[...5 lines deleted...]
-          </p:nvPr>
+          <p:cNvPr id="4" name="Прямоугольник 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1403648" y="908720"/>
-            <a:ext cx="7498080" cy="5256584"/>
+            <a:off x="755576" y="1268760"/>
+            <a:ext cx="7416824" cy="5355312"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-            <a:noAutofit/>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="82296" indent="0">
-[...3 lines deleted...]
-              <a:buNone/>
+            <a:pPr marL="457200" indent="-457200" algn="just">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1200" b="1" i="1" dirty="0">
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Нұсқау:</a:t>
+              <a:t>Типовые правила проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся в организациях образования, реализующих общеобразовательные учебные программы начального, основного среднего, общего среднего образования.</a:t>
             </a:r>
-            <a:r>
-[...13 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1200" dirty="0">
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200" algn="just">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="82296" indent="0">
-[...3 lines deleted...]
-              <a:buNone/>
+            <a:pPr marL="457200" indent="-457200" algn="just">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
-            <a:endParaRPr lang="kk-KZ" sz="1200" dirty="0" smtClean="0">
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Правила проведения единого национального тестирования.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200" algn="just">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="82296" indent="0">
-[...3 lines deleted...]
-              <a:buNone/>
+            <a:pPr marL="457200" indent="-457200" algn="just">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1200" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Өзара </a:t>
+              <a:t>Типовые правила приема на обучение в организации образования, реализующие профессиональные учебные программы высшего образования.</a:t>
             </a:r>
-            <a:r>
-[...6 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1200" dirty="0">
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200" algn="just">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="82296" indent="0">
-[...3 lines deleted...]
-              <a:buNone/>
+            <a:pPr marL="457200" indent="-457200" algn="just">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" dirty="0">
+              <a:rPr lang="ru-RU" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>A) Na</a:t>
+              <a:t>Правила присуждения образовательного гранта для оплаты высшего образования</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" baseline="-25000" dirty="0">
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>2</a:t>
+              <a:t>.</a:t>
             </a:r>
-            <a:r>
-[...20 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1200" dirty="0">
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200" algn="just">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="82296" indent="0">
-[...3 lines deleted...]
-              <a:buNone/>
+            <a:pPr marL="457200" lvl="0" indent="-457200" algn="just">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" dirty="0">
+              <a:rPr lang="ru-RU" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>B) P</a:t>
+              <a:t>Таблица соответствия Классификатора специальностей высшего и послевузовского образования Республики Казахстан и Классификатора профессий и специальностей технического и профессионального, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" baseline="-25000" dirty="0">
+              <a:rPr lang="ru-RU" dirty="0" err="1">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>2</a:t>
+              <a:t>послесреднего</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" dirty="0">
+              <a:rPr lang="ru-RU" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>O</a:t>
+              <a:t> образования.</a:t>
             </a:r>
-            <a:r>
-[...980 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4057286834"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2628123399"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvPr id="6" name="Заголовок 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1435608" y="274638"/>
-            <a:ext cx="7498080" cy="490066"/>
+            <a:off x="395536" y="0"/>
+            <a:ext cx="8229600" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Математикалық сауаттылық</a:t>
+              <a:t>ФОРМА И СОДЕРЖАНИЕ ТЕСТОВЫХ ЗАДАНИЙ</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" dirty="0">
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>20 заданий на математическую грамотность+20 заданий на грамотность чтения+40 заданий по первому предмету+40 заданий по второму предмету = 120 заданий)</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1800" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...4 lines deleted...]
-          </p:cNvPicPr>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="2" name="Таблица 1"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
           <p:nvPr>
-            <p:ph idx="1"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3445364744"/>
+              </p:ext>
+            </p:extLst>
           </p:nvPr>
-        </p:nvPicPr>
-[...149 lines deleted...]
-      </p:grpSpPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="546840" y="1124744"/>
+          <a:ext cx="8064896" cy="4981110"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" firstCol="1" bandRow="1"/>
+              <a:tblGrid>
+                <a:gridCol w="360040"/>
+                <a:gridCol w="1584176"/>
+                <a:gridCol w="1296144"/>
+                <a:gridCol w="2016224"/>
+                <a:gridCol w="2808312"/>
+              </a:tblGrid>
+              <a:tr h="473815">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="71755" marR="71755">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="46785" marR="46785" marT="0" marB="0" vert="vert270">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="71755" marR="71755" algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="46785" marR="46785" marT="0" marB="0" vert="vert270">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Количество заданий</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="46785" marR="46785" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Форма заданий</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="46785" marR="46785" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Объект оценивания</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="46785" marR="46785" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="743374">
+                <a:tc rowSpan="2">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="71755" marR="71755" algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>1 блок</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="46785" marR="46785" marT="0" marB="0" vert="vert270">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Математическая грамотность, </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="46785" marR="46785" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>20</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="46785" marR="46785" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Times New Roman"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>С выбором одного правильного ответа из пяти предложенных</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="46785" marR="46785" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="just">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1400">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Функциональная грамотность, логика, задания на количественное сравнение</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="46785" marR="46785" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="947629">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Грамотность чтения</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="46785" marR="46785" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Times New Roman"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>20 </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Times New Roman"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>(4 текста) </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="46785" marR="46785" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1400" kern="1200">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Times New Roman"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>С выбором одного правильного ответа из пяти предложенных</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="46785" marR="46785" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="just">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1400" kern="1200">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Times New Roman"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Чтение, понимание текста, рефлексия на содержание текста, умение анализировать, сопоставлять и т.д</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="46785" marR="46785" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="892048">
+                <a:tc rowSpan="3">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="71755" marR="71755" algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1400" b="1">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>2 блок</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="46785" marR="46785" marT="0" marB="0" vert="vert270">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc rowSpan="3">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Профильные предметы</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>(два предмета для каждой специальности)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="46785" marR="46785" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1400">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>20</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="46785" marR="46785" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1400">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>С выбором одного правильного ответа из пяти предложенных</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="46785" marR="46785" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="just">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1400">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>углубленные знания предмета (продвинутый уровень усвоения), умения и навыки широкого спектра </a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="46785" marR="46785" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="947629">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1400">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>15</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="46785" marR="46785" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="just">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1400">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>С выбором одного или нескольких правильных ответов из множества предложенных</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="46785" marR="46785" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="just">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Углубленные знания предмета (продвинутый уровень усвоения), умения и навыки широкого спектра</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="46785" marR="46785" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="892048">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1400">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>5</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="46785" marR="46785" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="just">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>На установление соответствия</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="46785" marR="46785" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="just">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Углубленные знания предмета (продвинутый уровень усвоения), умения и навыки широкого спектра</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="46785" marR="46785" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="11" name="Прямоугольник 10"/>
+          <p:cNvPr id="3" name="Прямоугольник 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1475656" y="548680"/>
-            <a:ext cx="7344816" cy="1892826"/>
+            <a:off x="477888" y="6255488"/>
+            <a:ext cx="8136904" cy="324384"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:tabLst>
+                <a:tab pos="450215" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1300" b="1" i="1" dirty="0">
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Нұсқау:</a:t>
+              <a:t>Примечание:</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1300" i="1" dirty="0">
-[...1 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>«Сізге сәйкестікті анықтауға арналған тапсырмалар беріледі. Таңдаған жауапты жауап парағындағы берілген пәнге сәйкес орынға, дөңгелекшені толық бояу арқылы белгілеу қажет</a:t>
-[...184 lines deleted...]
-              <a:t> «Вам предлагаются задания, в которых могут быть один или несколько правильных ответов. Выбранный ответ необходимо отметить на листе ответов путем полного закрашивания соответствующего кружка».</a:t>
+              <a:t> Может быть рассмотрен также вариант с 100 заданиями (20+20+30+30).</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
-              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
-[...763 lines deleted...]
-              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="868933714"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="493591218"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:sld>
-[...973 lines deleted...]
-  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...22 lines deleted...]
-        <p:spPr bwMode="auto">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Прямоугольник 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
           <a:xfrm>
-            <a:off x="1475656" y="1268760"/>
-            <a:ext cx="6912768" cy="2827949"/>
+            <a:off x="571104" y="1556792"/>
+            <a:ext cx="8136904" cy="4524315"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...31 lines deleted...]
-          </a:extLst>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Общее время тестирования – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>3 часа (180 минут</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Оценка за правильное выполнение заданий: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>с выбором одного правильного ответа из пяти предложенных – 1 балл; выбором одного или нескольких правильных ответов из множества предложенных – 2 балла; на установление соответствия – 2 балла</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>З</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>а тест по каждому профильному предмету абитуриент максимально может получить – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>60 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>баллов; по </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>математической грамотности – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>20 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>баллов, по грамотности чтения – 20 баллов, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>итого за весь тест – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>160 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>баллов.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Заголовок 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ВРЕМЯ ТЕСТИРОВАНИЯ И КРИТЕРИИ ОЦЕНИВАНИЯ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3822225949"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="606239795"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...4 lines deleted...]
-          </p:cNvPicPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Прямоугольник 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...13 lines deleted...]
-        <p:spPr bwMode="auto">
+        </p:nvSpPr>
+        <p:spPr>
           <a:xfrm>
-            <a:off x="1441128" y="836712"/>
-            <a:ext cx="6972957" cy="3979093"/>
+            <a:off x="1619672" y="188640"/>
+            <a:ext cx="6206186" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...31 lines deleted...]
-          </a:extLst>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ШКАЛА ПЕРЕВОДА БАЛЛОВ В ОТМЕТКИ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Прямоугольник 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3410631" y="980728"/>
+            <a:ext cx="2743059" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Профильные  предметы  </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="10" name="Таблица 9"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2231428361"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="1547664" y="1628800"/>
+          <a:ext cx="6077585" cy="1577340"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" firstCol="1" bandRow="1"/>
+              <a:tblGrid>
+                <a:gridCol w="2025650"/>
+                <a:gridCol w="2025650"/>
+                <a:gridCol w="2026285"/>
+              </a:tblGrid>
+              <a:tr h="0">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>Баллы</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>Проценты</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>Отметки</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="0">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="1">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>0 – 29</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>0 – 49%</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="1">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>2</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="0">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="1">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>30 - 38</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="1">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>50 – 64%</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="0">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="1">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>39 -48</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>65 – 80%</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="0">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>49 - 60</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="1">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>81 – 100%</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>5</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Прямоугольник 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1666494" y="3290501"/>
+            <a:ext cx="5989277" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Математическая грамотность и грамотность чтения</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="12" name="Таблица 11"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1854983566"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="1535133" y="3861048"/>
+          <a:ext cx="6077585" cy="1577340"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" firstCol="1" bandRow="1"/>
+              <a:tblGrid>
+                <a:gridCol w="2025650"/>
+                <a:gridCol w="2025650"/>
+                <a:gridCol w="2026285"/>
+              </a:tblGrid>
+              <a:tr h="0">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>Баллы</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>Проценты</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>Отметки</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="0">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="1">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>0 – 9</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="1">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>0 – 49%</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="1">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>2</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="0">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="1">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>10 – 13</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="1">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>50 – 64%</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="1">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="0">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="1">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>14 – 16</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="1">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>65 – 80%</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="1">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="0">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="1">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>17 – 20</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="1">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>81 – 100%</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>5</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Calibri"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1469984409"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2194109115"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...4 lines deleted...]
-          </p:cNvPicPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Прямоугольник 1"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...13 lines deleted...]
-        <p:spPr bwMode="auto">
+        </p:nvSpPr>
+        <p:spPr>
           <a:xfrm>
-            <a:off x="1533524" y="764938"/>
-            <a:ext cx="6566867" cy="4961175"/>
+            <a:off x="323528" y="332655"/>
+            <a:ext cx="8352928" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...31 lines deleted...]
-          </a:extLst>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>КОМБИНАЦИИ ПРОФИЛЬНЫХ ПРЕДМЕТОВ ПО СПЕЦИАЛЬНОСТЯМ ВЫСШЕГО ОБРАЗОВАНИЯ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="3" name="Таблица 2"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2159478728"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="604156" y="1412776"/>
+          <a:ext cx="7992887" cy="4293870"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" firstCol="1" bandRow="1"/>
+              <a:tblGrid>
+                <a:gridCol w="563703"/>
+                <a:gridCol w="5313420"/>
+                <a:gridCol w="2115764"/>
+              </a:tblGrid>
+              <a:tr h="0">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750" b="1" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>№</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1750" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750" b="1" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Профильные предметы</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1750" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750" b="1">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Количество специальностей</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1750">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="0">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" lvl="0" indent="0" algn="just">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buFont typeface="+mj-lt"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> 1</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1750" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="just">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Математика + физика</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1750">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>52</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1750">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="0">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" lvl="0" indent="0" algn="just">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buFont typeface="+mj-lt"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>2</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1750" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="just">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Математика + география</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1750">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>16</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1750">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="0">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" lvl="0" indent="0" algn="just">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buFont typeface="+mj-lt"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1750" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="just">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>История + география</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1750">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>8</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1750">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="0">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" lvl="0" indent="0" algn="just">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buFont typeface="+mj-lt"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1750" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="just">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Биология + химия</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1750">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>22</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1750">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="0">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" lvl="0" indent="0" algn="just">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buFont typeface="+mj-lt"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>5</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1750" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="just">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Биология + география</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1750" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>13</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1750" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="0">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" lvl="0" indent="0" algn="just">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buFont typeface="+mj-lt"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>6</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1750" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="just">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>История + иностранный язык</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1750">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>15</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1750">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="0">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" lvl="0" indent="0" algn="just">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buFont typeface="+mj-lt"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>7</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1750" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="just">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Язык обучения и литература (каз.или рус.язык) + история</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1750">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>7</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1750">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="0">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" lvl="0" indent="0" algn="just">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buFont typeface="+mj-lt"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>8</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1750" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="just">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1750">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>География + иностранный язык</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1750">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1750">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1750">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="0">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" lvl="0" indent="0" algn="just">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buFont typeface="+mj-lt"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>9</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1750" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="just">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1750" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Химия + физика </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1750" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1750">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>5</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1750">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="0">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" lvl="0" indent="0" algn="just">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buFont typeface="+mj-lt"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>10</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1750" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="just">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Творческий экзамен</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1750">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>33</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1750">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="0">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="just">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1750" b="1">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Всего</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1750">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1750" b="1" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>175</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1750" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Прямоугольник 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="539552" y="5589240"/>
+            <a:ext cx="8122096" cy="729430"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Примечание: </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. История (история </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Казахстана+всемирная</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> история);</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2. Данный перечень комбинаций профильных предметов будет дополнительно согласован с УМО специальностей вузов.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1808789822"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="4268488897"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Заголовок 1"/>
-[...5 lines deleted...]
-          </p:nvPr>
+          <p:cNvPr id="2" name="Прямоугольник 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="827584" y="764704"/>
+            <a:ext cx="7488832" cy="4154984"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Математическая грамотность</a:t>
+              <a:t>ОРГАНИЗАЦИЯ И ПРОВЕДЕНИЕ ЕНТ-2017</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" dirty="0">
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Место проведения</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>: Высшие учебные заведения (предварительное количество -50 ). </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Участники: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>выпускники школ текущего года; выпускники технического и профессионального, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>послесреднего</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> образования; выпускники школ прошлых лет. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Оценивание и результаты: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тестовые баллы абитуриентам станут известны в день тестирования.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Метод тестирования:</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бланочный (использование листов ответов и книжек-вопросников).</a:t>
+            </a:r>
+          </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...64 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="79668558"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="4207591657"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...4 lines deleted...]
-          </p:cNvPicPr>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="2" name="Таблица 1"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
           <p:nvPr>
-            <p:ph idx="1"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="252858911"/>
+              </p:ext>
+            </p:extLst>
           </p:nvPr>
-        </p:nvPicPr>
-[...13 lines deleted...]
-        <p:spPr bwMode="auto">
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="683568" y="1412776"/>
+          <a:ext cx="7935337" cy="3906466"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" firstCol="1" bandRow="1"/>
+              <a:tblGrid>
+                <a:gridCol w="5112568"/>
+                <a:gridCol w="2822769"/>
+              </a:tblGrid>
+              <a:tr h="218159">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Мероприятие</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Сроки</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800" i="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Calibri"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="436318">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Прием заявлений на участие в тестировании</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>25-мая-15 июня</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="218159">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Проведение творческого экзамена</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>5-10 июня</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="872636">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Прием заявлений на участие и </a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>проведение специального экзамена для поступающих на педагогические специальности</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>5-15 июня</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>16-22 июня</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="218159">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Проведение тестирования</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>1-20 июля</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="218159">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Прием заявлений на участие в Конкурсе</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>23-31 июля</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="218159">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Проведение Конкурса</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>1-10 августа</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="436318">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Прием заявлений на участие в повторном тестировании</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>1-8 августа</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="218159">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Повторная сдача ЕНТ</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="0" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="Calibri"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>19-24 августа</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Заголовок 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
           <a:xfrm>
-            <a:off x="1331640" y="620688"/>
-            <a:ext cx="7539250" cy="4608512"/>
+            <a:off x="539552" y="404664"/>
+            <a:ext cx="8229600" cy="1143000"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...9 lines deleted...]
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent1"/>
+                  <a:prstClr val="black"/>
                 </a:solidFill>
-              </a14:hiddenFill>
-[...2 lines deleted...]
-              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ОРГАНИЗАЦИЯ И ПРОВЕДЕНИЕ ЕНТ-2017</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="tx1"/>
+                  <a:prstClr val="black"/>
                 </a:solidFill>
-                <a:miter lim="800000"/>
-[...15 lines deleted...]
-      </p:pic>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1282822959"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="4111612785"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...4 lines deleted...]
-          </p:cNvPicPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Заголовок 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
           <p:nvPr>
-            <p:ph idx="1"/>
+            <p:ph type="ctrTitle"/>
           </p:nvPr>
-        </p:nvPicPr>
-[...13 lines deleted...]
-        <p:spPr bwMode="auto">
+        </p:nvSpPr>
+        <p:spPr>
           <a:xfrm>
-            <a:off x="1691680" y="404664"/>
-            <a:ext cx="6696744" cy="5726989"/>
+            <a:off x="685800" y="2403775"/>
+            <a:ext cx="7772400" cy="923330"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...9 lines deleted...]
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+          <a:extLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5400" dirty="0">
+                <a:ln w="9000" cmpd="sng">
+                  <a:solidFill>
+                    <a:schemeClr val="accent4">
+                      <a:shade val="50000"/>
+                      <a:satMod val="120000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
                 <a:solidFill>
-                  <a:schemeClr val="accent1"/>
+                  <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-              </a14:hiddenFill>
-[...2 lines deleted...]
-              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:effectLst>
+                  <a:reflection blurRad="12700" stA="28000" endPos="45000" dist="1000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
+                </a:effectLst>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Новый формат ЕНТ</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Подзаголовок 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1475656" y="3789040"/>
+            <a:ext cx="6400800" cy="769441"/>
+          </a:xfrm>
+          <a:extLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4400" dirty="0">
+                <a:ln w="9000" cmpd="sng">
+                  <a:solidFill>
+                    <a:schemeClr val="accent4">
+                      <a:shade val="50000"/>
+                      <a:satMod val="120000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
                 <a:solidFill>
-                  <a:schemeClr val="tx1"/>
+                  <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:miter lim="800000"/>
-[...5 lines deleted...]
-              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
-                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
-[...1 lines deleted...]
-                  </a:outerShdw>
+                  <a:reflection blurRad="12700" stA="28000" endPos="45000" dist="1000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
                 </a:effectLst>
-              </a14:hiddenEffects>
-[...3 lines deleted...]
-      </p:pic>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>для выпускников </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4400" dirty="0" err="1">
+                <a:ln w="9000" cmpd="sng">
+                  <a:solidFill>
+                    <a:schemeClr val="accent4">
+                      <a:shade val="50000"/>
+                      <a:satMod val="120000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:reflection blurRad="12700" stA="28000" endPos="45000" dist="1000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
+                </a:effectLst>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ТиПО</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="4400" dirty="0">
+              <a:ln w="9000" cmpd="sng">
+                <a:solidFill>
+                  <a:schemeClr val="accent4">
+                    <a:shade val="50000"/>
+                    <a:satMod val="120000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst>
+                <a:reflection blurRad="12700" stA="28000" endPos="45000" dist="1000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
+              </a:effectLst>
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2869773589"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2034052952"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...4 lines deleted...]
-          </p:cNvPicPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="27" name="Прямоугольник 26"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="395536" y="188640"/>
+            <a:ext cx="7992887" cy="707886"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:ln w="9000" cmpd="sng">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
+                <a:effectLst>
+                  <a:reflection blurRad="12700" stA="28000" endPos="45000" dist="1000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
+                </a:effectLst>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>КРАТКИЙ ОБЗОР ПО ОБУЧАЮЩИМСЯ </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:ln w="9000" cmpd="sng">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
+                <a:effectLst>
+                  <a:reflection blurRad="12700" stA="28000" endPos="45000" dist="1000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
+                </a:effectLst>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:ln w="9000" cmpd="sng">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
+                <a:effectLst>
+                  <a:reflection blurRad="12700" stA="28000" endPos="45000" dist="1000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
+                </a:effectLst>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>В СИСТЕМЕ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:ln w="9000" cmpd="sng">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
+                <a:effectLst>
+                  <a:reflection blurRad="12700" stA="28000" endPos="45000" dist="1000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
+                </a:effectLst>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ТиПО</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:ln w="9000" cmpd="sng">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
+                <a:effectLst>
+                  <a:reflection blurRad="12700" stA="28000" endPos="45000" dist="1000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
+                </a:effectLst>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> РК, 2015 -2016 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:ln w="9000" cmpd="sng">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
+                <a:effectLst>
+                  <a:reflection blurRad="12700" stA="28000" endPos="45000" dist="1000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
+                </a:effectLst>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>уч.год</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
+              <a:ln w="9000" cmpd="sng">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+              <a:effectLst>
+                <a:reflection blurRad="12700" stA="28000" endPos="45000" dist="1000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
+              </a:effectLst>
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="2" name="Таблица 1"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
           <p:nvPr>
-            <p:ph idx="1"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1871076114"/>
+              </p:ext>
+            </p:extLst>
           </p:nvPr>
-        </p:nvPicPr>
-[...12 lines deleted...]
-        </p:blipFill>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="647538" y="1146478"/>
+          <a:ext cx="7200850" cy="1080000"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr/>
+              <a:tblGrid>
+                <a:gridCol w="4428518"/>
+                <a:gridCol w="2772332"/>
+              </a:tblGrid>
+              <a:tr h="360000">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" kern="1200" cap="none" dirty="0" smtClean="0">
+                          <a:ln w="9000" cmpd="sng">
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst>
+                            <a:reflection blurRad="12700" stA="28000" endPos="45000" dist="1000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
+                          </a:effectLst>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Количество колледжей </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                        <a:ln w="9000" cmpd="sng">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="392504" marR="8177" marT="8178" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="8064A2"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="8064A2"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="8064A2"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="8064A2"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" dirty="0" smtClean="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>820</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="8177" marR="8177" marT="8178" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="8064A2"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="8064A2"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="8064A2"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="8064A2"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="360000">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" kern="1200" cap="none" dirty="0" smtClean="0">
+                          <a:ln w="9000" cmpd="sng">
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst>
+                            <a:reflection blurRad="12700" stA="28000" endPos="45000" dist="1000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
+                          </a:effectLst>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Контингент обучающихся</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800" b="0" kern="1200" cap="none" dirty="0">
+                        <a:ln w="9000" cmpd="sng">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst>
+                          <a:reflection blurRad="12700" stA="28000" endPos="45000" dist="1000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
+                        </a:effectLst>
+                        <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="392504" marR="8177" marT="8178" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="8064A2"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="8064A2"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="8064A2"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="8064A2"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" dirty="0" smtClean="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>499 477</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="8177" marR="8177" marT="8178" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="8064A2"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="8064A2"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="8064A2"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="8064A2"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="360000">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" kern="1200" cap="none" dirty="0" smtClean="0">
+                          <a:ln w="9000" cmpd="sng">
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst>
+                            <a:reflection blurRad="12700" stA="28000" endPos="45000" dist="1000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
+                          </a:effectLst>
+                          <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Количество выпускников</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:ln w="9000" cmpd="sng">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="392504" marR="8177" marT="8178" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="8064A2"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="8064A2"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="8064A2"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="8064A2"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" rtl="0" fontAlgn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" dirty="0" smtClean="0">
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman"/>
+                        </a:rPr>
+                        <a:t>165 746</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="8177" marR="8177" marT="8178" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="8064A2"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="8064A2"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="8064A2"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:srgbClr val="8064A2"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5124" name="TextBox 4"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1547664" y="548680"/>
-            <a:ext cx="6687373" cy="5159301"/>
+            <a:off x="684213" y="2311400"/>
+            <a:ext cx="7200900" cy="246063"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
                 <a:solidFill>
-                  <a:schemeClr val="accent1"/>
+                  <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
-              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
                 <a:solidFill>
-                  <a:schemeClr val="tx1"/>
+                  <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
-            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
-[...7 lines deleted...]
-            </a:ext>
           </a:extLst>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="2800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1000" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Источник: МОН РК, НОБД</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Прямоугольник 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="368126" y="2631519"/>
+            <a:ext cx="8452345" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:ln w="9000" cmpd="sng">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
+                <a:effectLst>
+                  <a:reflection blurRad="12700" stA="28000" endPos="45000" dist="1000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
+                </a:effectLst>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Динамика участия и результатов КТА выпускников </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:ln w="9000" cmpd="sng">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                </a:ln>
+                <a:effectLst>
+                  <a:reflection blurRad="12700" stA="28000" endPos="45000" dist="1000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
+                </a:effectLst>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ТиПО</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
+              <a:ln w="9000" cmpd="sng">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+              <a:effectLst>
+                <a:reflection blurRad="12700" stA="28000" endPos="45000" dist="1000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
+              </a:effectLst>
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="8" name="Диаграмма 7"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="512972688"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="107504" y="3031629"/>
+          <a:ext cx="8928992" cy="3689846"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4234490736"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2772436884"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/theme/_rels/theme1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Солнцестояние">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Солнцестояние">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="4F271C"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7DEC9"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="3891A7"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="FEB80A"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="C32D2E"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="84AA33"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="964305"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="475A8D"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="8DC765"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="AA8A14"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Солнцестояние">
+    <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Gill Sans MT"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Grek" typeface="Corbel"/>
-[...5 lines deleted...]
-        <a:font script="Arab" typeface="Majalla UI"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
-        <a:font script="Viet" typeface="Tahoma"/>
-[...36 lines deleted...]
-        <a:font script="Viet" typeface="Tahoma"/>
+        <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Солнцестояние">
+    <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="35000"/>
-                <a:satMod val="253000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:tint val="42000"/>
-[...6 lines deleted...]
-                <a:satMod val="260000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="56000"/>
-                <a:satMod val="275000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...1 lines deleted...]
-          </a:path>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="92000"/>
-                <a:satMod val="170000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="15000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:tint val="92000"/>
-[...15 lines deleted...]
-                <a:satMod val="170000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="62000"/>
-                <a:satMod val="170000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...1 lines deleted...]
-          </a:path>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr"/>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="63500" dist="25400" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="43137"/>
+                <a:alpha val="38000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="63500" dist="25400" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="43137"/>
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
           <a:scene3d>
-            <a:camera prst="orthographicFront" fov="0">
+            <a:camera prst="orthographicFront">
               <a:rot lat="0" lon="0" rev="0"/>
             </a:camera>
-            <a:lightRig rig="brightRoom" dir="tl">
-              <a:rot lat="0" lon="0" rev="8700000"/>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
             </a:lightRig>
           </a:scene3d>
-          <a:sp3d contourW="12700">
-[...28 lines deleted...]
-            </a:contourClr>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
           </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="60000"/>
-                <a:satMod val="355000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="85000"/>
-                <a:satMod val="320000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="55000"/>
-                <a:satMod val="300000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
-            <a:fillToRect l="-24500" t="-20000" r="124500" b="120000"/>
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
           </a:path>
         </a:gradFill>
-        <a:blipFill>
-[...1 lines deleted...]
-            <a:duotone>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="9000"/>
+                <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="90000"/>
-                <a:satMod val="225000"/>
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
               </a:schemeClr>
-            </a:duotone>
-[...2 lines deleted...]
-        </a:blipFill>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -13123,103 +31462,373 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=ppt/theme/themeOverride1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:themeOverride xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <a:clrScheme name="Стандартная">
+    <a:dk1>
+      <a:sysClr val="windowText" lastClr="000000"/>
+    </a:dk1>
+    <a:lt1>
+      <a:sysClr val="window" lastClr="FFFFFF"/>
+    </a:lt1>
+    <a:dk2>
+      <a:srgbClr val="1F497D"/>
+    </a:dk2>
+    <a:lt2>
+      <a:srgbClr val="EEECE1"/>
+    </a:lt2>
+    <a:accent1>
+      <a:srgbClr val="4F81BD"/>
+    </a:accent1>
+    <a:accent2>
+      <a:srgbClr val="C0504D"/>
+    </a:accent2>
+    <a:accent3>
+      <a:srgbClr val="9BBB59"/>
+    </a:accent3>
+    <a:accent4>
+      <a:srgbClr val="8064A2"/>
+    </a:accent4>
+    <a:accent5>
+      <a:srgbClr val="4BACC6"/>
+    </a:accent5>
+    <a:accent6>
+      <a:srgbClr val="F79646"/>
+    </a:accent6>
+    <a:hlink>
+      <a:srgbClr val="0000FF"/>
+    </a:hlink>
+    <a:folHlink>
+      <a:srgbClr val="800080"/>
+    </a:folHlink>
+  </a:clrScheme>
+  <a:fontScheme name="Стандартная">
+    <a:majorFont>
+      <a:latin typeface="Calibri"/>
+      <a:ea typeface=""/>
+      <a:cs typeface=""/>
+      <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+      <a:font script="Hang" typeface="맑은 고딕"/>
+      <a:font script="Hans" typeface="宋体"/>
+      <a:font script="Hant" typeface="新細明體"/>
+      <a:font script="Arab" typeface="Times New Roman"/>
+      <a:font script="Hebr" typeface="Times New Roman"/>
+      <a:font script="Thai" typeface="Angsana New"/>
+      <a:font script="Ethi" typeface="Nyala"/>
+      <a:font script="Beng" typeface="Vrinda"/>
+      <a:font script="Gujr" typeface="Shruti"/>
+      <a:font script="Khmr" typeface="MoolBoran"/>
+      <a:font script="Knda" typeface="Tunga"/>
+      <a:font script="Guru" typeface="Raavi"/>
+      <a:font script="Cans" typeface="Euphemia"/>
+      <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+      <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+      <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+      <a:font script="Thaa" typeface="MV Boli"/>
+      <a:font script="Deva" typeface="Mangal"/>
+      <a:font script="Telu" typeface="Gautami"/>
+      <a:font script="Taml" typeface="Latha"/>
+      <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+      <a:font script="Orya" typeface="Kalinga"/>
+      <a:font script="Mlym" typeface="Kartika"/>
+      <a:font script="Laoo" typeface="DokChampa"/>
+      <a:font script="Sinh" typeface="Iskoola Pota"/>
+      <a:font script="Mong" typeface="Mongolian Baiti"/>
+      <a:font script="Viet" typeface="Times New Roman"/>
+      <a:font script="Uigh" typeface="Microsoft Uighur"/>
+    </a:majorFont>
+    <a:minorFont>
+      <a:latin typeface="Calibri"/>
+      <a:ea typeface=""/>
+      <a:cs typeface=""/>
+      <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+      <a:font script="Hang" typeface="맑은 고딕"/>
+      <a:font script="Hans" typeface="宋体"/>
+      <a:font script="Hant" typeface="新細明體"/>
+      <a:font script="Arab" typeface="Arial"/>
+      <a:font script="Hebr" typeface="Arial"/>
+      <a:font script="Thai" typeface="Cordia New"/>
+      <a:font script="Ethi" typeface="Nyala"/>
+      <a:font script="Beng" typeface="Vrinda"/>
+      <a:font script="Gujr" typeface="Shruti"/>
+      <a:font script="Khmr" typeface="DaunPenh"/>
+      <a:font script="Knda" typeface="Tunga"/>
+      <a:font script="Guru" typeface="Raavi"/>
+      <a:font script="Cans" typeface="Euphemia"/>
+      <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+      <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+      <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+      <a:font script="Thaa" typeface="MV Boli"/>
+      <a:font script="Deva" typeface="Mangal"/>
+      <a:font script="Telu" typeface="Gautami"/>
+      <a:font script="Taml" typeface="Latha"/>
+      <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+      <a:font script="Orya" typeface="Kalinga"/>
+      <a:font script="Mlym" typeface="Kartika"/>
+      <a:font script="Laoo" typeface="DokChampa"/>
+      <a:font script="Sinh" typeface="Iskoola Pota"/>
+      <a:font script="Mong" typeface="Mongolian Baiti"/>
+      <a:font script="Viet" typeface="Arial"/>
+      <a:font script="Uigh" typeface="Microsoft Uighur"/>
+    </a:minorFont>
+  </a:fontScheme>
+  <a:fmtScheme name="Стандартная">
+    <a:fillStyleLst>
+      <a:solidFill>
+        <a:schemeClr val="phClr"/>
+      </a:solidFill>
+      <a:gradFill rotWithShape="1">
+        <a:gsLst>
+          <a:gs pos="0">
+            <a:schemeClr val="phClr">
+              <a:tint val="50000"/>
+              <a:satMod val="300000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="35000">
+            <a:schemeClr val="phClr">
+              <a:tint val="37000"/>
+              <a:satMod val="300000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="100000">
+            <a:schemeClr val="phClr">
+              <a:tint val="15000"/>
+              <a:satMod val="350000"/>
+            </a:schemeClr>
+          </a:gs>
+        </a:gsLst>
+        <a:lin ang="16200000" scaled="1"/>
+      </a:gradFill>
+      <a:gradFill rotWithShape="1">
+        <a:gsLst>
+          <a:gs pos="0">
+            <a:schemeClr val="phClr">
+              <a:shade val="51000"/>
+              <a:satMod val="130000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="80000">
+            <a:schemeClr val="phClr">
+              <a:shade val="93000"/>
+              <a:satMod val="130000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="100000">
+            <a:schemeClr val="phClr">
+              <a:shade val="94000"/>
+              <a:satMod val="135000"/>
+            </a:schemeClr>
+          </a:gs>
+        </a:gsLst>
+        <a:lin ang="16200000" scaled="0"/>
+      </a:gradFill>
+    </a:fillStyleLst>
+    <a:lnStyleLst>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:shade val="95000"/>
+            <a:satMod val="105000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:prstDash val="solid"/>
+      </a:ln>
+      <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="solid"/>
+      </a:ln>
+      <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="solid"/>
+      </a:ln>
+    </a:lnStyleLst>
+    <a:effectStyleLst>
+      <a:effectStyle>
+        <a:effectLst>
+          <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:srgbClr val="000000">
+              <a:alpha val="38000"/>
+            </a:srgbClr>
+          </a:outerShdw>
+        </a:effectLst>
+      </a:effectStyle>
+      <a:effectStyle>
+        <a:effectLst>
+          <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+            <a:srgbClr val="000000">
+              <a:alpha val="35000"/>
+            </a:srgbClr>
+          </a:outerShdw>
+        </a:effectLst>
+      </a:effectStyle>
+      <a:effectStyle>
+        <a:effectLst>
+          <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+            <a:srgbClr val="000000">
+              <a:alpha val="35000"/>
+            </a:srgbClr>
+          </a:outerShdw>
+        </a:effectLst>
+        <a:scene3d>
+          <a:camera prst="orthographicFront">
+            <a:rot lat="0" lon="0" rev="0"/>
+          </a:camera>
+          <a:lightRig rig="threePt" dir="t">
+            <a:rot lat="0" lon="0" rev="1200000"/>
+          </a:lightRig>
+        </a:scene3d>
+        <a:sp3d>
+          <a:bevelT w="63500" h="25400"/>
+        </a:sp3d>
+      </a:effectStyle>
+    </a:effectStyleLst>
+    <a:bgFillStyleLst>
+      <a:solidFill>
+        <a:schemeClr val="phClr"/>
+      </a:solidFill>
+      <a:gradFill rotWithShape="1">
+        <a:gsLst>
+          <a:gs pos="0">
+            <a:schemeClr val="phClr">
+              <a:tint val="40000"/>
+              <a:satMod val="350000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="40000">
+            <a:schemeClr val="phClr">
+              <a:tint val="45000"/>
+              <a:shade val="99000"/>
+              <a:satMod val="350000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="100000">
+            <a:schemeClr val="phClr">
+              <a:shade val="20000"/>
+              <a:satMod val="255000"/>
+            </a:schemeClr>
+          </a:gs>
+        </a:gsLst>
+        <a:path path="circle">
+          <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+        </a:path>
+      </a:gradFill>
+      <a:gradFill rotWithShape="1">
+        <a:gsLst>
+          <a:gs pos="0">
+            <a:schemeClr val="phClr">
+              <a:tint val="80000"/>
+              <a:satMod val="300000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="100000">
+            <a:schemeClr val="phClr">
+              <a:shade val="30000"/>
+              <a:satMod val="200000"/>
+            </a:schemeClr>
+          </a:gs>
+        </a:gsLst>
+        <a:path path="circle">
+          <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+        </a:path>
+      </a:gradFill>
+    </a:bgFillStyleLst>
+  </a:fmtScheme>
+</a:themeOverride>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Solstice</Template>
+  <Template/>
   <TotalTime></TotalTime>
-  <Words>997</Words>
+  <Words>1387</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Экран (4:3)</PresentationFormat>
-  <Paragraphs>192</Paragraphs>
-[...1 lines deleted...]
-  <Notes>1</Notes>
+  <Paragraphs>315</Paragraphs>
+  <Slides>17</Slides>
+  <Notes>4</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>26</vt:i4>
+        <vt:i4>17</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="27" baseType="lpstr">
-[...26 lines deleted...]
-      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+    <vt:vector size="18" baseType="lpstr">
+      <vt:lpstr>Тема Office</vt:lpstr>
+      <vt:lpstr>НОВЫЙ ФОРМАТ  ЕНТ-2017</vt:lpstr>
+      <vt:lpstr>ФОРМА И СОДЕРЖАНИЕ ТЕСТОВЫХ ЗАДАНИЙ (20 заданий на математическую грамотность+20 заданий на грамотность чтения+40 заданий по первому предмету+40 заданий по второму предмету = 120 заданий)</vt:lpstr>
+      <vt:lpstr>ВРЕМЯ ТЕСТИРОВАНИЯ И КРИТЕРИИ ОЦЕНИВАНИЯ</vt:lpstr>
+      <vt:lpstr>Слайд 4</vt:lpstr>
+      <vt:lpstr>Слайд 5</vt:lpstr>
+      <vt:lpstr>Слайд 6</vt:lpstr>
+      <vt:lpstr>ОРГАНИЗАЦИЯ И ПРОВЕДЕНИЕ ЕНТ-2017 </vt:lpstr>
+      <vt:lpstr>Новый формат ЕНТ</vt:lpstr>
+      <vt:lpstr>Слайд 9</vt:lpstr>
+      <vt:lpstr>Слайд 10</vt:lpstr>
+      <vt:lpstr>Таблица соответствия специальностей </vt:lpstr>
+      <vt:lpstr>Слайд 12</vt:lpstr>
+      <vt:lpstr>Слайд 13</vt:lpstr>
+      <vt:lpstr>Структура теста для выпускников ТиПО</vt:lpstr>
+      <vt:lpstr>Оценивание </vt:lpstr>
+      <vt:lpstr>Шкала перевода баллов  на традиционную систему оценивания</vt:lpstr>
+      <vt:lpstr>Слайд 17</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>ҰБТ – 2017 жаңа формат</dc:title>
-  <dc:creator>Ботагоз Алина</dc:creator>
+  <dc:title>НОВЫЙ ФОРМАТ  ЕНТ-2017</dc:title>
+  <dc:creator>Назыгул Байгелова</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>