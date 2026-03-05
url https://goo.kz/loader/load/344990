--- v0 (2025-12-14)
+++ v1 (2026-03-05)
@@ -1,1111 +1,736 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00945D65" w:rsidRDefault="00945D65" w:rsidP="006025CC">
+    <w:p w:rsidR="006025CC" w:rsidRDefault="006025CC" w:rsidP="006025CC">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="006025CC" w:rsidRDefault="00A738D3" w:rsidP="006025CC">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006025CC" w:rsidRPr="006025CC" w:rsidRDefault="000A47CE" w:rsidP="006025CC">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006025CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>ӘПҮ Жауынгер</w:t>
+        </w:rPr>
+        <w:t>Расписание</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A738D3" w:rsidRDefault="00A738D3" w:rsidP="006025CC">
+    <w:p w:rsidR="006271F2" w:rsidRPr="006025CC" w:rsidRDefault="000A47CE" w:rsidP="006025CC">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006025CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>сабақтырының кестесі</w:t>
+        </w:rPr>
+        <w:t>занятий ВПК «Жауынгер»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A738D3" w:rsidRDefault="00A738D3" w:rsidP="006025CC">
-[...5 lines deleted...]
-          <w:b/>
+    <w:p w:rsidR="000A47CE" w:rsidRDefault="000A47CE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="8614" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2660"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A738D3" w:rsidTr="00973657">
+      <w:tr w:rsidR="0012708B" w:rsidTr="0012708B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2660" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A738D3" w:rsidRPr="00A738D3" w:rsidRDefault="00A738D3" w:rsidP="00973657">
+          <w:p w:rsidR="0012708B" w:rsidRDefault="0012708B" w:rsidP="006025CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Апта күні</w:t>
+              </w:rPr>
+              <w:t>День недели</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A738D3" w:rsidRPr="00A738D3" w:rsidRDefault="00A738D3" w:rsidP="00973657">
+          <w:p w:rsidR="0012708B" w:rsidRDefault="0012708B" w:rsidP="006025CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>сейсенбі</w:t>
+              </w:rPr>
+              <w:t>вторник</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A738D3" w:rsidRPr="00A738D3" w:rsidRDefault="00A738D3" w:rsidP="00973657">
+          <w:p w:rsidR="0012708B" w:rsidRPr="0012708B" w:rsidRDefault="0012708B" w:rsidP="006025CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>сенбі</w:t>
+              </w:rPr>
+              <w:t>суббота</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A738D3" w:rsidRPr="006025CC" w:rsidTr="00973657">
+      <w:tr w:rsidR="0012708B" w:rsidRPr="006025CC" w:rsidTr="0012708B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2660" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A738D3" w:rsidRPr="006025CC" w:rsidRDefault="00A738D3" w:rsidP="00973657">
-[...16 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="0012708B" w:rsidRPr="006025CC" w:rsidRDefault="0012708B" w:rsidP="006025CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0012708B" w:rsidRPr="006025CC" w:rsidRDefault="0012708B" w:rsidP="006025CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006025CC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidRPr="006025CC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-              <w:t>бөлімі</w:t>
+              <w:t xml:space="preserve"> отделение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A738D3" w:rsidRDefault="00A738D3" w:rsidP="00973657">
-[...9 lines deleted...]
-          <w:p w:rsidR="00A738D3" w:rsidRPr="006025CC" w:rsidRDefault="00A738D3" w:rsidP="00973657">
+          <w:p w:rsidR="0012708B" w:rsidRDefault="0012708B" w:rsidP="008F55A2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0012708B" w:rsidRPr="006025CC" w:rsidRDefault="0012708B" w:rsidP="008F55A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006025CC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>13:1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="006025CC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>-13:55</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A738D3" w:rsidRPr="006025CC" w:rsidRDefault="00A738D3" w:rsidP="00A738D3">
+          <w:p w:rsidR="0012708B" w:rsidRPr="006025CC" w:rsidRDefault="0012708B" w:rsidP="008F55A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006025CC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...16 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(2 неделя месяца)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A738D3" w:rsidRDefault="00A738D3" w:rsidP="00973657">
-[...9 lines deleted...]
-          <w:p w:rsidR="00A738D3" w:rsidRPr="006025CC" w:rsidRDefault="00A738D3" w:rsidP="00973657">
+          <w:p w:rsidR="0012708B" w:rsidRDefault="0012708B" w:rsidP="0012708B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0012708B" w:rsidRPr="006025CC" w:rsidRDefault="0012708B" w:rsidP="0012708B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>11:00-12:20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A738D3" w:rsidRPr="006025CC" w:rsidTr="00973657">
+      <w:tr w:rsidR="0012708B" w:rsidRPr="006025CC" w:rsidTr="0012708B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2660" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A738D3" w:rsidRPr="006025CC" w:rsidRDefault="00A738D3" w:rsidP="00973657">
-[...16 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="0012708B" w:rsidRPr="006025CC" w:rsidRDefault="0012708B" w:rsidP="006025CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0012708B" w:rsidRPr="006025CC" w:rsidRDefault="0012708B" w:rsidP="006025CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006025CC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">I </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>I I</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="006025CC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
-                <w:lang w:val="en-US"/>
-[...19 lines deleted...]
-              <w:t>бөлімі</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> отделение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A738D3" w:rsidRPr="006025CC" w:rsidRDefault="00A738D3" w:rsidP="00973657">
-[...9 lines deleted...]
-          <w:p w:rsidR="00A738D3" w:rsidRPr="006025CC" w:rsidRDefault="00A738D3" w:rsidP="00973657">
+          <w:p w:rsidR="0012708B" w:rsidRPr="006025CC" w:rsidRDefault="0012708B" w:rsidP="008F55A2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0012708B" w:rsidRPr="006025CC" w:rsidRDefault="0012708B" w:rsidP="008F55A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006025CC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>13:1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="006025CC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>-13:55</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A738D3" w:rsidRPr="006025CC" w:rsidRDefault="00A738D3" w:rsidP="00A738D3">
+          <w:p w:rsidR="0012708B" w:rsidRPr="006025CC" w:rsidRDefault="0012708B" w:rsidP="008F55A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006025CC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...16 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(4 неделя месяца)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A738D3" w:rsidRDefault="00A738D3" w:rsidP="00973657">
-[...9 lines deleted...]
-          <w:p w:rsidR="00A738D3" w:rsidRPr="006025CC" w:rsidRDefault="00A738D3" w:rsidP="00973657">
+          <w:p w:rsidR="0012708B" w:rsidRDefault="0012708B" w:rsidP="0012708B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0012708B" w:rsidRPr="006025CC" w:rsidRDefault="0012708B" w:rsidP="0012708B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>12:20-13:40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A738D3" w:rsidRDefault="00A738D3" w:rsidP="006025CC">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="006025CC" w:rsidRPr="006025CC" w:rsidRDefault="006025CC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006025CC" w:rsidRPr="006025CC" w:rsidRDefault="006025CC">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:jc w:val="center"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006025CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00A738D3" w:rsidRPr="006025CC" w:rsidRDefault="00A738D3" w:rsidP="00A738D3">
+        </w:rPr>
+        <w:t>В неделю 4,5 часа:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006025CC" w:rsidRPr="006025CC" w:rsidRDefault="006025CC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006025CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>1 неделя – 4 часа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006025CC" w:rsidRPr="006025CC" w:rsidRDefault="006025CC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006025CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>2 неделя – 5 часов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006025CC" w:rsidRPr="006025CC" w:rsidRDefault="006025CC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006025CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>3 неделя – 4 часа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006025CC" w:rsidRDefault="006025CC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006025CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>4 неделя – 5 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006025CC" w:rsidRDefault="006025CC" w:rsidP="006025CC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="006025CC" w:rsidRDefault="006025CC" w:rsidP="006025CC">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006025CC">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4,5 </w:t>
+        <w:t>Место проведения:</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="006025CC" w:rsidRDefault="006025CC" w:rsidP="006025CC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t>сағат</w:t>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Теоретические занятия – кабинет НВП;</w:t>
       </w:r>
-      <w:r w:rsidRPr="006025CC">
-[...6 lines deleted...]
-        <w:t>:</w:t>
+    </w:p>
+    <w:p w:rsidR="006025CC" w:rsidRPr="006025CC" w:rsidRDefault="006025CC" w:rsidP="006025CC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Практические занятия – плац, тир, военный городок.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A738D3" w:rsidRPr="006025CC" w:rsidRDefault="00A738D3" w:rsidP="00A738D3">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">1 </w:t>
+    <w:p w:rsidR="006025CC" w:rsidRPr="00A817FE" w:rsidRDefault="006025CC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A817FE" w:rsidRPr="00A817FE" w:rsidRDefault="00A817FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A817FE" w:rsidRPr="00A817FE" w:rsidRDefault="00A817FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Омаров Д.Б.</w:t>
       </w:r>
-      <w:r>
-[...385 lines deleted...]
-    <w:sectPr w:rsidR="009F38AB" w:rsidRPr="009F38AB" w:rsidSect="006025CC">
+    </w:p>
+    <w:sectPr w:rsidR="00A817FE" w:rsidRPr="00A817FE" w:rsidSect="006025CC">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00707901"/>
     <w:rsid w:val="000A47CE"/>
-    <w:rsid w:val="000A57EB"/>
     <w:rsid w:val="0012708B"/>
     <w:rsid w:val="006025CC"/>
     <w:rsid w:val="00624A40"/>
     <w:rsid w:val="006271F2"/>
     <w:rsid w:val="00707901"/>
-    <w:rsid w:val="00945D65"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A738D3"/>
+    <w:rsid w:val="00A817FE"/>
     <w:rsid w:val="00C9762A"/>
+    <w:rsid w:val="00CB1382"/>
     <w:rsid w:val="00F456DF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -1843,54 +1468,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>56</Words>
-  <Characters>320</Characters>
+  <Words>60</Words>
+  <Characters>342</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>375</CharactersWithSpaces>
+  <CharactersWithSpaces>401</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>