--- v0 (2026-03-06)
+++ v1 (2026-03-06)
@@ -8,138 +8,134 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p w:rsidR="006E2EAC" w:rsidRDefault="006E2EAC">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E159EB" w:rsidRDefault="000B3EF8" w:rsidP="006E2EAC">
+    <w:p w:rsidR="00E159EB" w:rsidRPr="006E2EAC" w:rsidRDefault="00A6550D" w:rsidP="006E2EAC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОСНОВНОЙ </w:t>
+      </w:r>
+      <w:r w:rsidR="00E159EB" w:rsidRPr="006E2EAC">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПЛАН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E159EB" w:rsidRPr="006E2EAC" w:rsidRDefault="00E159EB" w:rsidP="006E2EAC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E2EAC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>военно-патриотического кружка</w:t>
       </w:r>
-      <w:r w:rsidR="00E159EB" w:rsidRPr="006E2EAC">
+    </w:p>
+    <w:p w:rsidR="00E159EB" w:rsidRPr="006E2EAC" w:rsidRDefault="00E159EB" w:rsidP="006E2EAC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E2EAC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
       <w:r w:rsidR="002704A4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Жауынгер</w:t>
       </w:r>
-      <w:r w:rsidR="00E159EB" w:rsidRPr="006E2EAC">
+      <w:r w:rsidRPr="006E2EAC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r>
-[...27 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="00E159EB" w:rsidRDefault="00E159EB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8932" w:type="dxa"/>
         <w:tblInd w:w="-176" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1702"/>
         <w:gridCol w:w="7230"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidTr="00A6550D">
         <w:trPr>
           <w:trHeight w:val="322"/>
@@ -151,68 +147,66 @@
           </w:tcPr>
           <w:p w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidRDefault="00A6550D" w:rsidP="00470FB2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A6550D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00A6550D" w:rsidRPr="00672356" w:rsidRDefault="00672356" w:rsidP="00A6550D">
+          <w:p w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidRDefault="00A6550D" w:rsidP="00A6550D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6550D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Тақырып</w:t>
+              </w:rPr>
+              <w:t>Тема</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidTr="00A6550D">
         <w:trPr>
           <w:trHeight w:val="322"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidRDefault="00A6550D" w:rsidP="00470FB2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -234,614 +228,563 @@
       </w:tr>
       <w:tr w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidTr="00A6550D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidRDefault="00A6550D" w:rsidP="00A6550D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="405"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7230" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A6550D" w:rsidRPr="000B3EF8" w:rsidRDefault="000B3EF8" w:rsidP="00A6550D">
+          <w:p w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidRDefault="00A6550D" w:rsidP="00A6550D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:t>Қазақстан Республикасының Қарулы Куштерінің Жарғысы</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6550D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Уставы Вооружённых Сил Республики Казахстан. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidTr="00A6550D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidRDefault="00A6550D" w:rsidP="00A6550D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="405"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7230" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A6550D" w:rsidRPr="000B3EF8" w:rsidRDefault="000B3EF8" w:rsidP="00A6550D">
+          <w:p w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidRDefault="00A6550D" w:rsidP="00A6550D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:t>Саптық дайындығы</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6550D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Строевая подготовка. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidTr="00A6550D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidRDefault="00A6550D" w:rsidP="00A6550D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="405"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7230" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidRDefault="000B3EF8" w:rsidP="00A6550D">
+          <w:p w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidRDefault="00A6550D" w:rsidP="00A6550D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00A6550D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Огневая подготовка. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidTr="00A6550D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidRDefault="00A6550D" w:rsidP="00A6550D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="405"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7230" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A6550D" w:rsidRPr="000B3EF8" w:rsidRDefault="000B3EF8" w:rsidP="000B3EF8">
+          <w:p w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidRDefault="00A6550D" w:rsidP="00470FB2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:t>Пневматикалық винтовкадаң атысты орындау ережесі. АК бұзу және құру</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6550D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Правила выполнения стрельбы из пневматической винтовки. Разборка и сборка АК.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidTr="00A6550D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidRDefault="00A6550D" w:rsidP="00A6550D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="405"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7230" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A6550D" w:rsidRPr="000B3EF8" w:rsidRDefault="000B3EF8" w:rsidP="00470FB2">
+          <w:p w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidRDefault="00A6550D" w:rsidP="00470FB2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:t>Сарбаздың қорғаныс және шабуылдау кезіндегі жауынгерлік ісі</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6550D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Боевые действия солдата в обороне и наступлении.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidTr="00A6550D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidRDefault="00A6550D" w:rsidP="00A6550D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="405"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7230" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A6550D" w:rsidRPr="008E5B85" w:rsidRDefault="008E5B85" w:rsidP="00A6550D">
+          <w:p w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidRDefault="00A6550D" w:rsidP="00A6550D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:t>Әскери-спорттық жарыстар</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6550D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Военно-спортивные соревнования </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidTr="00A6550D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidRDefault="00A6550D" w:rsidP="00A6550D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="405"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7230" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidRDefault="008E5B85" w:rsidP="008E5B85">
+          <w:p w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidRDefault="00A6550D" w:rsidP="00470FB2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A6550D">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>6679</w:t>
+              <w:t xml:space="preserve">Экскурсия в </w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> ә/б э</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A6550D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-              <w:t>.</w:t>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A6550D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>/ч 6679.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidTr="00A6550D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidRDefault="00A6550D" w:rsidP="00A6550D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="405"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7230" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A6550D" w:rsidRPr="008E5B85" w:rsidRDefault="008E5B85" w:rsidP="008E5B85">
+          <w:p w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidRDefault="00A6550D" w:rsidP="00470FB2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...23 lines deleted...]
-              <w:t>Картамен және картасыз төнірікте бейімделу</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6550D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Военная топография. Ориентирование на местности по карте и без неё.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidTr="00A6550D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidRDefault="00A6550D" w:rsidP="00A6550D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="405"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7230" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A6550D" w:rsidRPr="008E5B85" w:rsidRDefault="008E5B85" w:rsidP="00470FB2">
+          <w:p w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidRDefault="00A6550D" w:rsidP="00470FB2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:t>Күрестің жауынгерлік тәсілдері</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6550D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Боевые приёмы борьбы. Самооборона без оружия.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidTr="00A6550D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidRDefault="00A6550D" w:rsidP="00A6550D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="405"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7230" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidRDefault="008E5B85" w:rsidP="00672356">
+          <w:p w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidRDefault="00A6550D" w:rsidP="00470FB2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-              <w:t>«Зарница».</w:t>
+            <w:r w:rsidRPr="00A6550D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Полевой выход. Марш-бросок. Игра «Зарница».</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidTr="00A6550D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidRDefault="00A6550D" w:rsidP="00A6550D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="405"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7230" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A6550D" w:rsidRPr="00672356" w:rsidRDefault="00672356" w:rsidP="00470FB2">
+          <w:p w:rsidR="00A6550D" w:rsidRPr="00A6550D" w:rsidRDefault="00A6550D" w:rsidP="00470FB2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:t>Женіс күні және Отан қорғаушылар күніне арналған іс-шараларға қатысу</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A6550D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Участие в мероприятиях посвящённых Дню Победы и Дня Защитника Отечества.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00980D65" w:rsidRDefault="00980D65" w:rsidP="009E09E5">
+    <w:p w:rsidR="00980D65" w:rsidRPr="00886AEE" w:rsidRDefault="00980D65" w:rsidP="009E09E5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E7313A" w:rsidRDefault="00E7313A" w:rsidP="009E09E5">
+    <w:p w:rsidR="00886AEE" w:rsidRDefault="00886AEE" w:rsidP="009E09E5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E7313A" w:rsidRDefault="00E7313A" w:rsidP="009E09E5">
+    <w:p w:rsidR="00886AEE" w:rsidRDefault="00886AEE" w:rsidP="009E09E5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E7313A" w:rsidRDefault="00E7313A" w:rsidP="009E09E5">
+    <w:p w:rsidR="00886AEE" w:rsidRDefault="00886AEE" w:rsidP="009E09E5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E7313A" w:rsidRPr="00E7313A" w:rsidRDefault="00E7313A" w:rsidP="009E09E5">
+    <w:p w:rsidR="00886AEE" w:rsidRDefault="00886AEE" w:rsidP="009E09E5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00886AEE" w:rsidRPr="00886AEE" w:rsidRDefault="00886AEE" w:rsidP="009E09E5">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Д.Б. Омаров</w:t>
+        <w:t>Омаров Д.Б.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00E7313A" w:rsidRPr="00E7313A" w:rsidSect="00FE0D1B">
+    <w:sectPr w:rsidR="00886AEE" w:rsidRPr="00886AEE" w:rsidSect="00F510A6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1266,99 +1209,95 @@
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E159EB"/>
     <w:rsid w:val="00032CF2"/>
     <w:rsid w:val="00044A8D"/>
     <w:rsid w:val="000B26F0"/>
-    <w:rsid w:val="000B3EF8"/>
     <w:rsid w:val="000D1234"/>
     <w:rsid w:val="00180F55"/>
     <w:rsid w:val="00212C1E"/>
     <w:rsid w:val="00234ACA"/>
     <w:rsid w:val="00234F09"/>
     <w:rsid w:val="002704A4"/>
     <w:rsid w:val="002B499D"/>
     <w:rsid w:val="00352F5F"/>
     <w:rsid w:val="0037358E"/>
     <w:rsid w:val="00390198"/>
     <w:rsid w:val="003B5CA0"/>
     <w:rsid w:val="003B5EF5"/>
     <w:rsid w:val="003B73B3"/>
     <w:rsid w:val="003B7709"/>
     <w:rsid w:val="003D00EE"/>
     <w:rsid w:val="00435AAF"/>
     <w:rsid w:val="00470FB2"/>
     <w:rsid w:val="00485D19"/>
     <w:rsid w:val="004B2EC4"/>
     <w:rsid w:val="00616CD2"/>
-    <w:rsid w:val="00672356"/>
     <w:rsid w:val="00674C49"/>
-    <w:rsid w:val="006E2487"/>
     <w:rsid w:val="006E2EAC"/>
     <w:rsid w:val="0070408A"/>
     <w:rsid w:val="00763971"/>
     <w:rsid w:val="00820212"/>
     <w:rsid w:val="008501FB"/>
     <w:rsid w:val="00856276"/>
     <w:rsid w:val="00881E9C"/>
-    <w:rsid w:val="008E5B85"/>
+    <w:rsid w:val="00886AEE"/>
     <w:rsid w:val="00980D65"/>
     <w:rsid w:val="009E09E5"/>
     <w:rsid w:val="00A0638A"/>
     <w:rsid w:val="00A6550D"/>
     <w:rsid w:val="00AF2966"/>
     <w:rsid w:val="00BB4B09"/>
     <w:rsid w:val="00C336C6"/>
     <w:rsid w:val="00CA4072"/>
     <w:rsid w:val="00CD1551"/>
     <w:rsid w:val="00CE5C4F"/>
     <w:rsid w:val="00E1088F"/>
     <w:rsid w:val="00E159EB"/>
     <w:rsid w:val="00E21A1D"/>
-    <w:rsid w:val="00E7313A"/>
     <w:rsid w:val="00ED77AA"/>
     <w:rsid w:val="00F4072F"/>
-    <w:rsid w:val="00FE0D1B"/>
+    <w:rsid w:val="00F510A6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:uiCompat97To2003/>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -1486,51 +1425,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE0D1B"/>
+    <w:rsid w:val="00F510A6"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
@@ -1843,69 +1782,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>84</Words>
-  <Characters>485</Characters>
+  <Words>90</Words>
+  <Characters>518</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>«УТВЕРЖДАЮ»</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>568</CharactersWithSpaces>
+  <CharactersWithSpaces>607</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>«УТВЕРЖДАЮ»</dc:title>
   <dc:subject/>
   <dc:creator>Дулат</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>