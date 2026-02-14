--- v0 (2025-12-05)
+++ v1 (2026-02-14)
@@ -1,4788 +1,16177 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="00662BE8">
-      <w:pPr>
+    <w:p w:rsidR="00811C01" w:rsidRPr="009A6DC5" w:rsidRDefault="009A6DC5" w:rsidP="009A6DC5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF5CD7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00155A2B">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00811C01" w:rsidRPr="00DF5CD7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>7</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DF5CD7">
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00811C01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>-201</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00155A2B">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00811C01" w:rsidRPr="00DF5CD7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>8</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DF5CD7">
+        <w:t>-201</w:t>
+      </w:r>
+      <w:r w:rsidR="00811C01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> учебный год</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00811C01" w:rsidRPr="00DF5CD7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00DF5CD7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00811C01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>Заседание № 1</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу жылындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00811C01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ӘБ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00811C01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыс жоспары</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="005E3F80">
+    <w:p w:rsidR="00811C01" w:rsidRPr="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF5CD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отырыс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="00811C01">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="100" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="532"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="959"/>
+        <w:gridCol w:w="522"/>
+        <w:gridCol w:w="5755"/>
+        <w:gridCol w:w="2118"/>
+        <w:gridCol w:w="1076"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidTr="00C87E0D">
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidTr="007811E9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="532" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="005E3F80">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="005E3F80">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="005E3F80">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00811C01" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DF5CD7">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Содержание</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2188" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="005E3F80">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00811C01" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DF5CD7">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Ответственные</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жауаптылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="005E3F80">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00811C01" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DF5CD7">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>сроки</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidTr="00C87E0D">
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidTr="007811E9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="532" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="005E3F80">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="00155A2B">
+          <w:p w:rsidR="00811C01" w:rsidRPr="009A6DC5" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
-[...16 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A6DC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>201</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A6DC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DF5CD7">
+            <w:r w:rsidRPr="009A6DC5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-201</w:t>
             </w:r>
-            <w:r w:rsidR="00155A2B">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009A6DC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DF5CD7">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> учебный год.</w:t>
+            <w:r w:rsidRPr="009A6DC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A6DC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқу жылындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009A6DC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ӘБ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009A6DC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмысының сараптамасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2188" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F83DC5" w:rsidP="0060609F">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Жакупов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> М.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="005E3F80">
+          <w:p w:rsidR="00811C01" w:rsidRPr="009200ED" w:rsidRDefault="009200ED" w:rsidP="009200ED">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
-              <w:jc w:val="center"/>
-[...12 lines deleted...]
-              <w:t>сентябрь</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қыркүек</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidTr="00C87E0D">
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidTr="007811E9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="532" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="005E3F80">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="00155A2B">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Утверждение плана работы на 201</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00155A2B">
+              <w:t>201</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-201</w:t>
             </w:r>
-            <w:r w:rsidR="00155A2B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> учебный год. З</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00317EF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқу жылындағы жұмыс жоспарын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.Ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>аңа оқу</w:t>
             </w:r>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>а</w:t>
-[...7 lines deleted...]
-              <w:t>дачи на новый учебный год.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жылының міндеттері.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2188" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F83DC5" w:rsidP="0060609F">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Жакупов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> М.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="0060609F">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidTr="00C87E0D">
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidTr="007811E9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="532" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidRDefault="00C87E0D" w:rsidP="005E3F80">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00396E10" w:rsidRDefault="00C87E0D" w:rsidP="00396E10">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00317EF9" w:rsidRDefault="00054B8C" w:rsidP="00054B8C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:lang w:eastAsia="ar-SA"/>
-[...71 lines deleted...]
-              <w:t>новленное содержание программы в 5, 7 классах.</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әдістемелік-нұсқаулық хатпен танысу</w:t>
+            </w:r>
+            <w:r w:rsidR="00317EF9" w:rsidRPr="00317EF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00317EF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жалпы білім беретін мектептерде білім беру процесін ұйымдастыру ерекшеліктері </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00317EF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">уралы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00317EF9" w:rsidRPr="00317EF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>017-2018 оқу жылы: Нұсқаулық-әдістемелік хат. – Астана: Ұлттық білім беру</w:t>
+            </w:r>
+            <w:r w:rsidR="003156E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> академиясы. Ы. </w:t>
+            </w:r>
+            <w:r w:rsidR="00317EF9" w:rsidRPr="00317EF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алтынсарин". Жаңартылған бағдарламаның мазмұны 5, 7 сыныптарда.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2188" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidRDefault="00BC5354" w:rsidP="002E1E57">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ниязбекова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidRDefault="00C87E0D" w:rsidP="0060609F">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidTr="00C87E0D">
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidTr="007811E9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="532" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidRDefault="00C87E0D" w:rsidP="005E3F80">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidRDefault="00C87E0D" w:rsidP="00F83DC5">
+          <w:p w:rsidR="00811C01" w:rsidRPr="003156E0" w:rsidRDefault="003156E0" w:rsidP="00054B8C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...53 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2017-2018 о.ж тарих және география пәні</w:t>
+            </w:r>
+            <w:r w:rsidR="00054B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> арнайы курстар </w:t>
+            </w:r>
+            <w:r w:rsidR="00054B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidR="00054B8C" w:rsidRPr="003156E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+            <w:r w:rsidRPr="003156E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>күнтізбелік-тақырыптық жоспарлар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003156E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003156E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>алдау және бекіту</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2188" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidRDefault="00C87E0D" w:rsidP="0060609F">
+          <w:p w:rsidR="00811C01" w:rsidRPr="003B2D9E" w:rsidRDefault="003B2D9E" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>Учителя МО</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ӘБ мұғалімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidRDefault="00C87E0D" w:rsidP="0060609F">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidTr="00C87E0D">
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidTr="007811E9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="532" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidRDefault="00C87E0D" w:rsidP="005E3F80">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidRDefault="00C87E0D" w:rsidP="00F83DC5">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="003156E0" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF5CD7">
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> учебный год. Определение основных направлений в этой деятельности.</w:t>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003156E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2017-2018 оқу </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003156E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мұғалімдерінің ө</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>зі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>н-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>өзі жетілдіру</w:t>
+            </w:r>
+            <w:r w:rsidR="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әрекеттерінің</w:t>
+            </w:r>
+            <w:r w:rsidR="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003156E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>егізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003156E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ба</w:t>
+            </w:r>
+            <w:r w:rsidR="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғыттар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003156E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:r w:rsidR="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">н </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003156E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> айқындау.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2188" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidRDefault="00C87E0D" w:rsidP="0060609F">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="003B2D9E" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF5CD7">
-[...5 lines deleted...]
-              <w:t>Учителя МО</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ӘБ мұғалімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidRDefault="00C87E0D" w:rsidP="0060609F">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="0066339A">
+    <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="00811C01">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F051E6" w:rsidRDefault="00F051E6" w:rsidP="0066339A">
+    <w:p w:rsidR="00A3679B" w:rsidRPr="00811C01" w:rsidRDefault="00A3679B" w:rsidP="00A3679B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00DF5CD7">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Заседание № 2</w:t>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2 отырыс</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F83DC5" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F83DC5" w:rsidP="0066339A">
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="00811C01">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="100" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="532"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="959"/>
+        <w:gridCol w:w="521"/>
+        <w:gridCol w:w="5836"/>
+        <w:gridCol w:w="2101"/>
+        <w:gridCol w:w="1013"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidTr="00C87E0D">
+      <w:tr w:rsidR="00526ED5" w:rsidRPr="00DF5CD7" w:rsidTr="007811E9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="532" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="00741984">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="00741984">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00A3679B" w:rsidP="00A3679B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF5CD7">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="00741984">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2188" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00A3679B" w:rsidRDefault="00A3679B" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="00741984">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жауаптылар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00A3679B" w:rsidRDefault="00A3679B" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DF5CD7">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="00741984">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00526ED5" w:rsidRPr="00DF5CD7" w:rsidTr="007811E9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
-                <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00941C18" w:rsidP="00F83DC5">
-[...1 lines deleted...]
-              <w:pStyle w:val="a9"/>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00A3679B" w:rsidRDefault="00A3679B" w:rsidP="003B2D9E">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidR="003B2D9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Дүниежүзі </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тарихы бойынша</w:t>
+            </w:r>
+            <w:r w:rsidR="003B2D9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ҚБ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00F051E6" w:rsidRPr="00CE5C03">
-[...53 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidR="003B2D9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тапсырмаларын құрастыру </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(5 сынып)"</w:t>
+            </w:r>
+            <w:r w:rsidR="003B2D9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> шеберлік сағаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2188" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F83DC5" w:rsidP="00CC4FBE">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Дацюк</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> А.Ф</w:t>
             </w:r>
-            <w:r w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7">
+            <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="00741984">
+          <w:p w:rsidR="00811C01" w:rsidRPr="009200ED" w:rsidRDefault="009200ED" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>ноябрь</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қараша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidTr="00C87E0D">
+      <w:tr w:rsidR="00526ED5" w:rsidRPr="00DF5CD7" w:rsidTr="007811E9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="532" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidRDefault="00C87E0D" w:rsidP="00741984">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidRDefault="00C87E0D" w:rsidP="00F83DC5">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00A3679B" w:rsidP="00526ED5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF5CD7">
-[...22 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лекет </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>стандарт</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ар</w:t>
+            </w:r>
+            <w:r w:rsidR="003B2D9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003B2D9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>талаптары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5-11 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сыныптарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ың </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және география </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әндері бойынша </w:t>
+            </w:r>
+            <w:r w:rsidR="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сапа мен үлгерім</w:t>
+            </w:r>
+            <w:r w:rsidR="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қорытындысы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диагностикалық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кесінді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1-тоқсан).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2188" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>обученности</w:t>
+              <w:t>Ниязбекова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> учащихся 5-11 классов по </w:t>
-[...55 lines deleted...]
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidRDefault="00BC5354" w:rsidP="002E1E57">
+              <w:t xml:space="preserve"> Г.М.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00526ED5" w:rsidRPr="00DF5CD7" w:rsidTr="007811E9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Ниязбекова</w:t>
-[...17 lines deleted...]
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidRDefault="00C87E0D" w:rsidP="00741984">
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6324" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRDefault="00A3679B" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...33 lines deleted...]
-          <w:p w:rsidR="00941C18" w:rsidRPr="00DF5CD7" w:rsidRDefault="00C87E0D" w:rsidP="00CC4FBE">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дарынды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқушылармен жұмыс:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A3679B" w:rsidRPr="00A3679B" w:rsidRDefault="00A3679B" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...18 lines deleted...]
-          <w:p w:rsidR="00C87E0D" w:rsidRDefault="00C87E0D" w:rsidP="00941C18">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00811C01" w:rsidRDefault="00526ED5" w:rsidP="00811C01">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF5CD7">
-[...15 lines deleted...]
-            <w:r w:rsidR="00F83DC5">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тарих және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00811C01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ге</w:t>
+            </w:r>
+            <w:r w:rsidR="00811C01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
-            <w:r w:rsidR="00F83DC5">
-[...16 lines deleted...]
-          <w:p w:rsidR="00F83DC5" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F83DC5" w:rsidP="00941C18">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>графи</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidR="00811C01" w:rsidRPr="00DF5CD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пәндерінен олимпиада қорытындысы</w:t>
+            </w:r>
+            <w:r w:rsidR="00811C01" w:rsidRPr="00DF5CD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(школьный тур).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00526ED5" w:rsidP="00811C01">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...19 lines deleted...]
-          <w:p w:rsidR="00941C18" w:rsidRPr="00DF5CD7" w:rsidRDefault="00941C18" w:rsidP="00F83DC5">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қалалық олимпиадаға оқушыларды дайындау жоспарын бекіту</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00526ED5" w:rsidRDefault="00526ED5" w:rsidP="003113B7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF5CD7">
-[...14 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сайыстар қорытындысы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003113B7" w:rsidRPr="00DF5CD7" w:rsidRDefault="003113B7" w:rsidP="00526ED5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="440"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2188" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00941C18" w:rsidRPr="00DF5CD7" w:rsidRDefault="00941C18" w:rsidP="00CC4FBE">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00941C18" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F83DC5" w:rsidP="00941C18">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00526ED5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Жакупов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> М.О., учителя МО</w:t>
+              <w:t xml:space="preserve"> М.О.,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00526ED5" w:rsidRPr="00526ED5" w:rsidRDefault="00526ED5" w:rsidP="00526ED5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ӘБ мұғалімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidRDefault="00C87E0D" w:rsidP="00741984">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F83DC5" w:rsidRPr="00DF5CD7" w:rsidTr="00C87E0D">
+      <w:tr w:rsidR="00526ED5" w:rsidRPr="00DF5CD7" w:rsidTr="007811E9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="532" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F83DC5" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F83DC5" w:rsidP="00741984">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F83DC5" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F83DC5" w:rsidP="00F83DC5">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00054B8C" w:rsidRDefault="00054B8C" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...39 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00054B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>арих және география</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> пән апталықтарының өткізу жоспарын бекіту.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2188" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F83DC5" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F83DC5" w:rsidP="00175E5A">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00763B29" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF5CD7">
-[...5 lines deleted...]
-              <w:t>Учителя МО</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ӘБ мұғалімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F83DC5" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F83DC5" w:rsidP="00741984">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DF5CD7" w:rsidRDefault="00DF5CD7" w:rsidP="00652163">
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F051E6" w:rsidRDefault="00F051E6" w:rsidP="003C3C45">
+    <w:p w:rsidR="00811C01" w:rsidRPr="00526ED5" w:rsidRDefault="00811C01" w:rsidP="00811C01">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF5CD7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Заседание № 3</w:t>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00526ED5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отырыс </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F83DC5" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F83DC5" w:rsidP="003C3C45">
+    <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="00811C01">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="250" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="532"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="959"/>
+        <w:gridCol w:w="519"/>
+        <w:gridCol w:w="5592"/>
+        <w:gridCol w:w="2134"/>
+        <w:gridCol w:w="1076"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidTr="00C87E0D">
+      <w:tr w:rsidR="006E65FF" w:rsidRPr="00DF5CD7" w:rsidTr="007811E9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="532" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="00556AAC">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="00556AAC">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00526ED5" w:rsidRDefault="00526ED5" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DF5CD7">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="00556AAC">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2188" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="00556AAC">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00526ED5" w:rsidRDefault="00526ED5" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DF5CD7">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Ответственные</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жауаптылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="00556AAC">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00526ED5" w:rsidRDefault="00526ED5" w:rsidP="00526ED5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DF5CD7">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>сроки</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidTr="00C87E0D">
+      <w:tr w:rsidR="006E65FF" w:rsidRPr="00DF5CD7" w:rsidTr="007811E9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="532" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidRDefault="00C87E0D" w:rsidP="00556AAC">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidRDefault="00C87E0D" w:rsidP="00F83DC5">
+          <w:p w:rsidR="006E65FF" w:rsidRDefault="009A6DC5" w:rsidP="009A6DC5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...39 lines deleted...]
-              <w:t xml:space="preserve">лугодие.  </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік стандарт талаптарының орындалуы.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жартыжылды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қтағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006E65FF" w:rsidRPr="006E65FF" w:rsidRDefault="006E65FF" w:rsidP="009A6DC5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006E65FF" w:rsidRDefault="009A6DC5" w:rsidP="006E65FF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E65FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">тарих және география </w:t>
+            </w:r>
+            <w:r w:rsidR="006E65FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пәндері бойынша бағдарламаның орындалуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2188" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidRDefault="00BC5354" w:rsidP="004F5B29">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Ниязбекова</w:t>
-[...7 lines deleted...]
-              <w:t>Г.М</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>НиязбековаГ.М</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7">
+            <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidRDefault="00C87E0D" w:rsidP="00556AAC">
+          <w:p w:rsidR="00811C01" w:rsidRPr="009200ED" w:rsidRDefault="009200ED" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidRDefault="00C87E0D" w:rsidP="00556AAC">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қаңтар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidRDefault="00C87E0D" w:rsidP="00556AAC">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidTr="00C87E0D">
+      <w:tr w:rsidR="006E65FF" w:rsidRPr="00DF5CD7" w:rsidTr="007811E9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="532" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidRDefault="00C87E0D" w:rsidP="00556AAC">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidRDefault="00C87E0D" w:rsidP="00F83DC5">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00526ED5" w:rsidP="00526ED5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF5CD7">
-[...22 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00DF5CD7">
-[...5 lines deleted...]
-              <w:t>обученности</w:t>
+            <w:r w:rsidRPr="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мем</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00DF5CD7">
-[...53 lines deleted...]
-              <w:t xml:space="preserve">верти). </w:t>
+            <w:r w:rsidR="006E65FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лекеттік </w:t>
+            </w:r>
+            <w:r w:rsidR="006E65FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>стандарт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>талаптарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006E65FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ың</w:t>
+            </w:r>
+            <w:r w:rsidR="006E65FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006E65FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006E65FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006E65FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006E65FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>асыр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006E65FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ылуы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="009A0AB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5-11 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="009A0AB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сыныптарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="009A0AB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ың </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="009A0AB4" w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="009A0AB4" w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және география </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="009A0AB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="009A0AB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әндері бойынша </w:t>
+            </w:r>
+            <w:r w:rsidR="009A0AB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сапа мен үлгерім</w:t>
+            </w:r>
+            <w:r w:rsidR="009A0AB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009A0AB4" w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қорытындысы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="009A0AB4" w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidR="009A0AB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="009A0AB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диагностикалық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="009A0AB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кесінді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="009A0AB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аралық </w:t>
+            </w:r>
+            <w:r w:rsidR="009A0AB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">үзік </w:t>
+            </w:r>
+            <w:r w:rsidR="006D4B16">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және 2-тоқсан).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2188" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F83DC5" w:rsidP="006414D6">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Жакупов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> М.О</w:t>
-[...7 lines deleted...]
-              <w:t>.</w:t>
+              <w:t xml:space="preserve"> М.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidRDefault="00C87E0D" w:rsidP="00556AAC">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidTr="00C87E0D">
+      <w:tr w:rsidR="006E65FF" w:rsidRPr="00DF5CD7" w:rsidTr="007811E9">
         <w:trPr>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="532" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidRDefault="00C87E0D" w:rsidP="00556AAC">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6324" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F83DC5" w:rsidP="009D0308">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00526ED5" w:rsidP="00763B29">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Подготовка </w:t>
+            <w:r w:rsidRPr="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазақстан </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>СОЧей</w:t>
+            <w:r w:rsidRPr="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тарихы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> по истории Казахстана и Всемирной истории. Участие в творческих группах города.</w:t>
+            <w:r w:rsidRPr="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Д</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">үниежүзі </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тарихы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00763B29">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00763B29" w:rsidRPr="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00763B29" w:rsidRPr="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00763B29">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЖБ дайындау</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00763B29">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ш</w:t>
+            </w:r>
+            <w:r w:rsidR="00763B29">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ығармашылық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00763B29">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>топтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00763B29">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға қатысу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2188" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidRDefault="00DF5CD7" w:rsidP="009D0308">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00763B29" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF5CD7">
-[...5 lines deleted...]
-              <w:t>Учителя МО</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ӘБ мұғалімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00C87E0D" w:rsidRPr="00DF5CD7" w:rsidRDefault="00C87E0D" w:rsidP="00556AAC">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C3016C" w:rsidRPr="00DF5CD7" w:rsidRDefault="00C3016C" w:rsidP="00D46554">
+    <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="00811C01">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="00D46554">
+    <w:p w:rsidR="00811C01" w:rsidRPr="00763B29" w:rsidRDefault="00811C01" w:rsidP="00811C01">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF5CD7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidR="00DF5CD7" w:rsidRPr="00DF5CD7">
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r w:rsidR="00763B29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>4</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отырыс </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="00D46554">
+    <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="00811C01">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10064" w:type="dxa"/>
         <w:tblInd w:w="250" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="565"/>
+        <w:gridCol w:w="6305"/>
+        <w:gridCol w:w="2118"/>
+        <w:gridCol w:w="1076"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidTr="007B1583">
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidTr="007811E9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="009D0308">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="009D0308">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00763B29" w:rsidRDefault="00763B29" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DF5CD7">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="009D0308">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="009D0308">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00763B29" w:rsidRDefault="00763B29" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DF5CD7">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Ответственные</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жауаптылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="009D0308">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00763B29" w:rsidRDefault="00763B29" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DF5CD7">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>сроки</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidTr="007B1583">
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidTr="007811E9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="009D0308">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="00F83DC5">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="00763B29">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Изучение нормативной базы по завершению 201</w:t>
             </w:r>
-            <w:r w:rsidR="00F83DC5">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-201</w:t>
             </w:r>
-            <w:r w:rsidR="00F83DC5">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> учебного года. </w:t>
             </w:r>
+            <w:r w:rsidR="00763B29" w:rsidRPr="009A6DC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2017-2018 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00763B29" w:rsidRPr="009A6DC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00763B29" w:rsidRPr="009A6DC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қу </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00763B29" w:rsidRPr="009A6DC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00763B29">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ның аяқталуы бойынша</w:t>
+            </w:r>
+            <w:r w:rsidR="00763B29">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00763B29">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мөлшерлік </w:t>
+            </w:r>
+            <w:r w:rsidR="00763B29">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> база</w:t>
+            </w:r>
+            <w:r w:rsidR="00763B29">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ны талдау</w:t>
+            </w:r>
+            <w:r w:rsidR="009A6DC5" w:rsidRPr="009A6DC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="009D0308">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ниязбекова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="009D0308">
+          <w:p w:rsidR="00811C01" w:rsidRPr="009200ED" w:rsidRDefault="009200ED" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>апрель</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сәуір</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidTr="007B1583">
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidTr="007811E9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="009D0308">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="009D0308">
+          <w:p w:rsidR="00811C01" w:rsidRPr="009A6DC5" w:rsidRDefault="009A6DC5" w:rsidP="007811E9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Работа учителей по подготовке к экзаменам и ЕНТ. </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҰБТ мен емтиханға дайындық бойынша мұғалімдердің жұмысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F83DC5" w:rsidP="009D0308">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Жакупов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> М.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="009D0308">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidTr="007B1583">
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidTr="007811E9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="009D0308">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="009D0308">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="009A6DC5" w:rsidP="009A6DC5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF5CD7">
-[...8 lines deleted...]
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="009D0308">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Емтихан материалдарын бекіту </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="009200ED" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="009D0308">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ӘБ мұғалімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidTr="007811E9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Учителя МО</w:t>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="009A6DC5" w:rsidP="009A6DC5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қайталау жұмысын ұйымдастыру </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF5CD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ниязбекова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF5CD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="009D0308">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidTr="007B1583">
-[...98 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="00D46554">
+    <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="00811C01">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="00D46554">
+    <w:p w:rsidR="00811C01" w:rsidRPr="009A6DC5" w:rsidRDefault="00811C01" w:rsidP="00811C01">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF5CD7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Заседание № </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DF5CD7" w:rsidRPr="00DF5CD7">
+        <w:t>№ 5</w:t>
+      </w:r>
+      <w:r w:rsidR="009A6DC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>5</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отырыс</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="00D46554">
+    <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="00811C01">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10064" w:type="dxa"/>
         <w:tblInd w:w="250" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="564"/>
+        <w:gridCol w:w="6307"/>
+        <w:gridCol w:w="2117"/>
+        <w:gridCol w:w="1076"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidTr="007B1583">
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidTr="007811E9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="009D0308">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="009D0308">
+          <w:p w:rsidR="00811C01" w:rsidRPr="009A6DC5" w:rsidRDefault="009A6DC5" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DF5CD7">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="009D0308">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="009D0308">
+          <w:p w:rsidR="00811C01" w:rsidRPr="009A6DC5" w:rsidRDefault="009A6DC5" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DF5CD7">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Ответственные</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жауаптылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="009D0308">
+          <w:p w:rsidR="00811C01" w:rsidRPr="009A6DC5" w:rsidRDefault="009A6DC5" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DF5CD7">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>сроки</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidTr="007B1583">
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidTr="007811E9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="009D0308">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="009D0308">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00763B29" w:rsidRDefault="00763B29" w:rsidP="00763B29">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...42 lines deleted...]
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="009D0308">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A6DC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A6DC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>география</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> пәні бойынша</w:t>
+            </w:r>
+            <w:r w:rsidR="009A6DC5" w:rsidRPr="009A6DC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="009A6DC5" w:rsidRPr="009A6DC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>вариативті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="009A6DC5" w:rsidRPr="009A6DC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бөлігі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>н іске асырылуының қорытындысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...22 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="009D0308">
+          <w:p w:rsidR="00811C01" w:rsidRPr="009200ED" w:rsidRDefault="009200ED" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>май</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidTr="007B1583">
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidTr="007811E9">
         <w:trPr>
           <w:trHeight w:val="698"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="009D0308">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="00F83DC5">
+          <w:p w:rsidR="00811C01" w:rsidRPr="009200ED" w:rsidRDefault="009200ED" w:rsidP="009200ED">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> учебный год.  </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лекет </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>стандарт</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>арын і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>талаптары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5-11 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сыныптарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ың </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және география </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әндері бойынша бағдарламаның іске асырылуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="009D0308">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ниязбекова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="009D0308">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidTr="007B1583">
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidTr="007811E9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="009D0308">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="00EE6664">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="009200ED" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF5CD7">
-[...22 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лекеттік </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>стандарт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>талаптарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>асыр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ылуы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5-11 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сыныптарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ың </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және география </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әндері бойынша </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сапа мен үлгерім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қорытындысы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A3679B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диагностикалық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кесінді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жылдық үзік  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">және </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00526ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-тоқсан).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>обученности</w:t>
+              <w:t>Ниязбекова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> учащихся 5-11 классов по </w:t>
-[...25 lines deleted...]
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00BC5354" w:rsidP="009D0308">
+              <w:t xml:space="preserve"> Г.М.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidTr="007811E9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00DF5CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Ниязбекова</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Г.М.</w:t>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="009200ED" w:rsidP="009200ED">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жедел сауалнама.</w:t>
+            </w:r>
+            <w:r w:rsidR="00811C01" w:rsidRPr="00DF5CD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұғалімдердің өзін –өзі жетілдіру тақырыбы бойынша және жылдық қиыншылықтар бойынша қорытынды.Жетістіктер бойынша қорытынды сызба тапсыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="009200ED" w:rsidP="007811E9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ӘБ мұғалімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="009D0308">
+          <w:p w:rsidR="00811C01" w:rsidRPr="00DF5CD7" w:rsidRDefault="00811C01" w:rsidP="007811E9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidTr="007B1583">
-[...6 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:tbl>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00C24CC5" w:rsidRDefault="009200ED" w:rsidP="00811C01">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C24CC5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2016-2017 о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24CC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қу жылындағы тарих пен география</w:t>
+      </w:r>
+      <w:r w:rsidR="00C24CC5" w:rsidRPr="00C24CC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пән</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24CC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дерінің әдістемелік бірлестігі жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidR="00C24CC5" w:rsidRPr="00C24CC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ының сараптамасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="002E3984" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3984">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Работа педагогического коллектива в 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3984">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3984">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебном году была </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E3984">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>направлена</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E3984">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на решение задач, определенных и утвержденных на августовском педагогическом совете школы  в августе 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3984">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00B07CB3" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Педагогический коллектив школы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>работал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> над  м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етодической темой:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645910">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>езультативность модернизации деятельности школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и решал следующую цель:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645910">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">создание условий для развития профессионального мастерства учителей, повышения уровня успеваемости и качества знаний учащихся через внедрение проекта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00645910">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>критериального</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00645910">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645910">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тема МО: «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645910">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">овышение качества образования через внедрение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00645910">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>критериального</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00645910">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания на уроках истории и географии».</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00645910" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645910">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цели и задачи раб</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оты МО на 2016-2017 учебный год:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00645910" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645910">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Внедрение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00645910">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>критериального</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00645910">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания для повышения профессионального развития педагогов с использованием возможностей сетевого сообщества учителей школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00645910" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645910">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Создание заданий по формированию коммуникативной компетенций на уроках истории и географии, имеющих </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00645910">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>критериальную</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00645910">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> систему оценивания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645910">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Совершенствование профессионального мастерства учителей через овладение новыми подходами в образовании, внедряемыми в современный урок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645910">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Продолжение работы по использованию активных форм обучения (нестандартных форм уроков, опорных схем, таблиц).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645910">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Повышение мотивации к изучению истории и географии через вовлечение в различные виды урочной и внеурочной деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645910">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">проведение конкурсов, внеклассных мероприятий и экскурсий. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645910">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Совершенствование форм, методов и средств работы с одаренными и слабоуспевающими детьми. Развитие социальной компетенции одаренных детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00645910" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645910">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Создание условий для формирования гражданственности и патриотического воспитания учащихся в ходе учебной и внеклассной работы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645910">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на уроках.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645910">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00B07CB3" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00B07CB3" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>В 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебном году </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в МО состояло 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учителей, из них все имеют  высшее образова</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ние и работают по специальности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00814019" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00814019">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Возрастной состав педагогов:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1596"/>
+        <w:gridCol w:w="1064"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="1134"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidTr="007811E9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1596" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00586D53">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учебный год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1064" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00586D53">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Общее кол-во</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00586D53">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Стаж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidTr="007811E9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1596" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1064" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00586D53">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>До 30 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00586D53">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00586D53">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>От 30 до 50 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00586D53">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00586D53">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Старше 50 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00586D53">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidTr="007811E9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1596" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00586D53">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>201</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidRPr="00586D53">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-201</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1064" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidTr="007811E9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1596" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...62 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00586D53">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>201</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00586D53">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-201</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1064" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidTr="007811E9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1596" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...28 lines deleted...]
-            </w:pPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00586D53">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>201</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00586D53">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-201</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1064" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidRDefault="00F051E6" w:rsidP="006524BF">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00B07CB3" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Качественный состав педагогических кадров</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="114"/>
+        <w:tblW w:w="10031" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="00A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1809"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="993"/>
+        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="709"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidTr="007811E9">
+        <w:trPr>
+          <w:trHeight w:val="405"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A4013">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Учебный год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:r w:rsidRPr="004A4013">
+              <w:t xml:space="preserve">Всего </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004A4013">
+              <w:t>Высшая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004A4013">
+              <w:t>Первая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004A4013">
+              <w:t>Вторая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004A4013">
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004A4013">
+              <w:t>/к</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidTr="007811E9">
+        <w:trPr>
+          <w:trHeight w:val="240"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004A4013">
+              <w:t>К-во</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:r w:rsidRPr="004A4013">
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004A4013">
+              <w:t>К-во</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:r w:rsidRPr="004A4013">
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004A4013">
+              <w:t>К-во</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:r w:rsidRPr="004A4013">
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004A4013">
+              <w:t>К-во</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:r w:rsidRPr="004A4013">
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidTr="007811E9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00586D53">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>201</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00586D53">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-201</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:r>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:r>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:r>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidTr="007811E9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00586D53">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>201</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00586D53">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-201</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:r>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:r>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:r>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidTr="007811E9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00586D53">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>201</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00586D53">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-201</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:r>
+              <w:t>75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:r>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="004A4013" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00811C01" w:rsidRPr="006301C0" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:ind w:firstLine="644"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В разрезе трех лет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">значительно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">увеличена доля учителей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">первой и высшей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>категории.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В 2016-2017 учебном году аттестацию никто не проходил и в следующем году никто из педагогов МО не подлежит</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="003E31E8" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="Style6"/>
+        <w:widowControl/>
+        <w:spacing w:before="58"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E31E8">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сведения о повышении квалификации</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00F051E6" w:rsidRPr="00DF5CD7" w:rsidSect="00CE5C03">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9497" w:type="dxa"/>
+        <w:tblInd w:w="40" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="40" w:type="dxa"/>
+          <w:right w:w="40" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="992"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00811C01" w:rsidRPr="003E31E8" w:rsidTr="007811E9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00E56A44" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:widowControl/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E56A44">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00E56A44" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:widowControl/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E56A44">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Всего учителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00E56A44" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:widowControl/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E56A44">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>РИПКСО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00E56A44" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:widowControl/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E56A44">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ИПК ПК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00E56A44" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:widowControl/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E56A44">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/ЦПМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E56A44">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, уровневые курсы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00E56A44" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:widowControl/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E56A44">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ИнЕУ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00811C01" w:rsidRPr="003E31E8" w:rsidTr="007811E9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00586D53" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00586D53">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>201</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00586D53">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-201</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00814019" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00814019">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00860C73" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:widowControl/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00860C73" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:widowControl/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2 (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Дацюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Ф., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жакупов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.О.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00860C73" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:pStyle w:val="Style53"/>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1 (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жакупов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.О.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00860C73" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:pStyle w:val="Style53"/>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00811C01" w:rsidRPr="003E31E8" w:rsidTr="007811E9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="003E31E8" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:widowControl/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E31E8">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle94"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00860C73" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00860C73" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00860C73" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00860C73" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="00860C73" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="006C3D67" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-3810</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-14605</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3057525" cy="2286000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="2" name="Объект 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId6"/>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Уровневые курсы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C3D67">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прошли </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C3D67">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учителя (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Дацюк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.Ф – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ІІІ базовый уровень и Жакупов М.О. – по программе І уровня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C3D67">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00B07CB3" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C3D67">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Анализ представленных данных свидетельствует о том, что педагоги </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>МО</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеют достаточно высокий уровень образования для обеспечения оптимального качества УВП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="644"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00A529F1" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="644"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle96"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle96"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ИКТ в образовании</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00172313" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172313">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В  кабинете первого президента РК установлены экран и проектор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, что позволяет использовать их для показа презентаций и фильмов, но никак не подходит для работы с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>флипчартами</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00172313">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00B07CB3" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В целом </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учителя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>владе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т интерактивными технологиями, учителями сформирована база видеоматериалов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по истории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>флипчарт-уроков</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, презентаций, и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">меются электронные учебники по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>истории и географии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00B07CB3" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проведение различных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурсов с использованием ИКТ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дает возможность учителям повысить профессиональный уровень, получить оценку со стороны внешних экспертов. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6-2017 учебном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> году в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>областн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ом конкурсе «ИКТ в образовании» принял участие учитель истории </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дацюк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.Ф., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC79C5">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в областном конкурсе мобильных приложений </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CC79C5">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тарих</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CC79C5">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CC79C5">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жолдарымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» и в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC79C5">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">областном конкурсе видеороликов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CC79C5">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жасай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CC79C5">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CC79C5">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CC79C5">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, Қазақстаным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» принял участие учитель истории и географии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жакупов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М.О. Трое учащихся 9-11 классов (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Абдрахманов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А., Ерохина Д., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Демиденко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Д.) заняли 1 место в конкурсе мобильных приложений.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00080727" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учителя МО размещают свои </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">разработки уроков  на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>веб-ресурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> международного сайта </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>INFOUROK</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>VIDEOUROKI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5C46">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>KopilraUrokov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">чащиеся являются </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">участниками КИО. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00854280" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle100"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle100"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У учителей </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle100"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жакупова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle100"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М.О., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle100"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дацюк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle100"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.Ф. и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle100"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смайловой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle100"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т.М. имеются учительские сайты на проекте </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>INFOUROK</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00854280">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle100"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00EE0F77" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00854280">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle100"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Таким образом, у учителей с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формирован</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> информационн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ая </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>культур</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а,  активно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> использ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уется </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ИКТ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и внедр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>яются</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> навык</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дистанционного обучения.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Имеющееся интерактивное оборудование чаще всего используется для демонстрации презентаций, реже –  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>флипчартов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle94"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ещё реже – для тестирования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="001A7C0B" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A7C0B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Внедрение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001A7C0B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>полиязычия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07CB3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="001A7C0B" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+        <w:t>В 2016-2017 учебном году с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A7C0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пецкурс «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A7C0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өлкетану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A7C0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» в 5А и 5Б классах ведется на казахском и русском языках</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. На спецкурс имеется программа и рецензия, разработки занятий. Данный спецкурс ведут </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A7C0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учит</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ель казахского языка </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шапиева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С.О. и учитель истории и географии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жакупов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М.О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A7C0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="001A7C0B" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001A7C0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ведение на казахском языке вводится на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предмете </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A7C0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>истори</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A7C0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстана через использование терминов, заданий с частичным переводом.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A7C0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Готовится методическое пособие для 8-9 классов, куда будет включена вся терминология и задания к каждой теме по Истории Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="001A7C0B" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001A7C0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Готовится спецкурс по географии для 8 класса на трех языках (казахском, русском и английском языках), в создании которого будут участвовать также учителя английского языка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Творческая активность учителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00091EBA" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Фалеева К.А.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Дидактическое пособие «Неделя истории и географии».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смайлова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т.М.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Дидактическое пособие «Неделя истории и географии»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">действующий сайт на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проекте «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>INFOUROK</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> публикаций на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>INFOUROK</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00091EBA" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дацюк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.Ф.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - в городской творческой группе тематические тесты по подготовке к ЕНТ нового формата, рецензия от (09.02.2017), метод пособие, 1место</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- городская творческая группа по составлению поурочного планирования по предмету «Светскость и основы религиоведения»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- рецензия на электронный справочник «Пустыни мира»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- областной конкурс «ИКТ в образовании»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- член областной ИРГ по профилактике </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>религ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. экстремизма и терроризма, проводил семинары по теме «межконфессиональное согласие в Казахстане»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>- грамота за республиканский семинар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- благодарственное письмо за подготовку учащегося в региональной научно-исследовательской конференции (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Экошкола</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">действующий сайт на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>INFOUROK</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20 публикаций на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>INFOUROK</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00091EBA" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жакупов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М.О. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Участие в работе секции "География" в рамках  августовской конференции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-лауреат конкурса «Лучший педагог-2017»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-участие в областном конкурсе мобильных приложений "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тарих</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жолдарымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>участие в областном конкурсе видеороликов "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жасай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, Қазақстаным";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-участие в областной научно-практической конференции "Мәңгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ел";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-участие в областном конкурсе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Педмастерство</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-рецензия на электронный справочник «Пустыни мира»; На </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>bilimland</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прослушал курс "ИКТ в системе образования";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-статья в республиканском издании «Озық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектебі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Инфоуроки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - благодарность и свидетельство о высокой активности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- действующий сайт на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>INFOUROK</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> публикаций на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>INFOUROK</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00091EBA" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Из выше указанного следует, что в основном творческая работа в этом учебном году легла на учителей </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дацюк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.Ф. и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жакупова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М.О. Еще одной причиной низкого участия в конкурсах является то, что Фалеева К.А. в данной школе работает первый год. Помимо этого учителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дацюк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.Ф. и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жакупов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М.О. в предыдущем учебном году заняли в некоторых областных конкурсах призовые места, и поэтому не смогли в них принять участие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00091EBA" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Публикации в СМИ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">В сентябре месяце был подготовлен план публикаций учителями статей в СМИ. Однако он выполнен на 30% в связи с нежеланием учителей </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>публиковаться</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или же нехваткой времени. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В 2016-2017 учебном году </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>прощли</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> следующие публикации:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Статья в областной газете «Мой мир» (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дацюк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.Ф.)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья в республиканском издании «Озық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектебім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жакупов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М.О.)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>прессцентре</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Гимназист» (ученица 5Д класса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Костромицкая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> София)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дидактическое пособие «Тесты нового формата по подготовке к ЕНТ по истории Казахстана»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дидактическое пособие «Поурочные планы по религиоведению»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00091EBA">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дидактическое пособие «Неделя истории и географии».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>К следующему учебному году учителям МО необходимо заранее подготовить статьи для публикации, а график публикаций держать на постоянном контроле.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="007B33EF" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="007B33EF" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B33EF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Результативность работы с одаренными детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>В 2016-2017 учебном году в ноябре месяце прошла школьная олимпиада, по результатам которой были отобраны участники городской предметной олимпиады. Результаты были следующими:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2802"/>
+        <w:gridCol w:w="1165"/>
+        <w:gridCol w:w="1893"/>
+        <w:gridCol w:w="1336"/>
+        <w:gridCol w:w="2375"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00391C6B" w:rsidTr="007811E9">
+        <w:trPr>
+          <w:trHeight w:val="514"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>ФИ ученика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Класс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1893" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Предмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1336" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Место</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2375" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Учитель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00391C6B" w:rsidTr="007811E9">
+        <w:trPr>
+          <w:trHeight w:val="514"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Сергеева Анна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1893" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1336" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2375" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Смайлова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Т.М.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00391C6B" w:rsidTr="007811E9">
+        <w:trPr>
+          <w:trHeight w:val="514"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Мукина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кристина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1893" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1336" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2375" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Жакупов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00391C6B" w:rsidTr="007811E9">
+        <w:trPr>
+          <w:trHeight w:val="514"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Абдрахманов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Айдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1893" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>ЧОП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1336" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2375" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Жакупов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00391C6B" w:rsidTr="007811E9">
+        <w:trPr>
+          <w:trHeight w:val="514"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Миронов Ярослав</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1893" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>ЧОП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1336" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2375" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Жакупов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00391C6B" w:rsidTr="007811E9">
+        <w:trPr>
+          <w:trHeight w:val="514"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Ерохина Дарья</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1893" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>ЧОП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1336" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2375" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Жакупов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Из всех призеров на областную предметную олимпиаду никто не прошел. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">В этом учебном году кроме учителя истории </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дацюк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.Ф. никто из учителей МО не готовил учащихся к конкурсам научных проектов. Результат был следующим:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2660"/>
+        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="1241"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00391C6B" w:rsidTr="007811E9">
+        <w:trPr>
+          <w:trHeight w:val="491"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>ФИ ученика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Класс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Уровень </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Руководитель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Место</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00391C6B" w:rsidTr="007811E9">
+        <w:trPr>
+          <w:trHeight w:val="491"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Кривошеев Егор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Город </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Дацюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Ф.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00391C6B" w:rsidTr="007811E9">
+        <w:trPr>
+          <w:trHeight w:val="491"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Гимадиев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Хайдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Город</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Дацюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Ф.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00391C6B" w:rsidTr="007811E9">
+        <w:trPr>
+          <w:trHeight w:val="491"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Кривошеев Егор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Экошкола</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>, область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Дацюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Ф.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>грамота</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00391C6B" w:rsidTr="007811E9">
+        <w:trPr>
+          <w:trHeight w:val="491"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Квашнин Павел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МАН, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Сатпаевские</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Дацюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Ф.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00811C01" w:rsidRPr="00391C6B" w:rsidTr="007811E9">
+        <w:trPr>
+          <w:trHeight w:val="491"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Миронов Ярослав</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>МАН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Дацюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Ф.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00811C01" w:rsidRPr="006D19B4" w:rsidRDefault="00811C01" w:rsidP="007811E9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00391C6B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         Стоит отметить, что</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA57C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> существует реальная проблема по качеству подготовки олимпийской команды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и научных проектов, причём на всех этапах:  от диагностики до индивидуальной работы учителя с учеником. В конце этого учителями МО были предоставлены предварительные списки участников олимпиады и конкурсов научных проектов. В 2017-2018 учебном году необходимо на первом заседании МО дополнительно рассмотреть состав участников предметных олимпиад и конкурсов научных проектов, а также составить индивидуальный план подготовки каждого учащегося.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Деятельность сертифицированных учителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Как было сказано выше учителей, прошедших уровневые курсы в МО двое: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дацюк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.Ф. (2012) и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жакупов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М.О. (2016). Ими проделана следующая работа: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00521FFC" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В октябре 2016 года учителями </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00521FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дацюк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.Ф и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00521FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жакуповым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М.О. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00521FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проведен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00521FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Lesson</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Study</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>роке Истории Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00521FFC" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00521FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Жакуповым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М.О. проведено два </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00521FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коучинга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по темам «Оценивание» и «Новые подходы в обучении: создание </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00521FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коллаборативной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> среды».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00521FFC" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Также в составе творческой группы под руководством </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00521FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жакупова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00521FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М.О. готовится методическое пособие по истории Казахстана для 8-9 классов  на казахском и русском языках и спецкурс по географии на трех языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На следующий год планируется провести </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Менторинг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Lesson</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Study</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по истории Казахстана, всемирной истории и географии. Также учителями </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дацюк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.Ф. и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жакуповым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М.О. планируется провести </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коучинги</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по теме «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Критериальное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00B2663F" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2663F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Внеклассная работа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учителями-предметниками МО проводится и внеклассная работа с целью привития патриотизма и любви к Родине, а также </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>привтия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интереса к предметам история и география. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00B2663F" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2663F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1 декабря 2016 года учащиеся 5Д и 7Д  посетили кинотеатр «Космос», где просмотрели фильм «Небо моего детства», посвященное детству Н.Назарбаева.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00B2663F" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2663F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На осенних каникулах учителем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2663F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дацюк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2663F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.Ф. была проведена игра по станциям с учащимися 5Д класса.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2663F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во второй четверти учащиеся 5Д класса посетили художественный музей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00B2663F" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2663F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На весенних каникулах </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2663F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жакупов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2663F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М.О. провел внеклассное мероприятие для учащихся 7В и 7Д по теме «ЕХРО2017».</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2663F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дацюк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2663F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.Ф. провел внеклассное мероприятие по достопримечательностям города Павлодара.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00B2663F" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2663F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9 мая 2017 года учащиеся 7Д класса посетили музей воинской славы под открытым небом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00B2663F" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2663F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В декабре месяце прошла неделя МО учителей истории и географии, по результатам которой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">был </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2663F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">создан сборник внеклассных мероприятий, на который </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>получена</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2663F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рецензия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00B2663F" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задачи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2663F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на следующий год:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70D61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прохождение курсов повышения квалификации учител</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70D61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F70D61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смайловой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F70D61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т.М. (если будут курсы по предмет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70D61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учителям МО принять участие в областном </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интернет-фестивале</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Лучший интерактивный урок» и областных конкурсах «ИКТ в образовании», мобильных приложений и других.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Продолжить размещение материалов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70D61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F70D61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>веб-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F70D61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> международного сайта </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70D61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>INFOUROK</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70D61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70D61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>VIDEOUROKI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70D61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F70D61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>KopilraUrokov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F70D61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Активизировать участие учителей и учащихся в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интернет-олимпиадах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70D61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КИО.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Создать банк презентаций и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>флипчартов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по истории и географии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Активизировать работу учителей со СМИ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Подготовить план работы по подготовке к предметной олимпиаде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00391C6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с учащимися.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Подготовить план работы по подготовке к конкурсам научных проектов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00391C6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с учащимися. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRPr="00391C6B" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учителям </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дацюк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.Ф., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бознак</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Е.Е., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жакупову</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М.О. провести </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Lesson</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521FFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Study</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по истории Казахстана. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811C01" w:rsidRDefault="00811C01" w:rsidP="00811C01">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC3D52" w:rsidRDefault="00EC3D52"/>
+    <w:sectPr w:rsidR="00EC3D52" w:rsidSect="00EC3D52">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="720" w:right="720" w:bottom="142" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="StarSymbol">
+    <w:altName w:val="Arial Unicode MS"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="BatangChe">
-[...4 lines deleted...]
-    <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman CYR">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="6AD10F67"/>
+    <w:nsid w:val="0303461C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="04965EE8"/>
+    <w:tmpl w:val="E01C41E4"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="800" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1520" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2240" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2960" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3680" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4400" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5120" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5840" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6560" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="79FD3621"/>
+    <w:nsid w:val="0A0A659A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="55B6A1FC"/>
-[...140 lines deleted...]
-    <w:tmpl w:val="41301F8A"/>
+    <w:tmpl w:val="3A4A8A00"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...6 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1146" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...6 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1866" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...6 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2586" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...6 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3306" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...6 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="4026" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...6 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="4746" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...6 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5466" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...6 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6186" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6906" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="6AD10F67"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="04965EE8"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6560" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="78035744"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2F068002"/>
+    <w:lvl w:ilvl="0" w:tplc="00000002">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="StarSymbol" w:hAnsi="StarSymbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
-[...24 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="91"/>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
-  <w:autoHyphenation/>
-  <w:hyphenationZone w:val="357"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...24 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00E1159A"/>
-[...96 lines deleted...]
-    <w:rsid w:val="00F90B6D"/>
+    <w:rsidRoot w:val="00811C01"/>
+    <w:rsid w:val="00054B8C"/>
+    <w:rsid w:val="000608FF"/>
+    <w:rsid w:val="003113B7"/>
+    <w:rsid w:val="003156E0"/>
+    <w:rsid w:val="00317EF9"/>
+    <w:rsid w:val="003B2D9E"/>
+    <w:rsid w:val="00526ED5"/>
+    <w:rsid w:val="006D4B16"/>
+    <w:rsid w:val="006E65FF"/>
+    <w:rsid w:val="00763B29"/>
+    <w:rsid w:val="00811C01"/>
+    <w:rsid w:val="009200ED"/>
+    <w:rsid w:val="009A0AB4"/>
+    <w:rsid w:val="009A6DC5"/>
+    <w:rsid w:val="00A3679B"/>
+    <w:rsid w:val="00C24CC5"/>
+    <w:rsid w:val="00EC3D52"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-    <w:lsdException w:name="Normal" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...24 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
@@ -4852,535 +16241,555 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="003F5F6F"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00811C01"/>
     <w:rPr>
-      <w:sz w:val="22"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="No Spacing"/>
+    <w:qFormat/>
+    <w:rsid w:val="00811C01"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle100">
+    <w:name w:val="Font Style100"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00811C01"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00811C01"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style6">
+    <w:name w:val="Style6"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00811C01"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style27">
+    <w:name w:val="Style27"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00811C01"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="283" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style53">
+    <w:name w:val="Style53"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00811C01"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle94">
+    <w:name w:val="Font Style94"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00811C01"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00811C01"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle96">
+    <w:name w:val="Font Style96"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00811C01"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00662BE8"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00811C01"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
-[...286 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...86 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/_____Microsoft_Office_Excel1.xlsx"/></Relationships>
+</file>
+
+<file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:date1904 val="1"/>
+  <c:lang val="ru-RU"/>
+  <c:chart>
+    <c:autoTitleDeleted val="1"/>
+    <c:view3D>
+      <c:perspective val="0"/>
+    </c:view3D>
+    <c:plotArea>
+      <c:layout>
+        <c:manualLayout>
+          <c:layoutTarget val="inner"/>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="1.9292604501607725E-2"/>
+          <c:y val="3.4782608695652181E-2"/>
+          <c:w val="0.96784565916398757"/>
+          <c:h val="0.52173913043478293"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:pie3DChart>
+        <c:varyColors val="1"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sheet1!$A$2</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Восток</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:srgbClr val="9999FF"/>
+            </a:solidFill>
+            <a:ln w="12700">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+            </a:ln>
+          </c:spPr>
+          <c:explosion val="25"/>
+          <c:dPt>
+            <c:idx val="1"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="993366"/>
+              </a:solidFill>
+              <a:ln w="12700">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </c:spPr>
+          </c:dPt>
+          <c:dLbls>
+            <c:dLbl>
+              <c:idx val="0"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-0.21891953727258384"/>
+                  <c:y val="-0.15033489292099356"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:spPr>
+                <a:noFill/>
+                <a:ln w="25400">
+                  <a:noFill/>
+                </a:ln>
+              </c:spPr>
+              <c:txPr>
+                <a:bodyPr/>
+                <a:lstStyle/>
+                <a:p>
+                  <a:pPr>
+                    <a:defRPr sz="1400" b="1" i="0" u="none" strike="noStrike" baseline="0">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:latin typeface="Calibri"/>
+                      <a:ea typeface="Calibri"/>
+                      <a:cs typeface="Calibri"/>
+                    </a:defRPr>
+                  </a:pPr>
+                  <a:endParaRPr lang="ru-RU"/>
+                </a:p>
+              </c:txPr>
+              <c:dLblPos val="bestFit"/>
+              <c:showVal val="1"/>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="1"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="0.1961414790996785"/>
+                  <c:y val="-0.16772619726881963"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:spPr>
+                <a:noFill/>
+                <a:ln w="25400">
+                  <a:noFill/>
+                </a:ln>
+              </c:spPr>
+              <c:txPr>
+                <a:bodyPr/>
+                <a:lstStyle/>
+                <a:p>
+                  <a:pPr>
+                    <a:defRPr sz="1400" b="1" i="0" u="none" strike="noStrike" baseline="0">
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                      <a:latin typeface="Calibri"/>
+                      <a:ea typeface="Calibri"/>
+                      <a:cs typeface="Calibri"/>
+                    </a:defRPr>
+                  </a:pPr>
+                  <a:endParaRPr lang="ru-RU"/>
+                </a:p>
+              </c:txPr>
+              <c:dLblPos val="bestFit"/>
+              <c:showVal val="1"/>
+            </c:dLbl>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln w="25400">
+                <a:noFill/>
+              </a:ln>
+            </c:spPr>
+            <c:txPr>
+              <a:bodyPr/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="800" b="1" i="0" u="none" strike="noStrike" baseline="0">
+                    <a:solidFill>
+                      <a:srgbClr val="000000"/>
+                    </a:solidFill>
+                    <a:latin typeface="Calibri"/>
+                    <a:ea typeface="Calibri"/>
+                    <a:cs typeface="Calibri"/>
+                  </a:defRPr>
+                </a:pPr>
+                <a:endParaRPr lang="ru-RU"/>
+              </a:p>
+            </c:txPr>
+            <c:showVal val="1"/>
+            <c:showLeaderLines val="1"/>
+          </c:dLbls>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sheet1!$B$1:$C$1</c:f>
+              <c:strCache>
+                <c:ptCount val="2"/>
+                <c:pt idx="0">
+                  <c:v>прошли уровневые курсы</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>не прошли уровневые курсы</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!$B$2:$C$2</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="2"/>
+                <c:pt idx="0">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+        </c:ser>
+      </c:pie3DChart>
+      <c:spPr>
+        <a:solidFill>
+          <a:srgbClr val="C0C0C0"/>
+        </a:solidFill>
+        <a:ln w="12700">
+          <a:solidFill>
+            <a:srgbClr val="808080"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </c:spPr>
+    </c:plotArea>
+    <c:legend>
+      <c:legendPos val="b"/>
+      <c:layout>
+        <c:manualLayout>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="3.5369774919614155E-2"/>
+          <c:y val="0.68260869565217441"/>
+          <c:w val="0.74276527331189757"/>
+          <c:h val="0.28695652173913055"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln w="3175">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="825" b="1" i="0" u="none" strike="noStrike" baseline="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </c:txPr>
+    </c:legend>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="zero"/>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="15875" cap="flat" cmpd="sng" algn="ctr">
+      <a:solidFill>
+        <a:srgbClr val="000000"/>
+      </a:solidFill>
+      <a:prstDash val="solid"/>
+      <a:miter lim="800000"/>
+      <a:headEnd type="none" w="med" len="med"/>
+      <a:tailEnd type="none" w="med" len="med"/>
+    </a:ln>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr sz="900" b="1" i="0" u="none" strike="noStrike" baseline="0">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Calibri"/>
+          <a:ea typeface="Calibri"/>
+          <a:cs typeface="Calibri"/>
+        </a:defRPr>
+      </a:pPr>
+      <a:endParaRPr lang="ru-RU"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1"/>
+</c:chartSpace>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -5406,51 +16815,51 @@
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -5578,75 +16987,90 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B3FA28E6-A595-419E-93F6-802110D44BBD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2552</Characters>
+  <Pages>11</Pages>
+  <Words>2265</Words>
+  <Characters>12911</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>107</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2922</CharactersWithSpaces>
+  <CharactersWithSpaces>15146</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>2</dc:creator>
+  <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>