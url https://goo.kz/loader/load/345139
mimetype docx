--- v0 (2025-12-06)
+++ v1 (2025-12-28)
@@ -1,6343 +1,4747 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00CD1609" w:rsidRPr="002177F8" w:rsidRDefault="002177F8" w:rsidP="00CD1609">
+    <w:p w:rsidR="00CD1609" w:rsidRPr="004B3CA1" w:rsidRDefault="00CD1609" w:rsidP="00CD1609">
       <w:pPr>
         <w:ind w:left="10620"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...21 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B3CA1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Павлодар</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> қаласы</w:t>
+        <w:t>УТВЕРЖДАЮ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002177F8" w:rsidRDefault="002177F8" w:rsidP="00CD1609">
+    <w:p w:rsidR="00CD1609" w:rsidRPr="004B3CA1" w:rsidRDefault="00CD1609" w:rsidP="00CD1609">
       <w:pPr>
         <w:ind w:left="10620"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="004B3CA1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>білім беру бөлімінің</w:t>
+        <w:t xml:space="preserve">Руководитель отдела                </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002177F8" w:rsidRPr="002177F8" w:rsidRDefault="002177F8" w:rsidP="00CD1609">
+    <w:p w:rsidR="00CD1609" w:rsidRPr="004B3CA1" w:rsidRDefault="00CD1609" w:rsidP="00CD1609">
       <w:pPr>
         <w:ind w:left="10620"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="004B3CA1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>басшысы</w:t>
+        <w:t>образования города Павлодара</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD1609" w:rsidRPr="002177F8" w:rsidRDefault="00CD1609" w:rsidP="00CD1609">
+    <w:p w:rsidR="00CD1609" w:rsidRPr="004B3CA1" w:rsidRDefault="00CD1609" w:rsidP="00CD1609">
       <w:pPr>
         <w:ind w:left="10620"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002177F8">
+      <w:r w:rsidRPr="004B3CA1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">___________Г. </w:t>
       </w:r>
-      <w:r w:rsidR="002177F8">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B3CA1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қ</w:t>
+        <w:t>Кадырбаева</w:t>
       </w:r>
-      <w:r w:rsidRPr="002177F8">
-[...8 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00CD1609" w:rsidRPr="002177F8" w:rsidRDefault="00CD1609" w:rsidP="00CD1609">
+    <w:p w:rsidR="00CD1609" w:rsidRPr="004B3CA1" w:rsidRDefault="00CD1609" w:rsidP="00CD1609">
       <w:pPr>
         <w:ind w:left="10620"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002177F8">
+      <w:r w:rsidRPr="004B3CA1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">«29» </w:t>
-[...29 lines deleted...]
-        <w:t>жыл</w:t>
+        <w:t>«29»  декабря 2017 года</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD1609" w:rsidRPr="002177F8" w:rsidRDefault="00CD1609" w:rsidP="00CD1609">
+    <w:p w:rsidR="00CD1609" w:rsidRPr="004B3CA1" w:rsidRDefault="00CD1609" w:rsidP="00CD1609">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CD1609" w:rsidRPr="002177F8" w:rsidRDefault="002177F8" w:rsidP="00CD1609">
+    <w:p w:rsidR="00CD1609" w:rsidRPr="004B3CA1" w:rsidRDefault="00CD1609" w:rsidP="00CD1609">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="004B3CA1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар қаласы білім беру бөлімінің 2018 жылғы ҚАҢТАР айына арналған жұмыс жоспары</w:t>
+        <w:t>План работы  отдела  образования на ЯНВАРЬ 2018 года</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD1609" w:rsidRPr="002177F8" w:rsidRDefault="00CD1609" w:rsidP="00CD1609">
+    <w:p w:rsidR="00CD1609" w:rsidRPr="004B3CA1" w:rsidRDefault="00CD1609" w:rsidP="00CD1609">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15480" w:type="dxa"/>
         <w:tblInd w:w="-252" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="786"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1795"/>
+        <w:gridCol w:w="900"/>
+        <w:gridCol w:w="9540"/>
+        <w:gridCol w:w="3060"/>
+        <w:gridCol w:w="1980"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidTr="00382F2E">
-[...2 lines deleted...]
-            <w:tcW w:w="786" w:type="dxa"/>
+      <w:tr w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002264A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">№ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="002264A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="002264A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002264A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9922" w:type="dxa"/>
+            <w:tcW w:w="9540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD1609" w:rsidRPr="002177F8" w:rsidRDefault="002177F8" w:rsidP="006A0C9F">
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+              </w:rPr>
+              <w:t>Мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="002177F8" w:rsidP="006A0C9F">
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="002264A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00CD1609" w:rsidRPr="002264A0">
+              </w:rPr>
+              <w:t xml:space="preserve">Ответственные </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-          <w:p w:rsidR="00CD1609" w:rsidRPr="002177F8" w:rsidRDefault="002177F8" w:rsidP="006A0C9F">
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Сроки</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Орындау мерзімдері</w:t>
+              </w:rPr>
+              <w:t>исполнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15480" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD1609" w:rsidRPr="00FE4BB0" w:rsidRDefault="00FE4BB0" w:rsidP="006A0C9F">
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Вопросы, выносимые на  совещания с руководителями школ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">О состоянии преступности среди несовершеннолетних по итогам  2017 года </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Бондаренко Р.Х.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Итоги областной  предметной олимпиады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Шаймурат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>А.Б.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Об итогах проверки документов претендентов на  аттестат с «Алтын </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Белг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-            </w:r>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>» в школах  города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Аубакирова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Б.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidTr="00382F2E">
-[...2 lines deleted...]
-            <w:tcW w:w="786" w:type="dxa"/>
+      <w:tr w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...15 lines deleted...]
-          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00960E51" w:rsidP="00960E51">
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...65 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Анализ  годовых планов  по государственным закупкам общеобразовательных школ и эффективности  планирования и использования бюджетных средств  на оплату коммунальных услуг по итогам 2017  года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Медиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Т.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidTr="00382F2E">
-[...2 lines deleted...]
-            <w:tcW w:w="786" w:type="dxa"/>
+      <w:tr w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002264A0">
-              <w:t>2</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00CD1609" w:rsidRPr="00960E51" w:rsidRDefault="00960E51" w:rsidP="00960E51">
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...47 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Об  итогах реализации программы превенции суицидов среди несовершеннолетних в организациях образования  города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00CD1609" w:rsidRPr="002264A0">
-[...3 lines deleted...]
-              <w:t>Шаймурат</w:t>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Шакенов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00CD1609" w:rsidRPr="002264A0">
-[...15 lines deleted...]
-            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> С.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidTr="00382F2E">
-[...2 lines deleted...]
-            <w:tcW w:w="786" w:type="dxa"/>
+      <w:tr w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002264A0">
-              <w:t>3</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="002B2F1F" w:rsidP="00083757">
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Об итогах мониторинга  деятельности  патронатных воспитателей, опекунов и попечителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002264A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Белг</w:t>
+              <w:t>Дюсембекова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002264A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...66 lines deleted...]
-            <w:tcW w:w="1795" w:type="dxa"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidTr="00382F2E">
-[...318 lines deleted...]
-            <w:tcW w:w="786" w:type="dxa"/>
+      <w:tr w:rsidR="002264A0" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002264A0" w:rsidRPr="002264A0" w:rsidRDefault="002264A0" w:rsidP="006A0C9F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9922" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="002264A0" w:rsidRPr="002264A0" w:rsidRDefault="00436D6F" w:rsidP="00436D6F">
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002264A0" w:rsidRPr="002264A0" w:rsidRDefault="002264A0" w:rsidP="006A0C9F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мониторинг </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t xml:space="preserve">реализации государственных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> услуг</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Л.П.</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> учреждениями общего среднего образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002264A0" w:rsidRDefault="002264A0" w:rsidP="002264A0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="002264A0" w:rsidRPr="002264A0" w:rsidRDefault="00C93629" w:rsidP="00C93629">
+              </w:rPr>
+              <w:t>Казанцева Л.П.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002264A0" w:rsidRPr="002264A0" w:rsidRDefault="002264A0" w:rsidP="002264A0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Р.Х.</w:t>
-[...18 lines deleted...]
-            <w:tcW w:w="1795" w:type="dxa"/>
+              <w:t>Бондаренко Р.Х.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002264A0" w:rsidRPr="002264A0" w:rsidRDefault="002264A0" w:rsidP="006A0C9F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidTr="00382F2E">
-[...2 lines deleted...]
-            <w:tcW w:w="786" w:type="dxa"/>
+      <w:tr w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="002264A0" w:rsidP="006A0C9F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9922" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00436D6F" w:rsidP="006A0C9F">
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Возврат на контроль. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>- Качество организации питания в школах города</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD1609" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>- Состояние работы по подготовке  выпускников школ города к итоговой аттестации (отчеты директоров школ)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="002264A0" w:rsidP="002264A0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...174 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>- Качество работы сайтов школ, организация работы со СМИ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Шакенов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> С.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CD1609" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Аубакирова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Б.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F130E" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:t>Шакенов</w:t>
+              </w:rPr>
+              <w:t>Адылханова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00CD1609" w:rsidRPr="002264A0">
-[...26 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1795" w:type="dxa"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б.И.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15480" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD1609" w:rsidRPr="003F3353" w:rsidRDefault="003F3353" w:rsidP="003F3353">
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003F3353">
+            <w:r w:rsidRPr="002264A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
                 <w:i/>
               </w:rPr>
-              <w:t>Мектеп</w:t>
-[...109 lines deleted...]
-              <w:t xml:space="preserve"> шығарылатын мәселелер</w:t>
+              <w:t>Вопросы, выносимые на  совещания руководителей дошкольных  учреждений</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidTr="00382F2E">
-[...2 lines deleted...]
-            <w:tcW w:w="786" w:type="dxa"/>
+      <w:tr w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002264A0">
-              <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9922" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00423133" w:rsidP="00423133">
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="00CD1609">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Анализ  годовых планов  по государственным закупкам и эффективности  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">планирования и использования бюджетных средств  на оплату коммунальных услуг по итогам 2017  года </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:t>мемлекеттік сатып алулар</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>дошкольных учреждени</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>ях</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRDefault="003F130E" w:rsidP="00891F9B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...40 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Медиева</w:t>
-            </w:r>
-[...255 lines deleted...]
-              <w:t>ры</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="00891F9B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Рахымжанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.М.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002264A0" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002264A0" w:rsidRPr="002264A0" w:rsidRDefault="002264A0" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:lastRenderedPageBreak/>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002264A0" w:rsidRPr="002264A0" w:rsidRDefault="002264A0" w:rsidP="000135E1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Состояние  работы методических  служб дошкольных учреждений  по повышению профессионального мастерства педагогов  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002264A0" w:rsidRPr="002264A0" w:rsidRDefault="002264A0" w:rsidP="00D10735">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Нургалиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.К.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002264A0" w:rsidRPr="002264A0" w:rsidRDefault="002264A0" w:rsidP="00D10735">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="002264A0" w:rsidRPr="002264A0" w:rsidRDefault="002264A0" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="00C53136">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қ</w:t>
-            </w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мониторинг </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">реализации государственных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> услуг</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  в дошкольных учреждениях</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="00C53136">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="003F130E">
-[...3 lines deleted...]
-              <w:t>бесова</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Крыкбесова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="003F130E">
-[...9 lines deleted...]
-            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidTr="00382F2E">
-[...2 lines deleted...]
-            <w:tcW w:w="786" w:type="dxa"/>
+      <w:tr w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9922" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="00BF07C9" w:rsidP="009D74D1">
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="009D74D1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Возврат на контроль. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="009D74D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
+              </w:rPr>
+              <w:t>Качество работы сайтов дошкольных учреждений, организация работы со СМИ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="009D74D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бақылауға қайтарым</w:t>
-[...11 lines deleted...]
-              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...67 lines deleted...]
-            <w:tcW w:w="1795" w:type="dxa"/>
+              <w:t>Крыкбесова Б.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15480" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="003F130E" w:rsidRPr="00113478" w:rsidRDefault="00113478" w:rsidP="00113478">
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00113478">
+            <w:r w:rsidRPr="002264A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...395 lines deleted...]
-            </w:pPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Вопросы, выносимые на  совещания руководителей внешкольных учреждений</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Мониторинг реализации государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Прием документов и зачисление в организации дополнительного образования для детей по предоставлению им дополнительного образования» внешкольными учреждениями города.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Касенуалиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="003F130E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Анализ  годовых планов  по государственным закупкам </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">внешкольных учреждений </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и эффективности  планирования и использования бюджетных средств  на оплату коммунальных услуг по итогам 2017  года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Медиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Т. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Мониторинг работы руководителей по повышению имиджа учреждения: работа сайтов, связь со СМИ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Касенуалиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="15480" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="000B35FF">
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002264A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve">II. </w:t>
-[...68 lines deleted...]
-              <w:t>қызмет</w:t>
+              <w:t>II. Контрольно-аналитическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15480" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="000E11CC">
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002264A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
-              <w:t>Т</w:t>
-[...53 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>Тематический мониторинг (общее среднее образование)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002177F8" w:rsidRPr="002264A0" w:rsidTr="00382F2E">
-[...4 lines deleted...]
-          <w:p w:rsidR="002177F8" w:rsidRPr="002264A0" w:rsidRDefault="002177F8" w:rsidP="006A0C9F">
+      <w:tr w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002264A0">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9922" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="002177F8" w:rsidRPr="00C8574E" w:rsidRDefault="00C8574E" w:rsidP="006A0C9F">
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C8574E">
-[...10 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Состояние работы в организациях образования по профилактике правонарушений среди несовершеннолетних</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002177F8" w:rsidRPr="002264A0" w:rsidRDefault="00C93629" w:rsidP="006A0C9F">
-[...28 lines deleted...]
-              <w:t>қаңтар</w:t>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Сектор  воспитательной работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C93629" w:rsidRPr="002264A0" w:rsidTr="00382F2E">
-[...4 lines deleted...]
-          <w:p w:rsidR="00C93629" w:rsidRPr="002264A0" w:rsidRDefault="00C93629" w:rsidP="006A0C9F">
+      <w:tr w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002264A0">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9922" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C93629" w:rsidRPr="002264A0" w:rsidRDefault="00C8574E" w:rsidP="006A0C9F">
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проверка документов претендентов на  аттестат с «Алтын </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Белг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002264A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қала мектептерінде </w:t>
-[...19 lines deleted...]
-              </w:rPr>
               <w:t>і</w:t>
             </w:r>
             <w:r w:rsidRPr="002264A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>» аттестат</w:t>
-[...12 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+              <w:t>» в школах  города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C93629" w:rsidRDefault="00C93629" w:rsidP="00C93629">
-[...25 lines deleted...]
-              <w:t>қаңтар</w:t>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Сектор  общего среднего образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C93629" w:rsidRPr="002264A0" w:rsidTr="00382F2E">
-[...4 lines deleted...]
-          <w:p w:rsidR="00C93629" w:rsidRPr="002264A0" w:rsidRDefault="00C93629" w:rsidP="006A0C9F">
+      <w:tr w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002264A0">
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9922" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C93629" w:rsidRPr="00C8574E" w:rsidRDefault="00C8574E" w:rsidP="00C8574E">
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C8574E">
-[...10 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Подготовка к итоговой аттестации  и единому национальному тестированию 2018  года выпускников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C93629" w:rsidRDefault="00C93629" w:rsidP="00C93629">
-[...69 lines deleted...]
-          <w:p w:rsidR="002177F8" w:rsidRPr="00C93629" w:rsidRDefault="002177F8" w:rsidP="00C93629">
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Сектор  общего среднего образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Деятельность  патронатных воспитателей, опекунов и попечителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сектор </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>опе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:t>еки ости«Звезда пашевнав СМИ по итогам 2017 года</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:vanish/>
+              </w:rPr>
+              <w:pgNum/>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>ки</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и попечительства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2817"/>
+                <w:tab w:val="right" w:pos="3512"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="00891F9B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002264A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:vanish/>
-[...595 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t>Анализ  годовых планов  по государственным закупкам общеобразовательных школ</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...56 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>эффективности  планирования и использования бюджетных средств  на оплату коммунальных услуг по итогам 2017  года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002177F8" w:rsidRPr="002264A0" w:rsidRDefault="00852898" w:rsidP="006A0C9F">
-[...43 lines deleted...]
-              <w:t>қаңтар</w:t>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Сектор экономического анализа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2817"/>
+                <w:tab w:val="right" w:pos="3512"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002177F8" w:rsidRPr="002264A0" w:rsidTr="00382F2E">
-[...4 lines deleted...]
-          <w:p w:rsidR="002177F8" w:rsidRPr="002264A0" w:rsidRDefault="002177F8" w:rsidP="006A0C9F">
+      <w:tr w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002264A0">
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9922" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="002177F8" w:rsidRPr="008259F9" w:rsidRDefault="002C542B" w:rsidP="008259F9">
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...31 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Деятельность школ города по обеспечению   всеобуча.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="002177F8" w:rsidRPr="002264A0" w:rsidRDefault="00852898" w:rsidP="006A0C9F">
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...21 lines deleted...]
-              <w:t>қаңтар</w:t>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Отдел воспитательной работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15480" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="002C542B" w:rsidP="002C542B">
+          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002264A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
-              <w:t>Т</w:t>
+              <w:t>Тематический мониторинг (дошкольное  образование)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="00CD709C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Анализ  годовых планов  по государственным закупкам </w:t>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">эффективности  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">планирования и использования бюджетных средств  на оплату коммунальных услуг по итогам 2017  года </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в дошкольных учреждениях</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="00CD709C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Сектор экономического </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>анализа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="00CD709C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:lastRenderedPageBreak/>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Качество работы сайтов дошкольных учреждений, организация работы со СМИ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Сектор дошкольных учреждений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Состояние  работы методических  служб дошкольных учреждений  по повышению профессионального мастерства педагогов  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Сектор дошкольных учреждений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15480" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002264A0">
+              </w:rPr>
+              <w:t>Тематический мониторинг (дополнительное  образование)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Мониторинг реализации государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Прием документов и зачисление в организации дополнительного образования для детей по предоставлению им дополнительного образования» внешкольными учреждениями города.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Сектор воспитательной работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="00891F9B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Анализ  годовых планов  по государственным закупкам </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">эффективности  планирования и использования бюджетных средств  на оплату коммунальных услуг по итогам 2017  года </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> во  внешкольных  учреждениях</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Сектор экономического анализа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Мониторинг работы руководителей по повышению имиджа учреждения: работа сайтов, связь со СМИ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Сектор воспитательной работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15480" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve"> мониторинг </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003F130E" w:rsidRPr="002264A0">
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
-              <w:t>(</w:t>
-            </w:r>
+              <w:t>Заседания  экспертного совета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Организационное заседание городского экспертного совета по инновационной деятельности дошкольных учреждений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Сектор дошкольных учреждений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...5 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              </w:rPr>
+              <w:t>Отчет по инновационной  деятельности ГУ «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Средняя общеобразовательная профильная школа дифференцированного обучения № 17</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...22 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Сектор общего среднего образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>18.01.2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidTr="00382F2E">
-[...406 lines deleted...]
-      <w:tr w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+      <w:tr w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15480" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="002E58B6" w:rsidP="002E58B6">
-[...646 lines deleted...]
-          <w:p w:rsidR="003F130E" w:rsidRPr="00FA6BDD" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FA6BDD">
+            <w:r w:rsidRPr="002264A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve">III. </w:t>
-[...8 lines deleted...]
-              <w:t>Нұсқаулық-әдістемелік жұмыс</w:t>
+              <w:t>III. Инструктивно-методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+      <w:tr w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15480" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="003F130E" w:rsidRPr="00FA6BDD" w:rsidRDefault="00FA6BDD" w:rsidP="006A0C9F">
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FA6BDD">
+            <w:r w:rsidRPr="002264A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Семинары-совещания, методические мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="00CD1609">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Семинар по подготовке и проведению аттестации педагогических работников организаций образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Отдел организационно-кадровой работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>11.01.2017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15480" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>Семинар</w:t>
-[...214 lines deleted...]
-            <w:r w:rsidRPr="00E04AFE">
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve">IV. </w:t>
-[...28 lines deleted...]
-              <w:t>ұқаралық шаралар</w:t>
+              <w:t>IV. Организационные и массовые мероприятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+      <w:tr w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15480" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="003F130E" w:rsidRPr="00E04AFE" w:rsidRDefault="00E04AFE" w:rsidP="006A0C9F">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00E04AFE">
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
+              </w:rPr>
+              <w:t>Массовые мероприятия с учащимися школ города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қала мектептерінің оқушыларымен бұқаралық шаралар</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Областная предметная олимпиада школьников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Сектор  общего среднего образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5-7.01.2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>на базе школы-лицея № 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidTr="00382F2E">
-[...17 lines deleted...]
-          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="008D6A74" w:rsidP="008D6A74">
+      <w:tr w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация занятости школьников в период </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">зимних </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>каникул</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Руководители учреждений образования, сектор </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>воспитательной работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Оқушылардың облыстық пәндер олимпиадасы</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="001C6430" w:rsidP="006A0C9F">
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3-7.01.2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:lastRenderedPageBreak/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Городские соревнования по робототехнике</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Павлодар Дарыны», школы города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Жалпы орта білім  секторы</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+              <w:t xml:space="preserve">24-25 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002264A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>5-7.01.2018</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+              <w:t>январ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002264A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>№ 16</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002177F8">
+              <w:t>Городской конкурс «Әй, жарайсың !» среди команд учащихся школ с русским языком обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> мектеп-лицейінің </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002177F8">
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Сектор  общего среднего образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>базасында</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">январь-февраль </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidTr="00382F2E">
-[...311 lines deleted...]
-          <w:p w:rsidR="003F130E" w:rsidRPr="002264A0" w:rsidRDefault="003F130E" w:rsidP="006A0C9F">
+      <w:tr w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002264A0">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9922" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003F130E" w:rsidRPr="00B65A08" w:rsidRDefault="00B65A08" w:rsidP="006A0C9F">
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B65A08">
-[...10 lines deleted...]
-              <w:t>«</w:t>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Конкурс детского творчества «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B65A08">
+            <w:r w:rsidRPr="002264A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Балауса</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B65A08">
-[...38 lines deleted...]
-          <w:p w:rsidR="003F130E" w:rsidRPr="00582BB9" w:rsidRDefault="00582BB9" w:rsidP="006A0C9F">
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» по жанрам </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Сектор воспитательной работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>январь-март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidTr="00025150">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006B51B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Акция «Забота»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006B51B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Сектор воспитательной работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006B51B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidTr="006A0C9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006A0C9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006B51B7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...140 lines deleted...]
-          <w:p w:rsidR="00582BB9" w:rsidRPr="00B65A08" w:rsidRDefault="00B65A08" w:rsidP="00B65A08">
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Городской конкурс «Веселые старты» среди воспитанников детских садов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006B51B7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B65A08">
-[...74 lines deleted...]
-              <w:t>қаңтар</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3060" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006B51B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Сектор дошкольных учреждений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686F61" w:rsidRPr="002264A0" w:rsidRDefault="00686F61" w:rsidP="006B51B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002264A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00CD1609" w:rsidRPr="002264A0" w:rsidRDefault="00CD1609" w:rsidP="00CD1609">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00821BDD" w:rsidRPr="002264A0" w:rsidRDefault="00821BDD"/>
     <w:sectPr w:rsidR="00821BDD" w:rsidRPr="002264A0" w:rsidSect="002235FD">
-      <w:footerReference w:type="even" r:id="rId8"/>
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A46A35" w:rsidRDefault="00A46A35" w:rsidP="009F4A86">
+    <w:p w:rsidR="0013348E" w:rsidRDefault="0013348E" w:rsidP="009F4A86">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A46A35" w:rsidRDefault="00A46A35" w:rsidP="009F4A86">
+    <w:p w:rsidR="0013348E" w:rsidRDefault="0013348E" w:rsidP="009F4A86">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00B810F2" w:rsidRDefault="00BD3C99" w:rsidP="00C30866">
+  <w:p w:rsidR="00B810F2" w:rsidRDefault="00CE7059" w:rsidP="00C30866">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a5"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a5"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00CD1609">
       <w:rPr>
         <w:rStyle w:val="a5"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a5"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00B810F2" w:rsidRDefault="00A46A35" w:rsidP="00875770">
+  <w:p w:rsidR="00B810F2" w:rsidRDefault="0013348E" w:rsidP="00875770">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00B810F2" w:rsidRDefault="00BD3C99" w:rsidP="00C30866">
+  <w:p w:rsidR="00B810F2" w:rsidRDefault="00CE7059" w:rsidP="00C30866">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a5"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a5"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00CD1609">
       <w:rPr>
         <w:rStyle w:val="a5"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a5"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00B65A08">
+    <w:r w:rsidR="00686F61">
       <w:rPr>
         <w:rStyle w:val="a5"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a5"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00B810F2" w:rsidRDefault="00A46A35" w:rsidP="00875770">
+  <w:p w:rsidR="00B810F2" w:rsidRDefault="0013348E" w:rsidP="00875770">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A46A35" w:rsidRDefault="00A46A35" w:rsidP="009F4A86">
+    <w:p w:rsidR="0013348E" w:rsidRDefault="0013348E" w:rsidP="009F4A86">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A46A35" w:rsidRDefault="00A46A35" w:rsidP="009F4A86">
+    <w:p w:rsidR="0013348E" w:rsidRDefault="0013348E" w:rsidP="009F4A86">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="5C4D390C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C792DF52"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -6418,101 +4822,63 @@
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="93"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00CD1609"/>
-    <w:rsid w:val="00066055"/>
-[...5 lines deleted...]
-    <w:rsid w:val="002177F8"/>
+    <w:rsid w:val="0013348E"/>
     <w:rsid w:val="002264A0"/>
-    <w:rsid w:val="002B2F1F"/>
-    <w:rsid w:val="002C542B"/>
     <w:rsid w:val="002E2CAE"/>
-    <w:rsid w:val="002E58B6"/>
-    <w:rsid w:val="00382F2E"/>
     <w:rsid w:val="003C7DDF"/>
     <w:rsid w:val="003F130E"/>
-    <w:rsid w:val="003F3353"/>
-[...4 lines deleted...]
-    <w:rsid w:val="0060370C"/>
+    <w:rsid w:val="00686F61"/>
     <w:rsid w:val="00821BDD"/>
-    <w:rsid w:val="008259F9"/>
-    <w:rsid w:val="00852898"/>
     <w:rsid w:val="00891F9B"/>
-    <w:rsid w:val="008D6A74"/>
-    <w:rsid w:val="008E04F1"/>
     <w:rsid w:val="008E2819"/>
-    <w:rsid w:val="008F542F"/>
-    <w:rsid w:val="00960E51"/>
     <w:rsid w:val="009F4A86"/>
-    <w:rsid w:val="00A32D8F"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00C93629"/>
     <w:rsid w:val="00CD1609"/>
-    <w:rsid w:val="00D4448E"/>
-    <w:rsid w:val="00DE1205"/>
+    <w:rsid w:val="00CE7059"/>
     <w:rsid w:val="00DF78AE"/>
-    <w:rsid w:val="00E04AFE"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00FE4BB0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -6758,51 +5124,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Основной текст 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
     <w:rsid w:val="00CD1609"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7044,91 +5410,75 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>5770</Characters>
+  <Pages>1</Pages>
+  <Words>951</Words>
+  <Characters>5426</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>48</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>45</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6769</CharactersWithSpaces>
+  <CharactersWithSpaces>6365</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>