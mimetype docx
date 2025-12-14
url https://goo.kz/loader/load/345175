--- v0 (2025-12-14)
+++ v1 (2025-12-14)
@@ -386,86 +386,76 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Установление опеки или попечительства над ребенком-сиротой </w:t>
       </w:r>
       <w:r w:rsidR="00A50BB8" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="008E115F" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>(детьми-сиротами) и ребенком (детьми)</w:t>
+        <w:t xml:space="preserve">(детьми-сиротами) и ребенком (детьми), оставшимся </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00AB5E32" w:rsidRDefault="008E115F" w:rsidP="00731022">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>без попечения родителей</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="008E115F" w:rsidRPr="00AB5E32">
-[...31 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00386B20" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00386B20" w:rsidRPr="00AB5E32" w:rsidRDefault="00386B20" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00386B20" w:rsidRPr="00AB5E32" w:rsidRDefault="00386B20" w:rsidP="00731022">
@@ -730,71 +720,51 @@
       <w:r w:rsidR="00F078B8" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">и </w:t>
       </w:r>
       <w:r w:rsidR="00DF191A" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">городов областного значения </w:t>
       </w:r>
       <w:r w:rsidR="00386B20" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">(далее – </w:t>
-[...19 lines deleted...]
-        <w:t>).</w:t>
+        <w:t>(далее – услугодатель).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00386B20" w:rsidRPr="00AB5E32" w:rsidRDefault="00386B20" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
@@ -812,126 +782,86 @@
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> услуг</w:t>
       </w:r>
       <w:r w:rsidR="008F176D" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> осуществляются </w:t>
-[...19 lines deleted...]
-        <w:t>:</w:t>
+        <w:t xml:space="preserve"> осуществляются через:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005418C0" w:rsidRPr="00AB5E32" w:rsidRDefault="00875061" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r w:rsidR="005418C0" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">канцелярию </w:t>
-[...19 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>канцелярию услугодателя:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00386B20" w:rsidRPr="00AB5E32" w:rsidRDefault="008E7EC6" w:rsidP="00E868A9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
@@ -1114,69 +1044,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r w:rsidR="00386B20" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">с момента сдачи документов </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005418C0" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>услугодателю</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">услугодателю, </w:t>
       </w:r>
       <w:r w:rsidR="000D510F" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">в </w:t>
       </w:r>
       <w:r w:rsidR="00386B20" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">ЦОН, а также </w:t>
       </w:r>
       <w:r w:rsidR="00A73DC4" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
@@ -1304,70 +1223,68 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>максимально допустимое врем</w:t>
       </w:r>
       <w:r w:rsidR="00F54AE0" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">я ожидания для сдачи документов </w:t>
       </w:r>
       <w:r w:rsidR="00FA7709" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">у </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F54AE0" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>услугодател</w:t>
       </w:r>
       <w:r w:rsidR="00FA7709" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>я</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F257B2" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F54AE0" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>или</w:t>
       </w:r>
       <w:r w:rsidR="00F257B2" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
@@ -1402,71 +1319,51 @@
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">3) </w:t>
       </w:r>
       <w:r w:rsidR="00386B20" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">максимально допустимое время обслуживания </w:t>
       </w:r>
       <w:r w:rsidR="000B640D" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">у </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">у услугодателя </w:t>
       </w:r>
       <w:r w:rsidR="00386B20" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00FA7709" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                     </w:t>
       </w:r>
       <w:r w:rsidR="000B640D" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
@@ -1602,69 +1499,58 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Результат оказания государственной услуги –</w:t>
       </w:r>
       <w:r w:rsidR="00875061" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00291F09" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">постановление </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000D510F" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>акимата</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">акимата </w:t>
       </w:r>
       <w:r w:rsidR="008D2A8E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">города Астаны, района и </w:t>
       </w:r>
       <w:r w:rsidR="000D510F" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>города</w:t>
       </w:r>
       <w:r w:rsidR="008D2A8E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
@@ -1813,154 +1699,74 @@
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Форма предоставления результата оказания государственной услуги – электронная и (или) бумажная.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E372F2" w:rsidRPr="00AB5E32" w:rsidRDefault="00E372F2" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">В случае обращения </w:t>
-[...39 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>В случае обращения услугополучателя за результатом оказания государственной услуги на бумажном носителе результат оказания государственной услуги оформляется в электронной форме, распечатывается, заверяется печатью и подписью уполномоченного лица услугодателя.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007F1FF4" w:rsidRPr="00AB5E32" w:rsidRDefault="003215BD" w:rsidP="007F1FF4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">На портале результат оказания государственной услуги направляется и хранится в «личном кабинете» </w:t>
-[...39 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>На портале результат оказания государственной услуги направляется и хранится в «личном кабинете» услугополучателя в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица услугодателя.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00386B20" w:rsidRPr="00AB5E32" w:rsidRDefault="007F1FF4" w:rsidP="007F1FF4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">7. </w:t>
       </w:r>
       <w:r w:rsidR="00386B20" w:rsidRPr="00AB5E32">
@@ -1977,69 +1783,58 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">физическим лицам </w:t>
       </w:r>
       <w:r w:rsidR="000D510F" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                              (далее –</w:t>
       </w:r>
       <w:r w:rsidR="00B71124" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000D510F" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>услугополучатель</w:t>
-[...9 lines deleted...]
-        <w:t>) бесплатно</w:t>
+        <w:t>услугополучатель) бесплатно</w:t>
       </w:r>
       <w:r w:rsidR="00A002A3" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00386B20" w:rsidRPr="00AB5E32" w:rsidRDefault="001D3060" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
@@ -2067,69 +1862,58 @@
     <w:p w:rsidR="007D1EBD" w:rsidRPr="00AB5E32" w:rsidRDefault="001D3060" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007D1EBD" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>услугодателя</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">: с понедельника по пятницу включительно, </w:t>
+        <w:t xml:space="preserve">услугодателя: с понедельника по пятницу включительно, </w:t>
       </w:r>
       <w:r w:rsidR="00BB6C4E" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">с 9.00 до 18.30 часов, с перерывом на обед </w:t>
       </w:r>
       <w:r w:rsidR="00256011" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>с 13.00 часов до 14.</w:t>
       </w:r>
       <w:r w:rsidR="00EF05C8" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
@@ -2360,63 +2144,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Прием осуществляется в порядке «электронной» очереди</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">по месту регистрации </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>по месту регистрации услугополучателя</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>без ускоренного обслуживания, возможно «бронирование» электронной очереди посредством портала</w:t>
       </w:r>
       <w:r w:rsidR="00713208" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
@@ -2434,71 +2207,51 @@
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">3) </w:t>
       </w:r>
       <w:r w:rsidR="00A1624E" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
+        <w:t xml:space="preserve">портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
       </w:r>
       <w:r w:rsidR="00A1624E" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>трудовому законодательству Республики Казахстан, прием заявлени</w:t>
       </w:r>
       <w:r w:rsidR="004C5FE7" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>я и выдача результата</w:t>
       </w:r>
       <w:r w:rsidR="00A1624E" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -2517,115 +2270,84 @@
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">9. </w:t>
       </w:r>
       <w:r w:rsidR="00386B20" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
-[...19 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Перечень документов, необходимых для оказания государственной услуги при обращении услугополучателя:</w:t>
       </w:r>
       <w:r w:rsidR="00E74196" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AB037A" w:rsidRPr="00AB5E32" w:rsidRDefault="00AB037A" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">к </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>к услугодателю</w:t>
+      </w:r>
       <w:r w:rsidR="00BF105C" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> и ЦОН</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007722D7" w:rsidRPr="00AB5E32" w:rsidRDefault="001D3060" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
@@ -2769,61 +2491,59 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">документ, </w:t>
       </w:r>
       <w:r w:rsidR="000F3DAE" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>удостовер</w:t>
       </w:r>
       <w:r w:rsidR="00B56BFF" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">яющий личность </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C51C60" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>услугополучателя</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BF105C" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> (требуется для идентификации личности)</w:t>
       </w:r>
       <w:r w:rsidR="000F3DAE" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C01F82" w:rsidRPr="00AB5E32" w:rsidRDefault="001D3060" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
@@ -2831,71 +2551,51 @@
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">3) </w:t>
       </w:r>
       <w:r w:rsidR="00CD06AA" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>нотариально заверенное согласие супруг</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">-и), </w:t>
+        <w:t xml:space="preserve">нотариально заверенное согласие супруга(-и), </w:t>
       </w:r>
       <w:r w:rsidR="008D2A8E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>в случае если</w:t>
       </w:r>
       <w:r w:rsidR="00CD06AA" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> состоит в браке</w:t>
       </w:r>
       <w:r w:rsidR="0053208D" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
@@ -2913,91 +2613,51 @@
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">4) </w:t>
       </w:r>
       <w:r w:rsidR="00A010B7" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">справки о состоянии здоровья </w:t>
-[...39 lines deleted...]
-        <w:t>-и), если состоит в браке, подтверждающей отсутствие заболеваний в соответствии с подпунктом 6) части 1 статьи 91 Кодекса, а также справки об отсутствии сведений о состоянии на учете в наркологическом и психиатрическом диспансерах по форме, утвержденной приказом и</w:t>
+        <w:t>справки о состоянии здоровья услугополучателя и супруга(-и), если состоит в браке, подтверждающей отсутствие заболеваний в соответствии с подпунктом 6) части 1 статьи 91 Кодекса, а также справки об отсутствии сведений о состоянии на учете в наркологическом и психиатрическом диспансерах по форме, утвержденной приказом и</w:t>
       </w:r>
       <w:r w:rsidR="002E4936" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">сполняющего </w:t>
       </w:r>
       <w:r w:rsidR="00A010B7" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>о</w:t>
       </w:r>
       <w:r w:rsidR="002E4936" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
@@ -3248,61 +2908,59 @@
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">7) </w:t>
       </w:r>
       <w:r w:rsidR="002A1DC6" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">нотариально заверенное заявление </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008D2A8E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>услугополучателя</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002A1DC6" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="008D2A8E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">в случае если </w:t>
       </w:r>
       <w:r w:rsidR="002A1DC6" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
@@ -3483,99 +3141,68 @@
     </w:p>
     <w:p w:rsidR="005E5170" w:rsidRPr="00AB5E32" w:rsidRDefault="005E5170" w:rsidP="005E5170">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="001D3060" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">9) </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>копия документов, подтверждающих факт отсутствия попечения над ребенком единственного или обоих родителей (свидетельство о смерти, решение суда о лишении родителей родительских прав, ограничении их в родительских правах, признании родителей безвестно отсутствующими, недееспособными (ограниченно дееспособными), объявлении их умершими, приговор суда об отбывании родителями наказания в местах лишения свободы, документы, подтверждающие розыск родителей, отобрание ребенка (детей) у родителей, нахождение родителей на</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> в орга</w:t>
+        <w:t>копия документов, подтверждающих факт отсутствия попечения над ребенком единственного или обоих родителей (свидетельство о смерти, решение суда о лишении родителей родительских прав, ограничении их в родительских правах, признании родителей безвестно отсутствующими, недееспособными (ограниченно дееспособными), объявлении их умершими, приговор суда об отбывании родителями наказания в местах лишения свободы, документы, подтверждающие розыск родителей, отобрание ребенка (детей) у родителей, нахождение родителей на длительном лечении в орга</w:t>
       </w:r>
       <w:r w:rsidR="00E868A9" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>низациях здравоохранения, акт о</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> подкидывании ребенка (детей), заявление об отказе от ребенка (детей));</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009E64B6" w:rsidRPr="00AB5E32" w:rsidRDefault="001D3060" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
@@ -3668,73 +3295,51 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>услуги</w:t>
       </w:r>
       <w:r w:rsidR="00CA5565" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> выданн</w:t>
       </w:r>
       <w:r w:rsidR="00DC37D8" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">ая органом </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> функции по опеке и попечительству</w:t>
+        <w:t>ая органом осуществляющий функции по опеке и попечительству</w:t>
       </w:r>
       <w:r w:rsidR="009E64B6" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004029D1" w:rsidRPr="00AB5E32" w:rsidRDefault="00503935" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
@@ -3775,78 +3380,67 @@
       <w:r w:rsidR="0093261F" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>а с места учебы ребенка (детей).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D86668" w:rsidRPr="00AB5E32" w:rsidRDefault="00D86668" w:rsidP="00731022">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Предоставление свидетельства о рождении ребенка (детей), справки с места учебы ребенка (детей), </w:t>
       </w:r>
       <w:r w:rsidR="00C24E9F" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>документов, подтверждающих факт отсутствия попечения над ребенком единственного или обоих родителей (свидетельство о смерти, решение суда о лишении родителей родительских прав, ограничении их в родительских правах, признании родителей безвестно отсутствующими, недееспособными (ограниченно дееспособными), объявлении их умершими, приговор суда об отбывании родителями наказания в местах лишения свободы, документы, подтверждающие</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> розыск родителей, отобрание ребенка (детей) у родителей, нахождение родителей на длительном лечении в организациях здравоохранения, акт о подкидывании ребенка (детей), заявление об отказе от ребенка (детей))</w:t>
+        <w:t>документов, подтверждающих факт отсутствия попечения над ребенком единственного или обоих родителей (свидетельство о смерти, решение суда о лишении родителей родительских прав, ограничении их в родительских правах, признании родителей безвестно отсутствующими, недееспособными (ограниченно дееспособными), объявлении их умершими, приговор суда об отбывании родителями наказания в местах лишения свободы, документы, подтверждающие розыск родителей, отобрание ребенка (детей) у родителей, нахождение родителей на длительном лечении в организациях здравоохранения, акт о подкидывании ребенка (детей), заявление об отказе от ребенка (детей))</w:t>
       </w:r>
       <w:r w:rsidR="00FB4793" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>не требуются</w:t>
       </w:r>
       <w:r w:rsidR="0093261F" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
@@ -3896,117 +3490,77 @@
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r w:rsidR="009333DE" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">запрос в форме электронного документа, удостоверенный ЭЦП </w:t>
-[...19 lines deleted...]
-        <w:t>;</w:t>
+        <w:t>запрос в форме электронного документа, удостоверенный ЭЦП услугополучателя;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00665576" w:rsidRPr="00AB5E32" w:rsidRDefault="00665576" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>2) электронная копия нотариально заверенного согласия супруг</w:t>
-[...19 lines deleted...]
-        <w:t>-и)</w:t>
+        <w:t>2) электронная копия нотариально заверенного согласия супруга(-и)</w:t>
       </w:r>
       <w:r w:rsidR="00863FB7" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00863FB7" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
@@ -4087,91 +3641,51 @@
       <w:r w:rsidR="00863FB7" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r w:rsidR="006F605C" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00863FB7" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">справок о состоянии здоровья </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve">-и), если состоит в браке, подтверждающей отсутствие заболеваний в соответствии с подпунктом 6) части 1 статьи 91 Кодекса, а также справки об отсутствии сведений о состоянии на учете в наркологическом и психиатрическом диспансерах по форме, </w:t>
+        <w:t xml:space="preserve">справок о состоянии здоровья услугополучателя и супруга(-и), если состоит в браке, подтверждающей отсутствие заболеваний в соответствии с подпунктом 6) части 1 статьи 91 Кодекса, а также справки об отсутствии сведений о состоянии на учете в наркологическом и психиатрическом диспансерах по форме, </w:t>
       </w:r>
       <w:r w:rsidR="00701945" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>в соответствии с</w:t>
       </w:r>
       <w:r w:rsidR="00863FB7" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> приказом </w:t>
       </w:r>
       <w:r w:rsidR="0093261F" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
@@ -4331,73 +3845,51 @@
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">6) </w:t>
       </w:r>
       <w:r w:rsidR="006F605C" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">электронная копия </w:t>
       </w:r>
       <w:r w:rsidR="00E14DEC" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">нотариально заверенного заявления </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">нотариально заверенного заявления услугополучателя </w:t>
       </w:r>
       <w:r w:rsidR="002003B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">в случае </w:t>
       </w:r>
       <w:r w:rsidR="00E14DEC" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>если не состоит в браке;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00665576" w:rsidRPr="00AB5E32" w:rsidRDefault="00665576" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
@@ -4505,127 +3997,88 @@
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00950A99" w:rsidRPr="00AB5E32" w:rsidRDefault="00950A99" w:rsidP="00950A99">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="0001649C" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00E868A9" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">электронная </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>копия документов, подтверждающих факт отсутствия попечения над ребенком единственного или обоих родителей (свидетельство о смерти, решение суда о лишении родителей родительских прав, ограничении их в родительских правах, признании родителей безвестно отсутствующими, недееспособными (ограниченно дееспособными), объявлении их умершими, приговор суда об отбывании родителями наказания в местах лишения свободы, документы, подтверждающие розыск родителей, отобрание ребенка (детей) у родителей, нахождение родителей</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> на длительном лечении в организациях </w:t>
+        <w:t xml:space="preserve">копия документов, подтверждающих факт отсутствия попечения над ребенком единственного или обоих родителей (свидетельство о смерти, решение суда о лишении родителей родительских прав, ограничении их в родительских правах, признании родителей безвестно отсутствующими, недееспособными (ограниченно дееспособными), объявлении их умершими, приговор суда об отбывании родителями наказания в местах лишения свободы, документы, подтверждающие розыск родителей, отобрание ребенка (детей) у родителей, нахождение родителей на длительном лечении в организациях </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">здравоохранения, акт </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> подкидывании ребенка (детей), заявление об отказе от ребенка (детей));</w:t>
+        <w:t>здравоохранения, акт об подкидывании ребенка (детей), заявление об отказе от ребенка (детей));</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D641BC" w:rsidRPr="00AB5E32" w:rsidRDefault="00375383" w:rsidP="00950A99">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
@@ -4685,73 +4138,51 @@
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ка (детей) и их местонахождении</w:t>
       </w:r>
       <w:r w:rsidR="00CA5565" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>, выданн</w:t>
       </w:r>
       <w:r w:rsidR="005220BD" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">ая органом </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> функции по опеке и попечительству</w:t>
+        <w:t>ая органом осуществляющий функции по опеке и попечительству</w:t>
       </w:r>
       <w:r w:rsidR="00D641BC" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006F605C" w:rsidRPr="00AB5E32" w:rsidRDefault="001D3060" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
@@ -4810,580 +4241,461 @@
     <w:p w:rsidR="00AA563B" w:rsidRPr="00AB5E32" w:rsidRDefault="00AA563B" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">На портале прием электронного запроса осуществляется в «личном кабинете» </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>На портале прием электронного запроса осуществляется в «личном кабинете» услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A91CE0" w:rsidRPr="00AB5E32" w:rsidRDefault="00A91CE0" w:rsidP="00731022">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Прикрепление электронных копий свидетельств</w:t>
+      </w:r>
+      <w:r w:rsidR="008A3871" w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о рождении ребенка (в случае рождения ребенка до 13 августа 2007 года), </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE19E2" w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">документов, подтверждающих факт отсутствия попечения над ребенком единственного или обоих родителей (свидетельство о смерти, решение суда о лишении родителей родительских прав, ограничении их в родительских правах, признании родителей безвестно отсутствующими, недееспособными (ограниченно дееспособными), объявлении их умершими, приговор суда об отбывании родителями наказания в местах лишения свободы, документы, подтверждающие розыск родителей, отобрание ребенка (детей) у родителей, нахождение родителей на длительном лечении в организациях здравоохранения, акт о подкидывании ребенка (детей), заявление об отказе от ребенка (детей)) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>не требуется в случа</w:t>
+      </w:r>
+      <w:r w:rsidR="00E868A9" w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проживания ребенка в организациях для детей-сирот и детей, оставшихся без попечения родителей. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C42387" w:rsidRPr="00AB5E32" w:rsidRDefault="00C42387" w:rsidP="00731022">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сведения </w:t>
+      </w:r>
+      <w:r w:rsidR="008A3871" w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документ</w:t>
+      </w:r>
+      <w:r w:rsidR="008A3871" w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, удостоверяющих личность, </w:t>
+      </w:r>
+      <w:r w:rsidR="008A3871" w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">свидетельстве о </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рождени</w:t>
+      </w:r>
+      <w:r w:rsidR="008A3871" w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ребенка (в случае рождения ребенка после 13 августа 2007 года), </w:t>
+      </w:r>
+      <w:r w:rsidR="008A3871" w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>свидетельств</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA563B" w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="008A3871" w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заключени</w:t>
+      </w:r>
+      <w:r w:rsidR="008A3871" w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> брака (</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>услугополучателя</w:t>
-[...13 lines deleted...]
-    <w:p w:rsidR="00A91CE0" w:rsidRPr="00AB5E32" w:rsidRDefault="00A91CE0" w:rsidP="00731022">
+        <w:t>в случае заключения брака до 2008 года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="0068281E" w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, подтверждающих право собственности на жилище или право пользования жилищем, </w:t>
+      </w:r>
+      <w:r w:rsidR="008A3871" w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>справки о наличии либо отсутствии сведений по учетам Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан о совершении лицом преступления</w:t>
+      </w:r>
+      <w:r w:rsidR="0068281E" w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, а также супруга</w:t>
+      </w:r>
+      <w:r w:rsidR="008A3871" w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(-и)</w:t>
+      </w:r>
+      <w:r w:rsidR="0068281E" w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA563B" w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЦОН и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель получает из соответствующих государственных информационных систем через шлюз «электронного правительства».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00665576" w:rsidRPr="00AB5E32" w:rsidRDefault="00665576" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...176 lines deleted...]
-        <w:t>свидетельств</w:t>
+      <w:r w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Услугополучатель дает согласие </w:t>
       </w:r>
       <w:r w:rsidR="00AA563B" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>е</w:t>
-[...200 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">ЦОН или </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>услуго</w:t>
       </w:r>
       <w:r w:rsidR="0022312A" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>дателю</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AA563B" w:rsidRPr="00AB5E32" w:rsidRDefault="00AA563B" w:rsidP="00AA563B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">При приеме документов через </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B04973" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>услугодателя</w:t>
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> выдается расписка о приеме соответствующих документов с указанием:</w:t>
+        <w:t xml:space="preserve">услугодателя или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ЦОН услугополучателю выдается расписка о приеме соответствующих документов с указанием:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AA563B" w:rsidRPr="00AB5E32" w:rsidRDefault="00AA563B" w:rsidP="00AA563B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t>номера и даты приема запроса;</w:t>
@@ -5466,302 +4778,180 @@
     </w:p>
     <w:p w:rsidR="00AA563B" w:rsidRPr="00AB5E32" w:rsidRDefault="00AA563B" w:rsidP="00AA563B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">фамилии, имени, отчество (при его наличии) работника ЦОН, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00893767">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>услугодателя</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">услугодателя </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>принявшего заявление на оформление документов;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AA563B" w:rsidRPr="00AB5E32" w:rsidRDefault="00AA563B" w:rsidP="00AA563B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:tab/>
-        <w:t xml:space="preserve">фамилии, имени, отчество (при его наличии) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> и его контактные телефоны.</w:t>
+        <w:t>фамилии, имени, отчество (при его наличии) услугополучателя и его контактные телефоны.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00665576" w:rsidRPr="00AB5E32" w:rsidRDefault="00665576" w:rsidP="003F2226">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">В ЦОН выдача готовых документов осуществляется на основании расписки о приеме документов при предъявлении удостоверения личности (либо его представителя по нотариально заверенной доверенности). </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00665576" w:rsidRPr="00AB5E32" w:rsidRDefault="00665576" w:rsidP="003F2226">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">ЦОН обеспечивает хранение результата в течение одного месяца, после чего передает их </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> по истечении одного месяца по запросу ЦОН</w:t>
+        <w:t>ЦОН обеспечивает хранение результата в течение одного месяца, после чего передает их услугодателю для дальнейшего хранения. При обращении услугополучателя по истечении одного месяца по запросу ЦОН</w:t>
       </w:r>
       <w:r w:rsidR="00875061" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...37 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель в течение одного рабочего дня направляет готовые документы в ЦОН для выдачи услугополучателю.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C63B72" w:rsidRPr="00AB5E32" w:rsidRDefault="00C63B72" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">В случае обращения через портал </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> в «личный кабинет» направляется статус о принятии запроса на государственную услугу, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
+        <w:t>В случае обращения через портал услугополучателю в «личный кабинет» направляется статус о принятии запроса на государственную услугу, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00032D28" w:rsidRPr="00AB5E32" w:rsidRDefault="00032D28" w:rsidP="00731022">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Акт жилищно-бытовых условий лица, претендующего на воспитание ребенка, готовится после предоставления вышеназванных документов. </w:t>
       </w:r>
@@ -5822,71 +5012,51 @@
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w:rsidR="00497041" w:rsidRDefault="00497041" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F95097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">1) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> является несовершеннолетним лицом;</w:t>
+        <w:t>1) услугополучатель является несовершеннолетним лицом;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00381BE6" w:rsidRPr="00AB5E32" w:rsidRDefault="00497041" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
@@ -6045,189 +5215,138 @@
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00651A33" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">) </w:t>
-[...9 lines deleted...]
-        <w:t>бывши</w:t>
+        <w:t>) бывши</w:t>
       </w:r>
       <w:r w:rsidR="008D2A8E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>е</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00651A33" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> усыновителей, если усыновление отменено судом по их вине;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00651A33" w:rsidRPr="00AB5E32" w:rsidRDefault="00497041" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00651A33" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">) лица, которые по состоянию здоровья не могут </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> опекуна или попечителя.</w:t>
+        <w:t>) лица, которые по состоянию здоровья не могут осуществлять обязанности опекуна или попечителя.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00386B20" w:rsidRPr="00AB5E32" w:rsidRDefault="00651A33" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00386B20" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">В случае предоставления </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги работник ЦОН отказывает в приеме заявления и выдает расписку об отказе в приеме документов</w:t>
+        <w:t>В случае предоставления услугополучателем неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги работник ЦОН отказывает в приеме заявления и выдает расписку об отказе в приеме документов</w:t>
       </w:r>
       <w:r w:rsidR="00B04973" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> по форме согласно приложению 4 к настоящему стандарту государственной услуги</w:t>
       </w:r>
       <w:r w:rsidR="00386B20" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00386B20" w:rsidRPr="00AB5E32" w:rsidRDefault="00386B20" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
@@ -6266,62 +5385,60 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidR="00E53348" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Порядок обжалования решений, действий (бездействия) </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>услугодателя</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E53348" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> и (или) </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>его</w:t>
       </w:r>
       <w:r w:rsidR="00E53348" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
@@ -6380,163 +5497,112 @@
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">11. </w:t>
       </w:r>
       <w:r w:rsidR="00E53348" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Обжалование решений, действий (бездействия) </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Обжалование решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба </w:t>
+      </w:r>
       <w:r w:rsidR="00E53348" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>услугодателя</w:t>
-[...17 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">подается на имя руководителя </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> по адресам, указанным в пункте 1</w:t>
+        <w:t>подается на имя руководителя услугодателя по адресам, указанным в пункте 1</w:t>
       </w:r>
       <w:r w:rsidR="00B25F7B" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00E53348" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего стандарта государственной услуги.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E53348" w:rsidRPr="00AB5E32" w:rsidRDefault="00E53348" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Жалоба подается в письменной форме по почте либо нарочно через кан</w:t>
       </w:r>
       <w:r w:rsidR="00B04973" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">целярию </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>целярию услугодателя</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B26C88" w:rsidRPr="00AB5E32" w:rsidRDefault="0053432B" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
@@ -6573,71 +5639,51 @@
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>, почтовый адрес, контактный телефон.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0037290E" w:rsidRPr="00AB5E32" w:rsidRDefault="0037290E" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу. </w:t>
+        <w:t xml:space="preserve">Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии услугодателя с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00066EE9" w:rsidRPr="00AB5E32" w:rsidRDefault="003921C6" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>П</w:t>
       </w:r>
       <w:r w:rsidR="00066EE9" w:rsidRPr="00AB5E32">
@@ -6668,69 +5714,58 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>П</w:t>
       </w:r>
       <w:r w:rsidR="00066EE9" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">ри обращении через портал информацию о порядке обжалования можно получить по телефону </w:t>
       </w:r>
       <w:r w:rsidR="00FB23C2" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Единого </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00066EE9" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>контакт-центра</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">контакт-центра </w:t>
       </w:r>
       <w:r w:rsidR="00B71124" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">по вопросам оказания государственных услуг </w:t>
       </w:r>
       <w:r w:rsidR="003850E5" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
       <w:r w:rsidR="00B71124" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
@@ -6763,338 +5798,138 @@
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00066EE9" w:rsidRPr="00AB5E32" w:rsidRDefault="00066EE9" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">При отправке жалобы через портал </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+        <w:t>При отправке жалобы через портал услугополучателю из «личного кабинета» доступна информация об обращении, которая обновляется в ходе обработки обращения услугодателем (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00066EE9" w:rsidRPr="00AB5E32" w:rsidRDefault="00066EE9" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Жалоба </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> по почте либо выдается нар</w:t>
+        <w:t>Жалоба услугополучателя, поступившая в адрес услугодателя или ЦОН, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется услогополучателю по почте либо выдается нар</w:t>
       </w:r>
       <w:r w:rsidR="00B71124" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">очно в канцелярии </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">очно в канцелярии услугодателя </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>или ЦОН.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00066EE9" w:rsidRPr="00AB5E32" w:rsidRDefault="00066EE9" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">В случае несогласия с результатами оказанной государственной услуги </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> качеством оказания государственных услуг.</w:t>
+        <w:t>В случае несогласия с результатами оказанной государственной услуги услугополучатель может обратиться с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00066EE9" w:rsidRPr="00AB5E32" w:rsidRDefault="00066EE9" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Жалоба </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+        <w:t>Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E53348" w:rsidRPr="00AB5E32" w:rsidRDefault="001D3060" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
@@ -7103,143 +5938,101 @@
       <w:r w:rsidR="004152C4" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00E53348" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">В случаях несогласия с результатами оказанной государственной услуги </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+        <w:t>В случаях несогласия с результатами оказанной государственной услуги услугополучатель имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E53348" w:rsidRPr="00AB5E32" w:rsidRDefault="00E53348" w:rsidP="00731022">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E868A9" w:rsidRPr="00AB5E32" w:rsidRDefault="00E868A9" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r w:rsidR="00E53348" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> электронной </w:t>
+        <w:t xml:space="preserve">Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E53348" w:rsidRPr="00AB5E32" w:rsidRDefault="00E53348" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>форме и через центры обслуживания населения</w:t>
       </w:r>
@@ -7280,69 +6073,58 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="004152C4" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0050458B" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Услугополучателям</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">, имеющим в установленном законодательством порядке полную или частичную утрату способности или возможности </w:t>
+        <w:t xml:space="preserve">Услугополучателям, имеющим в установленном законодательством порядке полную или частичную утрату способности или возможности </w:t>
       </w:r>
       <w:r w:rsidR="0050458B" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">осуществлять самообслуживание, самостоятельно передвигаться, ориентироваться прием документов для оказания государственной услуги производится работником ЦОН с выездом по месту жительства посредством обращения через </w:t>
       </w:r>
       <w:r w:rsidR="00FB23C2" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Единый контакт-центр по вопросам оказания государственных услуг «1414»</w:t>
       </w:r>
       <w:r w:rsidR="0050458B" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -7379,71 +6161,51 @@
       <w:r w:rsidR="004152C4" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="0050458B" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Адреса мест оказания государственной услуги размещены на </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">Адреса мест оказания государственной услуги размещены на интернет-ресурсах: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0050458B" w:rsidRPr="00AB5E32" w:rsidRDefault="0050458B" w:rsidP="00FB23C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:firstLine="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Министерства www.edu.gov.kz;</w:t>
       </w:r>
@@ -7473,133 +6235,111 @@
       </w:r>
       <w:r w:rsidR="0050458B" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> www.con.gov.kz;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0050458B" w:rsidRPr="00AB5E32" w:rsidRDefault="0050458B" w:rsidP="00FB23C2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:firstLine="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>портале.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0050458B" w:rsidRPr="00AB5E32" w:rsidRDefault="001D3060" w:rsidP="002C20DE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="004152C4" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0050458B" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Услугополучатель</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия </w:t>
+        <w:t xml:space="preserve">Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия </w:t>
       </w:r>
       <w:r w:rsidR="00303535" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ЭЦП</w:t>
       </w:r>
       <w:r w:rsidR="002C20DE" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0050458B" w:rsidRPr="00AB5E32" w:rsidRDefault="004152C4" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
@@ -7610,107 +6350,76 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>16</w:t>
       </w:r>
       <w:r w:rsidR="001D3060" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0050458B" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Услугополучатель</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством «личного кабинета» портала, а также Единого контакт</w:t>
+      </w:r>
+      <w:r w:rsidR="0091287D" w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
       <w:r w:rsidR="0050458B" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством «личного кабинета» портала, а также Единого </w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> по вопросам оказания государственных услуг</w:t>
+        <w:t>центра по вопросам оказания государственных услуг</w:t>
       </w:r>
       <w:r w:rsidR="00FB23C2" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> «</w:t>
       </w:r>
       <w:r w:rsidR="00B71124" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>1414</w:t>
       </w:r>
       <w:r w:rsidR="00FB23C2" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
@@ -7746,103 +6455,52 @@
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>17</w:t>
       </w:r>
       <w:r w:rsidR="001D3060" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="0050458B" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Контактные телефоны справочных служб </w:t>
-[...51 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсах Министерства www.edu.gov.kz, услугодателя</w:t>
+      </w:r>
       <w:r w:rsidR="00875061" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00E868A9" w:rsidRPr="00AB5E32">
           <w:rPr>
             <w:rStyle w:val="aa"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="none"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>www.</w:t>
         </w:r>
         <w:r w:rsidR="00E868A9" w:rsidRPr="00AB5E32">
           <w:rPr>
             <w:rStyle w:val="aa"/>
@@ -7865,66 +6523,52 @@
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
         <w:r w:rsidR="00E868A9" w:rsidRPr="00AB5E32">
           <w:rPr>
             <w:rStyle w:val="aa"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>kkk</w:t>
         </w:r>
         <w:r w:rsidR="00E868A9" w:rsidRPr="00AB5E32">
           <w:rPr>
             <w:rStyle w:val="aa"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="none"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
-          <w:t>.</w:t>
+          <w:t>.kz</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...12 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="0050458B" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E868A9" w:rsidRPr="00AB5E32" w:rsidRDefault="00E868A9" w:rsidP="00666D45">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
@@ -8612,71 +7256,51 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008D2A8E" w:rsidRDefault="002F0B45" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Постановление </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Постановление акимата </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006232B8" w:rsidRPr="00AB5E32" w:rsidRDefault="008D2A8E" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">города Астаны, </w:t>
       </w:r>
       <w:r w:rsidR="002F0B45" w:rsidRPr="00AB5E32">
         <w:rPr>
@@ -9004,72 +7628,61 @@
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>областных, г</w:t>
       </w:r>
       <w:r w:rsidR="005C4095" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ородов</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Астана, Алматы управлений образования </w:t>
-[...9 lines deleted...]
-        <w:t>аким</w:t>
+        <w:t xml:space="preserve"> Астана, Алматы управлений образования аким</w:t>
       </w:r>
       <w:r w:rsidR="00BF442E" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ат</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> _________ района (города) ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000028FA" w:rsidRPr="00AB5E32" w:rsidRDefault="000028FA" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
@@ -9090,104 +7703,84 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1812"/>
         <w:gridCol w:w="2468"/>
         <w:gridCol w:w="2749"/>
         <w:gridCol w:w="2703"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000028FA" w:rsidRPr="00DC3C61" w:rsidTr="00EF7FB6">
+      <w:tr w:rsidR="000028FA" w:rsidRPr="009621EE" w:rsidTr="00EF7FB6">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="000028FA" w:rsidRPr="00AB5E32" w:rsidRDefault="000028FA" w:rsidP="00731022">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB5E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ </w:t>
-[...19 lines deleted...]
-              <w:t>/п</w:t>
+              <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3229" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="000028FA" w:rsidRPr="00AB5E32" w:rsidRDefault="000028FA" w:rsidP="00731022">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -9247,51 +7840,51 @@
           </w:tcPr>
           <w:p w:rsidR="000028FA" w:rsidRPr="00AB5E32" w:rsidRDefault="000028FA" w:rsidP="00731022">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB5E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Основание оформления опеки и попечительства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000028FA" w:rsidRPr="00DC3C61" w:rsidTr="00EF7FB6">
+      <w:tr w:rsidR="000028FA" w:rsidRPr="009621EE" w:rsidTr="00EF7FB6">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="000028FA" w:rsidRPr="00AB5E32" w:rsidRDefault="000028FA" w:rsidP="00731022">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB5E32">
@@ -9468,71 +8061,51 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000028FA" w:rsidRPr="00AB5E32" w:rsidRDefault="000028FA" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. Закрепить имеющееся жилье </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> _______________________________</w:t>
+        <w:t>2. Закрепить имеющееся жилье за _______________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000028FA" w:rsidRPr="00AB5E32" w:rsidRDefault="000028FA" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000028FA" w:rsidRPr="00AB5E32" w:rsidRDefault="000028FA" w:rsidP="00731022">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
@@ -9875,152 +8448,59 @@
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="002F447D" w:rsidRPr="00AB5E32" w:rsidRDefault="002F447D" w:rsidP="00731022">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="2180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="page1"/>
             <w:bookmarkEnd w:id="2"/>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AB5E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Құ</w:t>
+              <w:t>Құжат электрондық үкімет жүйесінде құрылған</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...90 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="002F447D" w:rsidRPr="00AB5E32" w:rsidRDefault="002F447D" w:rsidP="00731022">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="480"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
@@ -10376,79 +8856,75 @@
           <w:tcPr>
             <w:tcW w:w="3590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="002F447D" w:rsidRPr="00AB5E32" w:rsidRDefault="002F447D" w:rsidP="00731022">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="2180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AB5E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>Берілген</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00400F53" w:rsidRPr="00AB5E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AB5E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>күні</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="002F447D" w:rsidRPr="00AB5E32" w:rsidRDefault="002F447D" w:rsidP="00731022">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="2014"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -10559,79 +9035,75 @@
           <w:tcPr>
             <w:tcW w:w="3590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="002F447D" w:rsidRPr="00AB5E32" w:rsidRDefault="002F447D" w:rsidP="00731022">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="2180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AB5E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>Дата</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00400F53" w:rsidRPr="00AB5E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AB5E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>выдачи</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="002F447D" w:rsidRPr="00AB5E32" w:rsidRDefault="002F447D" w:rsidP="00731022">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
@@ -10953,71 +9425,51 @@
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Выписка </w:t>
       </w:r>
       <w:r w:rsidR="00417CAC" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">из </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">постановления </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">постановления акимата </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006232B8" w:rsidRPr="00AB5E32" w:rsidRDefault="008D2A8E" w:rsidP="005C4095">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">города Астаны, района и </w:t>
       </w:r>
       <w:r w:rsidR="005C4095" w:rsidRPr="00AB5E32">
         <w:rPr>
@@ -11334,110 +9786,90 @@
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="113" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10196" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4086"/>
         <w:gridCol w:w="1589"/>
         <w:gridCol w:w="4521"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002F447D" w:rsidRPr="00DC3C61" w:rsidTr="00E804FE">
+      <w:tr w:rsidR="002F447D" w:rsidRPr="009621EE" w:rsidTr="00E804FE">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10196" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="000E3247" w:rsidRPr="00AB5E32" w:rsidRDefault="000E3247" w:rsidP="00731022">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB5E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...19 lines deleted...]
-              <w:t>) и семье», на основании заявления (Ф.И.О. (при его наличии)</w:t>
+              <w:t>(супружестве) и семье», на основании заявления (Ф.И.О. (при его наличии)</w:t>
             </w:r>
             <w:r w:rsidR="003C5961" w:rsidRPr="00AB5E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00AB5E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> _______________________________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="000E3247" w:rsidRPr="00AB5E32" w:rsidRDefault="000E3247" w:rsidP="00731022">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
@@ -11472,63 +9904,52 @@
             <w:r w:rsidRPr="00AB5E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>и документов районных, городских отделов, областных, г</w:t>
             </w:r>
             <w:r w:rsidR="00801552" w:rsidRPr="00AB5E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>ородов</w:t>
             </w:r>
             <w:r w:rsidRPr="00AB5E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Алматы, Астана управлений образования </w:t>
+              <w:t xml:space="preserve"> Алматы, Астана управлений образования аким</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F447D" w:rsidRPr="00AB5E32" w:rsidTr="00E804FE">
         <w:trPr>
           <w:trHeight w:val="296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4086" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="002F447D" w:rsidRPr="00AB5E32" w:rsidRDefault="002F447D" w:rsidP="00731022">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
@@ -11547,85 +9968,57 @@
           <w:tcPr>
             <w:tcW w:w="1589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="002F447D" w:rsidRPr="00AB5E32" w:rsidRDefault="002F447D" w:rsidP="00731022">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AB5E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>района</w:t>
-[...26 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>района (города)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="002F447D" w:rsidRPr="00AB5E32" w:rsidRDefault="002F447D" w:rsidP="00731022">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
@@ -11767,208 +10160,164 @@
             <w:tcW w:w="3401" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="002F447D" w:rsidRPr="00AB5E32" w:rsidRDefault="002F447D" w:rsidP="00731022">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AB5E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>Опекун</w:t>
-[...26 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>Опекун (попечитель)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2654" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="002F447D" w:rsidRPr="00AB5E32" w:rsidRDefault="002F447D" w:rsidP="00731022">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AB5E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Опекаемый</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="002F447D" w:rsidRPr="00AB5E32" w:rsidRDefault="002F447D" w:rsidP="00731022">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AB5E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Основание</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="006D2372" w:rsidRPr="00AB5E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AB5E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>оформления</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="006D2372" w:rsidRPr="00AB5E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AB5E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>опеки</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> и</w:t>
+              <w:t>опеки и</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="30" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="002F447D" w:rsidRPr="00AB5E32" w:rsidRDefault="002F447D" w:rsidP="00731022">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="2"/>
@@ -12071,61 +10420,59 @@
             <w:tcW w:w="3177" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="002F447D" w:rsidRPr="00AB5E32" w:rsidRDefault="002F447D" w:rsidP="00731022">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AB5E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:w w:val="99"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>попечительства</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="30" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="002F447D" w:rsidRPr="00AB5E32" w:rsidRDefault="002F447D" w:rsidP="00731022">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
@@ -13286,361 +11633,255 @@
         <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002F447D" w:rsidRPr="00AB5E32" w:rsidRDefault="002F447D" w:rsidP="00731022">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
         <w:ind w:left="20" w:right="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>Осы</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CC733E" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t>құжат</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB5E32">
+        <w:t>құжат «Электрондық</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC733E" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t>Электрондық</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>құжат</w:t>
+      </w:r>
       <w:r w:rsidR="00CC733E" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t>құжат</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>және</w:t>
+      </w:r>
       <w:r w:rsidR="00CC733E" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t>және</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>электрондық</w:t>
+      </w:r>
       <w:r w:rsidR="00CC733E" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t>электрондық</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>цифрлық</w:t>
+      </w:r>
       <w:r w:rsidR="00CC733E" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t>цифрлық</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>қолтаңба</w:t>
+      </w:r>
       <w:r w:rsidR="00CC733E" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t>қолтаңба</w:t>
-[...62 lines deleted...]
-        <w:t xml:space="preserve"> № 370-II Қ</w:t>
+        <w:t>туралы» 2003 жылғы 7 қаңтардағы № 370-II Қ</w:t>
       </w:r>
       <w:r w:rsidR="00CC733E" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">азақстан Республикасы Заныңын </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t xml:space="preserve">7-бабының 1-тармағына </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>7-бабының 1-тармағына сәйкес</w:t>
+      </w:r>
       <w:r w:rsidR="00CC733E" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>қағаз</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CC733E" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>тасығыштағы</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CC733E" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>құжатқа</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CC733E" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t>тең</w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>тең.</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="002F447D" w:rsidRPr="00AB5E32" w:rsidRDefault="002F447D" w:rsidP="00731022">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="1" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00163F0D" w:rsidRPr="00AB5E32" w:rsidRDefault="002F447D" w:rsidP="00731022">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
@@ -13926,368 +12167,167 @@
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00163F0D" w:rsidRPr="00AB5E32" w:rsidRDefault="00163F0D" w:rsidP="00731022">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>*Штрих-код «</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB5E32">
+        <w:t>*Штрих-код «Электрондық әкімдік» ақпараттық жүйесі ұсынған және электрондық-цифрлық қолтаңбамен</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC733E" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Электрондық</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB5E32">
+        <w:t>қол</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC733E" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>әкімдік</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">» </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB5E32">
+        <w:t>қойылған</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC733E" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>ақпараттық</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB5E32">
+        <w:t>деректерді</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC733E" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>жүйесі</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...168 lines deleted...]
-        </w:rPr>
         <w:t>қамтиды</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00163F0D" w:rsidRPr="00AB5E32" w:rsidRDefault="00163F0D" w:rsidP="00731022">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="1" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00163F0D" w:rsidRPr="00AB5E32" w:rsidRDefault="00163F0D" w:rsidP="00731022">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="254" w:lineRule="auto"/>
         <w:ind w:right="340"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Штрих-код содержит данные, предоставленные информационной системой «Электронный </w:t>
-[...21 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Штрих-код содержит данные, предоставленные информационной системой «Электронный акимат» и подписанные электронно-цифровой подписью</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="002F447D" w:rsidRPr="00AB5E32" w:rsidRDefault="002F447D" w:rsidP="00731022">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="254" w:lineRule="auto"/>
         <w:ind w:right="660"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:sectPr w:rsidR="002F447D" w:rsidRPr="00AB5E32" w:rsidSect="00216D8B">
           <w:headerReference w:type="default" r:id="rId13"/>
           <w:headerReference w:type="first" r:id="rId14"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720" w:equalWidth="0">
             <w:col w:w="9631"/>
@@ -14506,82 +12546,51 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> городов областного значения</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FA5A39" w:rsidRPr="00AB5E32" w:rsidRDefault="00FA5A39" w:rsidP="00561F00">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4678"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>от гражданин</w:t>
-[...30 lines deleted...]
-        <w:t>) ___________________</w:t>
+        <w:t>от гражданина(ки) ___________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FA5A39" w:rsidRPr="00AB5E32" w:rsidRDefault="00FA5A39" w:rsidP="00561F00">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4678"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>____</w:t>
       </w:r>
       <w:r w:rsidR="00561F00">
         <w:rPr>
@@ -14752,69 +12761,58 @@
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00FA5A39" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003523CC" w:rsidRPr="00AB5E32" w:rsidRDefault="00887B79" w:rsidP="00561F00">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4678"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проживающий </w:t>
       </w:r>
       <w:r w:rsidR="00FA5A39" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">(ая) по адресу, </w:t>
       </w:r>
       <w:r w:rsidR="003523CC" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FA5A39" w:rsidRPr="00AB5E32" w:rsidRDefault="00FA5A39" w:rsidP="00561F00">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4678"/>
@@ -15117,137 +13115,97 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FA5A39" w:rsidRPr="00AB5E32" w:rsidRDefault="00FA5A39" w:rsidP="00FA5A39">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>проживающи</w:t>
-[...19 lines deleted...]
-        <w:t>и) по адресу: __________________________.</w:t>
+        <w:t>проживающим(и) по адресу: __________________________.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FA5A39" w:rsidRPr="00AB5E32" w:rsidRDefault="00FA5A39" w:rsidP="00FA5A39">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Против проведения обследования жилищно-бытовых условий не возражаю.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FA5A39" w:rsidRPr="00AB5E32" w:rsidRDefault="00FA5A39" w:rsidP="00FA5A39">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Согласе</w:t>
-[...19 lines deleted...]
-        <w:t>а) на использования сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
+        <w:t>Согласен(а) на использования сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FA5A39" w:rsidRPr="00AB5E32" w:rsidRDefault="00FA5A39" w:rsidP="00FA5A39">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FA5A39" w:rsidRPr="00AB5E32" w:rsidRDefault="00FA5A39" w:rsidP="00FA5A39">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
@@ -15295,71 +13253,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>подпись гражданина (</w:t>
-[...19 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>подпись гражданина (ки)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FA5A39" w:rsidRPr="00AB5E32" w:rsidRDefault="00FA5A39" w:rsidP="00FA5A39">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FA5A39" w:rsidRPr="00AB5E32" w:rsidRDefault="00FA5A39" w:rsidP="00FA5A39">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
@@ -15609,72 +13547,61 @@
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Выдана несовершеннолетн</w:t>
       </w:r>
       <w:r w:rsidR="00127C27" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ем</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00127C27" w:rsidRPr="00AB5E32">
+        <w:t>ему</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>у</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00127C27" w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ей</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">) _________________________о том, что </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007103B5" w:rsidRPr="00AB5E32" w:rsidRDefault="007103B5" w:rsidP="007103B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3540" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -15690,71 +13617,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (Ф.И.О. (при наличии))</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007103B5" w:rsidRPr="00AB5E32" w:rsidRDefault="007103B5" w:rsidP="007103B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>о</w:t>
-[...19 lines deleted...]
-        <w:t>а) имеет братьев и сестер:</w:t>
+        <w:t>он(а) имеет братьев и сестер:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007103B5" w:rsidRPr="00AB5E32" w:rsidRDefault="007103B5" w:rsidP="007103B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00701945" w:rsidRPr="00AB5E32" w:rsidRDefault="00701945" w:rsidP="007103B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
@@ -15773,71 +13680,51 @@
         <w:gridCol w:w="2101"/>
       </w:tblGrid>
       <w:tr w:rsidR="007103B5" w:rsidRPr="00AB5E32" w:rsidTr="00701945">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007103B5" w:rsidRPr="00AB5E32" w:rsidRDefault="007103B5" w:rsidP="009D4A46">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB5E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ </w:t>
-[...19 lines deleted...]
-              <w:t>/п</w:t>
+              <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2691" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007103B5" w:rsidRPr="00AB5E32" w:rsidRDefault="007103B5" w:rsidP="009D4A46">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB5E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -16447,174 +14334,132 @@
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E744F5" w:rsidRPr="00AB5E32" w:rsidRDefault="00E744F5" w:rsidP="00E744F5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>(Ф.И.О. (при его наличии), либо наименование</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E744F5" w:rsidRPr="00AB5E32" w:rsidRDefault="00E744F5" w:rsidP="00E744F5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">организации </w:t>
-[...19 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>организации услугополучателя)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E744F5" w:rsidRPr="00AB5E32" w:rsidRDefault="00E744F5" w:rsidP="00E744F5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5103"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>____________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E744F5" w:rsidRPr="00AB5E32" w:rsidRDefault="00E744F5" w:rsidP="00E744F5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">(адрес проживания </w:t>
-[...19 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>(адрес проживания услугополучателя)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E744F5" w:rsidRPr="00AB5E32" w:rsidRDefault="00E744F5" w:rsidP="00E744F5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E744F5" w:rsidRPr="00AB5E32" w:rsidRDefault="00E744F5" w:rsidP="00E744F5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -17265,122 +15110,102 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4248" w:hanging="4248"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                           </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">(подпись </w:t>
-[...19 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>(подпись услугополучателя)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00005538" w:rsidRPr="00B70693" w:rsidRDefault="004F04E8" w:rsidP="00431C1E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>«___» _________ 20__ года</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00005538" w:rsidRPr="00B70693" w:rsidSect="00216D8B">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006E330B" w:rsidRDefault="006E330B" w:rsidP="00E157A5">
+    <w:p w:rsidR="002C4A97" w:rsidRDefault="002C4A97" w:rsidP="00E157A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006E330B" w:rsidRDefault="006E330B" w:rsidP="00E157A5">
+    <w:p w:rsidR="002C4A97" w:rsidRDefault="002C4A97" w:rsidP="00E157A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -17399,61 +15224,61 @@
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006E330B" w:rsidRDefault="006E330B" w:rsidP="00E157A5">
+    <w:p w:rsidR="002C4A97" w:rsidRDefault="002C4A97" w:rsidP="00E157A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006E330B" w:rsidRDefault="006E330B" w:rsidP="00E157A5">
+    <w:p w:rsidR="002C4A97" w:rsidRDefault="002C4A97" w:rsidP="00E157A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="976875657"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
@@ -17473,51 +15298,51 @@
         </w:pPr>
         <w:r w:rsidRPr="006C3A64">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="006C3A64" w:rsidRPr="006C3A64">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="006C3A64">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00DC3C61" w:rsidRPr="00DC3C61">
+        <w:r w:rsidR="009621EE" w:rsidRPr="009621EE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidRPr="006C3A64">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="00A46BB1" w:rsidRDefault="00A46BB1">
     <w:pPr>
       <w:pStyle w:val="a4"/>
     </w:pPr>
   </w:p>
@@ -17571,51 +15396,51 @@
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00E157A5">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00E157A5" w:rsidRPr="00E157A5">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00E157A5">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00DC3C61" w:rsidRPr="00DC3C61">
+        <w:r w:rsidR="009621EE" w:rsidRPr="009621EE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="24"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
         <w:r w:rsidRPr="00E157A5">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="02DB336F"/>
@@ -19522,51 +17347,50 @@
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="140"/>
   <w:drawingGridVerticalSpacing w:val="381"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009F2A1F"/>
     <w:rsid w:val="000014AD"/>
     <w:rsid w:val="000028FA"/>
     <w:rsid w:val="00002DC7"/>
     <w:rsid w:val="00005538"/>
     <w:rsid w:val="0001375E"/>
     <w:rsid w:val="00014063"/>
     <w:rsid w:val="0001649C"/>
@@ -19645,50 +17469,51 @@
     <w:rsid w:val="0022312A"/>
     <w:rsid w:val="00223D36"/>
     <w:rsid w:val="0022648F"/>
     <w:rsid w:val="002276C4"/>
     <w:rsid w:val="00245B77"/>
     <w:rsid w:val="00247CED"/>
     <w:rsid w:val="00253EC1"/>
     <w:rsid w:val="00256011"/>
     <w:rsid w:val="00257D66"/>
     <w:rsid w:val="00261B8D"/>
     <w:rsid w:val="00270264"/>
     <w:rsid w:val="002730F4"/>
     <w:rsid w:val="0027645D"/>
     <w:rsid w:val="00277A25"/>
     <w:rsid w:val="0028330A"/>
     <w:rsid w:val="00284229"/>
     <w:rsid w:val="00287658"/>
     <w:rsid w:val="00290457"/>
     <w:rsid w:val="002906F1"/>
     <w:rsid w:val="00291F09"/>
     <w:rsid w:val="0029366B"/>
     <w:rsid w:val="00295E6F"/>
     <w:rsid w:val="0029776B"/>
     <w:rsid w:val="002A1DC6"/>
     <w:rsid w:val="002C20DE"/>
+    <w:rsid w:val="002C4A97"/>
     <w:rsid w:val="002C6137"/>
     <w:rsid w:val="002D3351"/>
     <w:rsid w:val="002D3CDE"/>
     <w:rsid w:val="002D50F6"/>
     <w:rsid w:val="002D5BFC"/>
     <w:rsid w:val="002E391A"/>
     <w:rsid w:val="002E4936"/>
     <w:rsid w:val="002E6544"/>
     <w:rsid w:val="002F0B45"/>
     <w:rsid w:val="002F1706"/>
     <w:rsid w:val="002F447D"/>
     <w:rsid w:val="002F79E6"/>
     <w:rsid w:val="00300478"/>
     <w:rsid w:val="00303535"/>
     <w:rsid w:val="003060FB"/>
     <w:rsid w:val="003140FD"/>
     <w:rsid w:val="003168A5"/>
     <w:rsid w:val="003215BD"/>
     <w:rsid w:val="00323C46"/>
     <w:rsid w:val="00326712"/>
     <w:rsid w:val="00336A63"/>
     <w:rsid w:val="00337DD8"/>
     <w:rsid w:val="00347685"/>
     <w:rsid w:val="00351B58"/>
     <w:rsid w:val="00352033"/>
@@ -19812,51 +17637,50 @@
     <w:rsid w:val="0062331F"/>
     <w:rsid w:val="0063129A"/>
     <w:rsid w:val="00651A33"/>
     <w:rsid w:val="006553ED"/>
     <w:rsid w:val="00656EA2"/>
     <w:rsid w:val="00662481"/>
     <w:rsid w:val="00663701"/>
     <w:rsid w:val="00663AE6"/>
     <w:rsid w:val="00665576"/>
     <w:rsid w:val="00666D45"/>
     <w:rsid w:val="00676AE5"/>
     <w:rsid w:val="00680545"/>
     <w:rsid w:val="00681662"/>
     <w:rsid w:val="0068231F"/>
     <w:rsid w:val="0068281E"/>
     <w:rsid w:val="00683A3E"/>
     <w:rsid w:val="00697001"/>
     <w:rsid w:val="006A04EC"/>
     <w:rsid w:val="006A0F70"/>
     <w:rsid w:val="006A2713"/>
     <w:rsid w:val="006C2C18"/>
     <w:rsid w:val="006C3A64"/>
     <w:rsid w:val="006C5AF4"/>
     <w:rsid w:val="006C6374"/>
     <w:rsid w:val="006D2372"/>
-    <w:rsid w:val="006E330B"/>
     <w:rsid w:val="006E6479"/>
     <w:rsid w:val="006F0D6E"/>
     <w:rsid w:val="006F605C"/>
     <w:rsid w:val="00701945"/>
     <w:rsid w:val="00705A2C"/>
     <w:rsid w:val="007103B5"/>
     <w:rsid w:val="00713208"/>
     <w:rsid w:val="007133A0"/>
     <w:rsid w:val="00725597"/>
     <w:rsid w:val="007255EF"/>
     <w:rsid w:val="007256B4"/>
     <w:rsid w:val="00731022"/>
     <w:rsid w:val="00731337"/>
     <w:rsid w:val="00733F6F"/>
     <w:rsid w:val="0073627A"/>
     <w:rsid w:val="007564A1"/>
     <w:rsid w:val="007722D7"/>
     <w:rsid w:val="00775D0F"/>
     <w:rsid w:val="00781A61"/>
     <w:rsid w:val="00791579"/>
     <w:rsid w:val="0079157F"/>
     <w:rsid w:val="00793876"/>
     <w:rsid w:val="007A6205"/>
     <w:rsid w:val="007A6DCA"/>
     <w:rsid w:val="007A77B3"/>
@@ -19897,50 +17721,51 @@
     <w:rsid w:val="008B5E3E"/>
     <w:rsid w:val="008C2152"/>
     <w:rsid w:val="008C3D1B"/>
     <w:rsid w:val="008D1DBB"/>
     <w:rsid w:val="008D2A8E"/>
     <w:rsid w:val="008E115F"/>
     <w:rsid w:val="008E6FB7"/>
     <w:rsid w:val="008E7EC6"/>
     <w:rsid w:val="008F0904"/>
     <w:rsid w:val="008F176D"/>
     <w:rsid w:val="008F3F62"/>
     <w:rsid w:val="008F5610"/>
     <w:rsid w:val="0090217A"/>
     <w:rsid w:val="00910E13"/>
     <w:rsid w:val="0091287D"/>
     <w:rsid w:val="00922908"/>
     <w:rsid w:val="00927505"/>
     <w:rsid w:val="0093261F"/>
     <w:rsid w:val="009333DE"/>
     <w:rsid w:val="009408EE"/>
     <w:rsid w:val="00940E67"/>
     <w:rsid w:val="00946951"/>
     <w:rsid w:val="00950A99"/>
     <w:rsid w:val="00955F09"/>
     <w:rsid w:val="00961141"/>
+    <w:rsid w:val="009621EE"/>
     <w:rsid w:val="00966B5E"/>
     <w:rsid w:val="00970788"/>
     <w:rsid w:val="009738AD"/>
     <w:rsid w:val="00977411"/>
     <w:rsid w:val="00984DEB"/>
     <w:rsid w:val="00992573"/>
     <w:rsid w:val="009A2A21"/>
     <w:rsid w:val="009A3B7D"/>
     <w:rsid w:val="009A4478"/>
     <w:rsid w:val="009A4AF5"/>
     <w:rsid w:val="009B203F"/>
     <w:rsid w:val="009C2725"/>
     <w:rsid w:val="009C42EF"/>
     <w:rsid w:val="009C512A"/>
     <w:rsid w:val="009E64B6"/>
     <w:rsid w:val="009F040A"/>
     <w:rsid w:val="009F2A1F"/>
     <w:rsid w:val="009F67CF"/>
     <w:rsid w:val="00A002A3"/>
     <w:rsid w:val="00A010B7"/>
     <w:rsid w:val="00A01271"/>
     <w:rsid w:val="00A05286"/>
     <w:rsid w:val="00A1400D"/>
     <w:rsid w:val="00A1624E"/>
     <w:rsid w:val="00A16AAB"/>
@@ -20041,51 +17866,50 @@
     <w:rsid w:val="00CE0354"/>
     <w:rsid w:val="00CE3277"/>
     <w:rsid w:val="00CE3CEC"/>
     <w:rsid w:val="00CF0DF9"/>
     <w:rsid w:val="00D003EB"/>
     <w:rsid w:val="00D1035B"/>
     <w:rsid w:val="00D16176"/>
     <w:rsid w:val="00D25757"/>
     <w:rsid w:val="00D271D6"/>
     <w:rsid w:val="00D27A63"/>
     <w:rsid w:val="00D31439"/>
     <w:rsid w:val="00D32382"/>
     <w:rsid w:val="00D35E06"/>
     <w:rsid w:val="00D3733E"/>
     <w:rsid w:val="00D641BC"/>
     <w:rsid w:val="00D66F08"/>
     <w:rsid w:val="00D86668"/>
     <w:rsid w:val="00D869C8"/>
     <w:rsid w:val="00D90756"/>
     <w:rsid w:val="00D93DB1"/>
     <w:rsid w:val="00D954D3"/>
     <w:rsid w:val="00DB7ABC"/>
     <w:rsid w:val="00DC2B48"/>
     <w:rsid w:val="00DC3032"/>
     <w:rsid w:val="00DC37D8"/>
-    <w:rsid w:val="00DC3C61"/>
     <w:rsid w:val="00DD301C"/>
     <w:rsid w:val="00DD5558"/>
     <w:rsid w:val="00DE060A"/>
     <w:rsid w:val="00DE16B4"/>
     <w:rsid w:val="00DE1935"/>
     <w:rsid w:val="00DE6DB4"/>
     <w:rsid w:val="00DF191A"/>
     <w:rsid w:val="00DF5DA2"/>
     <w:rsid w:val="00E05573"/>
     <w:rsid w:val="00E07A3F"/>
     <w:rsid w:val="00E12D6B"/>
     <w:rsid w:val="00E14DEC"/>
     <w:rsid w:val="00E154F4"/>
     <w:rsid w:val="00E157A5"/>
     <w:rsid w:val="00E164F4"/>
     <w:rsid w:val="00E22B3D"/>
     <w:rsid w:val="00E350ED"/>
     <w:rsid w:val="00E372F2"/>
     <w:rsid w:val="00E41436"/>
     <w:rsid w:val="00E415EA"/>
     <w:rsid w:val="00E47669"/>
     <w:rsid w:val="00E5086A"/>
     <w:rsid w:val="00E53348"/>
     <w:rsid w:val="00E56328"/>
     <w:rsid w:val="00E609CE"/>
@@ -21408,51 +19232,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6B2B2509-01C2-4D5F-B9A2-DD8018DBABC5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91B58390-8FCA-4F50-8364-149E2E90931D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
   <Words>3668</Words>
   <Characters>20909</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>174</Lines>
   <Paragraphs>49</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>