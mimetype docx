--- v0 (2025-12-12)
+++ v1 (2026-03-05)
@@ -5,4116 +5,4642 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="0042277E" w:rsidRPr="002C013E" w:rsidRDefault="0042277E" w:rsidP="0042277E">
+    <w:p w:rsidR="00DC5877" w:rsidRDefault="00DC5877" w:rsidP="00DC5877">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Приложение </w:t>
+      </w:r>
+      <w:r w:rsidR="003A52C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC5877" w:rsidRDefault="00DC5877" w:rsidP="00DC5877">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   к приказу </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC5877" w:rsidRDefault="00DC5877" w:rsidP="00DC5877">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Министра образования и науки </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC5877" w:rsidRDefault="00DC5877" w:rsidP="00DC5877">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC5877" w:rsidRDefault="00DC5877" w:rsidP="00DC5877">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   от «13»  апреля  2015 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC5877" w:rsidRDefault="00DC5877" w:rsidP="00DC5877">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   № 198</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00906FA6" w:rsidRPr="00F95097" w:rsidRDefault="00906FA6" w:rsidP="00906FA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...17 lines deleted...]
-        <w:ind w:left="5670"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906FA6" w:rsidRPr="00F95097" w:rsidRDefault="00906FA6" w:rsidP="00906FA6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00F95097" w:rsidRDefault="00386B20" w:rsidP="00386B20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00F95097" w:rsidRDefault="00386B20" w:rsidP="00386B20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...17 lines deleted...]
-        <w:ind w:left="5670"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00F95097" w:rsidRDefault="00386B20" w:rsidP="00386B20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...161 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidR="00707CEF" w:rsidRPr="00F95097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009A4474">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Передача ребенка (детей) на патронатное воспитание</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00F95097">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...26 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EF5168" w:rsidRDefault="00EF5168" w:rsidP="00913B2B">
-[...127 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00F95097" w:rsidRDefault="00386B20" w:rsidP="005418C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00F95097" w:rsidRDefault="00386B20" w:rsidP="005418C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00F95097" w:rsidRDefault="00386B20" w:rsidP="00386B20">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...31 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00F95097" w:rsidRDefault="00386B20" w:rsidP="00386B20">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003C3498" w:rsidRPr="00F95097" w:rsidRDefault="00386B20" w:rsidP="003C3498">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственная услуга «</w:t>
+      </w:r>
+      <w:r w:rsidR="00707CEF" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Передача ребенка (детей) на патронатное воспитание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>» (далее –</w:t>
+      </w:r>
+      <w:r w:rsidR="00534B61" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственн</w:t>
+      </w:r>
+      <w:r w:rsidR="00534B61" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуг</w:t>
+      </w:r>
+      <w:r w:rsidR="00534B61" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidR="003C3498" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00F95097" w:rsidRDefault="00386B20" w:rsidP="004C41ED">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...31 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00F95097" w:rsidRDefault="00386B20" w:rsidP="004C41ED">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...40 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга оказывается </w:t>
+      </w:r>
+      <w:r w:rsidR="006120AF" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">местными исполнительными органами городов Астаны и Алматы, районов и городов областного значения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005418C0" w:rsidRPr="00F95097" w:rsidRDefault="00386B20" w:rsidP="00632231">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Прием заявлени</w:t>
+      </w:r>
+      <w:r w:rsidR="006D717A" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и выдача результат</w:t>
+      </w:r>
+      <w:r w:rsidR="006D717A" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания государственн</w:t>
+      </w:r>
+      <w:r w:rsidR="006D717A" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуг</w:t>
+      </w:r>
+      <w:r w:rsidR="006D717A" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляются через</w:t>
+      </w:r>
+      <w:r w:rsidR="00632231" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0042277E">
-[...9 lines deleted...]
-    <w:p w:rsidR="00EF5168" w:rsidRPr="0042277E" w:rsidRDefault="00EF5168" w:rsidP="0042277E">
+      <w:r w:rsidR="005418C0" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005418C0" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632231" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00F95097" w:rsidRDefault="00386B20" w:rsidP="005418C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00F95097" w:rsidRDefault="00386B20" w:rsidP="00386B20">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AE2DCF" w:rsidRPr="00F95097" w:rsidRDefault="00AE2DCF" w:rsidP="00AE2DCF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AE2DCF" w:rsidRPr="00F95097" w:rsidRDefault="00C62564" w:rsidP="004F1A46">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...122 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="004F1A46" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2DCF" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сроки оказания государственной услуги:</w:t>
+      </w:r>
+      <w:r w:rsidR="003C3498" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AE2DCF" w:rsidRPr="00F95097" w:rsidRDefault="00AE2DCF" w:rsidP="00AE2DCF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...274 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>с момента сдачи документов – тридцать календарных дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AE2DCF" w:rsidRPr="00F95097" w:rsidRDefault="00AE2DCF" w:rsidP="00AE2DCF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="708"/>
-[...58 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>максимально допустимое время ожидания для сдачи документов</w:t>
+      </w:r>
+      <w:r w:rsidR="002B27F3" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="a9"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="002B27F3" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>20 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AE2DCF" w:rsidRPr="00F95097" w:rsidRDefault="00AE2DCF" w:rsidP="00AE2DCF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>максимально допустимое время обслуживания – 30 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AE2DCF" w:rsidRPr="00F95097" w:rsidRDefault="00C62564" w:rsidP="004F1A46">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="004F1A46" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2DCF" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма оказания государственной услуги – бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00F95097" w:rsidRDefault="003C3498" w:rsidP="003C3498">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C62564" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="004F1A46" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Результат оказания государственной услуги –</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE4F0A" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00457422">
-[...31 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00632231" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>договор о передаче ребенка (детей) на патронатное воспитание</w:t>
+      </w:r>
+      <w:r w:rsidR="002B27F3" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо мотивированный ответ об отказе в оказании государственной услуги в случаях и основаниям, предусмотренным пунктом 10 настоящего стандарта государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidR="00F043D9" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00457422" w:rsidRPr="00457422">
-[...86 lines deleted...]
-      <w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AE2DCF" w:rsidRPr="00F95097" w:rsidRDefault="00AE2DCF" w:rsidP="006C0F43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Форма предоставления результата оказания государственной услуги – бумажная. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AE2DCF" w:rsidRPr="00F95097" w:rsidRDefault="00942A57" w:rsidP="00942A57">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006C0F43" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="004F1A46" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2DCF" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга оказывается </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">физическим лицам </w:t>
+      </w:r>
+      <w:r w:rsidR="002B27F3" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002B27F3" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002B27F3" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002B27F3" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>слугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002B27F3" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) бесплатно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AE2DCF" w:rsidRPr="00F95097" w:rsidRDefault="006D717A" w:rsidP="006D717A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006C0F43" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="004F1A46" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">График работы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE2DCF" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE2DCF" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2DCF" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AE2DCF" w:rsidRPr="00F95097" w:rsidRDefault="00AE2DCF" w:rsidP="00AE2DCF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Прием заявлени</w:t>
+      </w:r>
+      <w:r w:rsidR="006D717A" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и выдача результат</w:t>
+      </w:r>
+      <w:r w:rsidR="006D717A" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания государственной услуги осуществляется с 9.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов. Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AE2DCF" w:rsidRPr="00F95097" w:rsidRDefault="006C0F43" w:rsidP="004F1A46">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="004F1A46" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2DCF" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE2DCF" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE2DCF" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00633857" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261F70" w:rsidRPr="00F95097" w:rsidRDefault="00632231" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="720"/>
-[...28 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidR="003F16E4" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аявление</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о желании стать патронатным воспитателем</w:t>
+      </w:r>
+      <w:r w:rsidR="003F16E4" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261F70" w:rsidRPr="00F95097" w:rsidRDefault="002B27F3" w:rsidP="009F660A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="720"/>
-[...93 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">копия </w:t>
+      </w:r>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, удостоверяющ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A29FD" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (оригинал требуется для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A29FD" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>индетификации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A29FD" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EF5168" w:rsidRPr="006C2820" w:rsidRDefault="00EF5168" w:rsidP="00E01B8C">
-[...1 lines deleted...]
-        <w:pStyle w:val="a9"/>
+    <w:p w:rsidR="00632231" w:rsidRPr="00F95097" w:rsidRDefault="00632231" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
-[...57 lines deleted...]
-          <w:numId w:val="9"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="708"/>
-[...37 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заявление о проведении обследования жилищно-бытовых условий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00613E97" w:rsidRDefault="00632231" w:rsidP="00613E97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="708"/>
-[...46 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="002B27F3" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>огласие супруг</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002B27F3" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002B27F3" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-и), </w:t>
+      </w:r>
+      <w:r w:rsidR="00546C9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в случае </w:t>
+      </w:r>
+      <w:r w:rsidR="002B27F3" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">если </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002B27F3" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> состоит в браке; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00632231" w:rsidRPr="00613E97" w:rsidRDefault="00613E97" w:rsidP="00613E97">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="708"/>
-[...37 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00613E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">справки о состоянии здоровья </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00613E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00613E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и супруг</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00613E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00613E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-и), </w:t>
+      </w:r>
+      <w:r w:rsidR="00546C9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в случае </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00613E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>если состоит в браке, подтверждающей отсутствие заболеваний в соответствии с подпунктом 6) части 1 статьи 91 Кодекса, а также справки об отсутствии сведений о состоянии на учете в наркологическом и психиатрическом диспансерах по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан «Об утверждении форм первичной медицинской документации организаций здравоохранения» от 23 ноября 2010 года № 907 (далее – приказ № 907) (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 6697);</w:t>
+      </w:r>
+      <w:r w:rsidR="00632231" w:rsidRPr="00613E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00632231" w:rsidRPr="00F95097" w:rsidRDefault="00CE5606" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="708"/>
-[...55 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB6088">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>справк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00613E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00613E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и супруг</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00613E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00613E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-и), если состоит в браке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB6088">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о наличии либо отсутствии сведений по учетам Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан о совершении лицом преступления</w:t>
+      </w:r>
+      <w:r w:rsidR="0055661E" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0055661E" w:rsidRPr="00F95097" w:rsidRDefault="0055661E" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="708"/>
-[...167 lines deleted...]
-        </w:numPr>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сведения об образовании. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261F70" w:rsidRPr="00F95097" w:rsidRDefault="00261F70" w:rsidP="00261F70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При приеме документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдает </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> расписку о приеме соответствующих документов с указанием: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261F70" w:rsidRPr="00F95097" w:rsidRDefault="00261F70" w:rsidP="009F0CDF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="708"/>
-[...134 lines deleted...]
-        </w:numPr>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>номера и даты приема запроса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261F70" w:rsidRPr="00F95097" w:rsidRDefault="00261F70" w:rsidP="009F0CDF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="708"/>
-[...42 lines deleted...]
-    <w:p w:rsidR="00EF5168" w:rsidRPr="00BB3F7C" w:rsidRDefault="00EF5168" w:rsidP="00DA3470">
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вида запрашиваемой государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261F70" w:rsidRPr="00F95097" w:rsidRDefault="00261F70" w:rsidP="009F0CDF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>количества и названия приложенных документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261F70" w:rsidRPr="00F95097" w:rsidRDefault="00261F70" w:rsidP="009F0CDF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>даты (времени) и места выдачи документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261F70" w:rsidRPr="00F95097" w:rsidRDefault="009F0CDF" w:rsidP="009F0CDF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1069" w:hanging="360"/>
-[...20 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фамилии, имени, а также отчества (при наличии) работника </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, принявшего заявление;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261F70" w:rsidRPr="00F95097" w:rsidRDefault="009F0CDF" w:rsidP="009F0CDF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фамилии, имени, а также отчества (при наличии) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и его контактных телефонов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C50AD" w:rsidRPr="00F95097" w:rsidRDefault="007C50AD" w:rsidP="007C50AD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="709"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="00EF5168" w:rsidRPr="00BB3F7C" w:rsidRDefault="00EF5168" w:rsidP="00DA3470">
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Акт жилищно-бытовых условий </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> готовится после предоставления вышеназванных документов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A29FD" w:rsidRPr="00F95097" w:rsidRDefault="003A29FD" w:rsidP="003A29FD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="709"/>
-[...20 lines deleted...]
-      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>10. Основани</w:t>
+      </w:r>
+      <w:r w:rsidR="00546C9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для отказа в оказании государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidR="00546C9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> являются</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C50AD" w:rsidRPr="00F95097" w:rsidRDefault="003A29FD" w:rsidP="003A29FD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007C50AD" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007C50AD" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007C50AD" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> является несовершеннолетним лицом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A29FD" w:rsidRPr="00F95097" w:rsidRDefault="007C50AD" w:rsidP="003A29FD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="003A29FD" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) лица, признанны</w:t>
+      </w:r>
+      <w:r w:rsidR="00546C9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="003A29FD" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> судом недееспособными или ограниченно дееспособными;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A29FD" w:rsidRPr="00F95097" w:rsidRDefault="003A29FD" w:rsidP="003A29FD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007C50AD" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) лиц</w:t>
+      </w:r>
+      <w:r w:rsidR="00546C9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, лишенны</w:t>
+      </w:r>
+      <w:r w:rsidR="00546C9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> судом родительских прав или ограниченных судом в родительских правах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A29FD" w:rsidRPr="00F95097" w:rsidRDefault="003A29FD" w:rsidP="003A29FD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007C50AD" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) отстраненные от выполнения обязанностей опекуна (попечителя) за ненадлежащее выполнение возложенных на них Кодексом обязанностей;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="003A29FD" w:rsidRPr="00F95097" w:rsidRDefault="003A29FD" w:rsidP="003A29FD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007C50AD" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) бывшие усыновители, если усыновление отменено судом по их вине;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00546C9D" w:rsidRPr="00AB5E32" w:rsidRDefault="006D4C27" w:rsidP="00546C9D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00546C9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00546C9D" w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) лица, которые по состоянию здоровья не могут </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00546C9D" w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>осуществлять обязанности</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00546C9D" w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> опекуна или попечителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A29FD" w:rsidRPr="00F95097" w:rsidRDefault="003A29FD" w:rsidP="003A29FD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261F70" w:rsidRPr="00F95097" w:rsidRDefault="00261F70" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...33 lines deleted...]
-    <w:p w:rsidR="00EF5168" w:rsidRPr="00BB3F7C" w:rsidRDefault="00EF5168" w:rsidP="00DA3470">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00261F70" w:rsidRPr="00F95097" w:rsidRDefault="00261F70" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Порядок обжалования решений, действий (бездействия) местных исполнительных органов областей, города республиканского значения, столицы, районов, городов областного значения, а также </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261F70" w:rsidRPr="00F95097" w:rsidRDefault="00261F70" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00261F70" w:rsidRPr="00F95097" w:rsidRDefault="004F1A46" w:rsidP="004F1A46">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8448F" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обжалование решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба подается на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо руководителя соответствующего местного исполнительного органа областей, города республиканского значения, столицы (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>акимат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) по адресам, указанным в пункте 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8448F" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261F70" w:rsidRPr="00F95097" w:rsidRDefault="00261F70" w:rsidP="00261F70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...58 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба подается в письменной форме по почте либо нарочно через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261F70" w:rsidRPr="00F95097" w:rsidRDefault="00261F70" w:rsidP="00261F70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В жалобе физического лица указывается его фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidR="0063048B" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при его наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261F70" w:rsidRPr="00F95097" w:rsidRDefault="00261F70" w:rsidP="00261F70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261F70" w:rsidRPr="00F95097" w:rsidRDefault="00261F70" w:rsidP="00261F70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услогополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по почте либо выдается нарочно в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261F70" w:rsidRPr="00F95097" w:rsidRDefault="00261F70" w:rsidP="00B8448F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> может обратиться с жалобой в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261F70" w:rsidRPr="00F95097" w:rsidRDefault="00261F70" w:rsidP="00261F70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261F70" w:rsidRPr="00F95097" w:rsidRDefault="00261F70" w:rsidP="00261F70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Также информацию о порядке обжалования действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц можно получить по телефону </w:t>
+      </w:r>
+      <w:r w:rsidR="002006ED" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Единого </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государствен</w:t>
+      </w:r>
+      <w:r w:rsidR="004F1A46" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ных услуг</w:t>
+      </w:r>
+      <w:r w:rsidR="002006ED" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «1414»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261F70" w:rsidRPr="00F95097" w:rsidRDefault="004F1A46" w:rsidP="004F1A46">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8448F" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случаях несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261F70" w:rsidRPr="00F95097" w:rsidRDefault="00261F70" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C07AA" w:rsidRPr="00F95097" w:rsidRDefault="008C07AA" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00261F70" w:rsidRPr="00F95097" w:rsidRDefault="00261F70" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Иные требования с учетом особенностей оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261F70" w:rsidRPr="00F95097" w:rsidRDefault="00261F70" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00261F70" w:rsidRPr="00F95097" w:rsidRDefault="004F1A46" w:rsidP="004F1A46">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8448F" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Адреса мест оказания государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidR="007C203B" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007C203B" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007C203B" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства www.edu.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261F70" w:rsidRPr="00F95097" w:rsidRDefault="00B8448F" w:rsidP="004F1A46">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="004F1A46" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контактные телефоны справочных служб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства www.edu.gov.kz, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00490F13">
-[...20 lines deleted...]
-      <w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>bala</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kkk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. Единый контакт-центр по вопросам</w:t>
+      </w:r>
+      <w:r w:rsidR="002006ED" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания государственных услуг</w:t>
+      </w:r>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002006ED" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1414</w:t>
+      </w:r>
+      <w:r w:rsidR="002006ED" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00261F70" w:rsidRPr="00F95097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261F70" w:rsidRPr="00F95097" w:rsidRDefault="00261F70" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...162 lines deleted...]
-        </w:numPr>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C50AD" w:rsidRPr="00F95097" w:rsidRDefault="007C50AD" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-[...38 lines deleted...]
-        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C50AD" w:rsidRPr="00F95097" w:rsidRDefault="007C50AD" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-[...512 lines deleted...]
-        <w:pStyle w:val="a9"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C50AD" w:rsidRPr="00F95097" w:rsidRDefault="007C50AD" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...123 lines deleted...]
-        <w:pStyle w:val="a9"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C50AD" w:rsidRPr="00F95097" w:rsidRDefault="007C50AD" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...186 lines deleted...]
-        </w:numPr>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C50AD" w:rsidRPr="00F95097" w:rsidRDefault="007C50AD" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...20 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C50AD" w:rsidRPr="00F95097" w:rsidRDefault="007C50AD" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="709"/>
-[...150 lines deleted...]
-          <w:tab w:val="left" w:pos="-2127"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...59 lines deleted...]
-        </w:numPr>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C50AD" w:rsidRPr="00F95097" w:rsidRDefault="007C50AD" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="-4678"/>
-          <w:tab w:val="left" w:pos="-2127"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...97 lines deleted...]
-        <w:pStyle w:val="a9"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C50AD" w:rsidRPr="00F95097" w:rsidRDefault="007C50AD" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
-          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C50AD" w:rsidRPr="00F95097" w:rsidRDefault="007C50AD" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
-          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C50AD" w:rsidRPr="00F95097" w:rsidRDefault="007C50AD" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
-          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F95097" w:rsidRPr="00F95097" w:rsidRDefault="00F95097" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
-          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F95097" w:rsidRPr="00F95097" w:rsidRDefault="00F95097" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
-          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C00475" w:rsidRDefault="00C00475" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
-          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00546C9D" w:rsidRDefault="00546C9D" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
-          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00546C9D" w:rsidRDefault="00546C9D" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
-          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00546C9D" w:rsidRDefault="00546C9D" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
-          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00546C9D" w:rsidRDefault="00546C9D" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
-          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00546C9D" w:rsidRDefault="00546C9D" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
-          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00546C9D" w:rsidRDefault="00546C9D" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
-          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00546C9D" w:rsidRDefault="00546C9D" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
-          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00546C9D" w:rsidRDefault="00546C9D" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
-          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId11"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00546C9D" w:rsidRDefault="00546C9D" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00546C9D" w:rsidRDefault="00546C9D" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00546C9D" w:rsidRDefault="00546C9D" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00546C9D" w:rsidRDefault="00546C9D" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00546C9D" w:rsidRDefault="00546C9D" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00546C9D" w:rsidRDefault="00546C9D" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00546C9D" w:rsidRDefault="00546C9D" w:rsidP="00261F70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00546C9D" w:rsidSect="006D3377">
+      <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CC36C8" w:rsidRDefault="00CC36C8" w:rsidP="00CE21EA">
+    <w:p w:rsidR="005963A8" w:rsidRDefault="005963A8" w:rsidP="00604DEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CC36C8" w:rsidRDefault="00CC36C8" w:rsidP="00CE21EA">
+    <w:p w:rsidR="005963A8" w:rsidRDefault="005963A8" w:rsidP="00604DEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...1 lines deleted...]
-    <w:charset w:val="CC"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CC36C8" w:rsidRDefault="00CC36C8" w:rsidP="00CE21EA">
+    <w:p w:rsidR="005963A8" w:rsidRDefault="005963A8" w:rsidP="00604DEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CC36C8" w:rsidRDefault="00CC36C8" w:rsidP="00CE21EA">
+    <w:p w:rsidR="005963A8" w:rsidRDefault="005963A8" w:rsidP="00604DEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00EF5168" w:rsidRDefault="00E1182A" w:rsidP="00770CF4">
-[...4 lines deleted...]
-    <w:r w:rsidRPr="006641AA">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-1489628158"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
-      <w:fldChar w:fldCharType="begin"/>
-[...31 lines deleted...]
-  </w:p>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w:rsidR="00604DEF" w:rsidRPr="00604DEF" w:rsidRDefault="0036121B" w:rsidP="00604DEF">
+        <w:pPr>
+          <w:pStyle w:val="a6"/>
+          <w:jc w:val="center"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="00604DEF">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="00604DEF" w:rsidRPr="00604DEF">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00604DEF">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00400155" w:rsidRPr="00400155">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00604DEF">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="02DB336F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B150EA3C"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="03686433"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E2E86CD0"/>
-    <w:lvl w:ilvl="0" w:tplc="C734D33C">
+    <w:tmpl w:val="8B76A13E"/>
+    <w:lvl w:ilvl="0" w:tplc="4C667044">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="8157" w:hanging="360"/>
+        <w:ind w:left="1778" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:color w:val="auto"/>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2869" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -4146,62 +4672,65 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="036D125B"/>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="05D31567"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E348C720"/>
-    <w:lvl w:ilvl="0" w:tplc="04190011">
+    <w:tmpl w:val="D82EEB26"/>
+    <w:lvl w:ilvl="0" w:tplc="9014B650">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2869" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4232,144 +4761,144 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="04D46225"/>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="06436DEB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D79AEEF2"/>
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:tmpl w:val="1E5E5424"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2869" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="5029" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="07A20B8F"/>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="0FFE2530"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C4FEE36E"/>
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:tmpl w:val="ABD48898"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
@@ -4404,61 +4933,61 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="15EA7228"/>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="15796783"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E348C720"/>
+    <w:tmpl w:val="C35AEC00"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3196" w:hanging="360"/>
+        <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2869" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -4490,956 +5019,935 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="21002E06"/>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="15AF0320"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="39362A38"/>
-    <w:lvl w:ilvl="0" w:tplc="3F04F5FA">
+    <w:tmpl w:val="41085AEE"/>
+    <w:lvl w:ilvl="0" w:tplc="AE8253E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:color w:val="000000"/>
+        <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0419001B">
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0419000F">
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04190019">
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0419001B">
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0419000F">
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04190019">
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0419001B">
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="180"/>
+        <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="28D946FA"/>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="318A401D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3C561672"/>
-    <w:lvl w:ilvl="0" w:tplc="0A20B31E">
+    <w:tmpl w:val="9370BEA4"/>
+    <w:lvl w:ilvl="0" w:tplc="A8C88A7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="2D2C2F52"/>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="5BBD2198"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="120223D6"/>
-    <w:lvl w:ilvl="0" w:tplc="04190011">
+    <w:tmpl w:val="76DC62D0"/>
+    <w:lvl w:ilvl="0" w:tplc="41942402">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="180"/>
+        <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="180"/>
+        <w:ind w:left="4669" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="180"/>
+        <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="315F4EB9"/>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="5DB11D6D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6C7C6A84"/>
-    <w:lvl w:ilvl="0" w:tplc="A9E68E52">
+    <w:tmpl w:val="21DEC868"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
-[...10 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2340" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="3060" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
+        <w:ind w:left="3780" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="4500" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="5220" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
+        <w:ind w:left="5940" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="7380" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:ind w:left="8100" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="65745201"/>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="73152FA5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="192E6DB6"/>
-    <w:lvl w:ilvl="0" w:tplc="9A3A1CD2">
+    <w:tmpl w:val="1E5E5424"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1908" w:hanging="1200"/>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="7D102014"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9370BEA4"/>
+    <w:lvl w:ilvl="0" w:tplc="A8C88A7C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1788" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2508" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3228" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3948" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4668" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5388" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6108" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6828" w:hanging="180"/>
-[...178 lines deleted...]
-        <w:ind w:left="6972" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="10">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="4">
-[...5 lines deleted...]
-  <w:num w:numId="6">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="7">
-[...13 lines deleted...]
-  </w:num>
   <w:num w:numId="12">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:doNotHyphenateCaps/>
+  <w:drawingGridHorizontalSpacing w:val="140"/>
+  <w:drawingGridVerticalSpacing w:val="381"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:doNotValidateAgainstSchema/>
-  <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009D1A26"/>
-[...149 lines deleted...]
-    <w:rsid w:val="00FE7562"/>
+    <w:rsidRoot w:val="009F2A1F"/>
+    <w:rsid w:val="0000368D"/>
+    <w:rsid w:val="00045C69"/>
+    <w:rsid w:val="00046C85"/>
+    <w:rsid w:val="000B0430"/>
+    <w:rsid w:val="000C2499"/>
+    <w:rsid w:val="000D39A5"/>
+    <w:rsid w:val="000D4BC4"/>
+    <w:rsid w:val="000E73A6"/>
+    <w:rsid w:val="000E7BF6"/>
+    <w:rsid w:val="00103BE5"/>
+    <w:rsid w:val="001245EB"/>
+    <w:rsid w:val="00135B45"/>
+    <w:rsid w:val="00155FC3"/>
+    <w:rsid w:val="001825AE"/>
+    <w:rsid w:val="001855B7"/>
+    <w:rsid w:val="001A0695"/>
+    <w:rsid w:val="001A2B09"/>
+    <w:rsid w:val="001E0BE3"/>
+    <w:rsid w:val="002006ED"/>
+    <w:rsid w:val="00233476"/>
+    <w:rsid w:val="00244B09"/>
+    <w:rsid w:val="00244C7A"/>
+    <w:rsid w:val="002513C2"/>
+    <w:rsid w:val="00256011"/>
+    <w:rsid w:val="0025772E"/>
+    <w:rsid w:val="00261F70"/>
+    <w:rsid w:val="00263900"/>
+    <w:rsid w:val="00272BB1"/>
+    <w:rsid w:val="00281EFF"/>
+    <w:rsid w:val="00286DB6"/>
+    <w:rsid w:val="00295E6F"/>
+    <w:rsid w:val="002B27F3"/>
+    <w:rsid w:val="002B6D37"/>
+    <w:rsid w:val="002D274B"/>
+    <w:rsid w:val="002D5BFC"/>
+    <w:rsid w:val="002F1706"/>
+    <w:rsid w:val="003071FE"/>
+    <w:rsid w:val="00310E34"/>
+    <w:rsid w:val="00323C46"/>
+    <w:rsid w:val="003267EC"/>
+    <w:rsid w:val="00336050"/>
+    <w:rsid w:val="0036121B"/>
+    <w:rsid w:val="00363EDF"/>
+    <w:rsid w:val="00363F83"/>
+    <w:rsid w:val="00386B20"/>
+    <w:rsid w:val="00387FFC"/>
+    <w:rsid w:val="00392B19"/>
+    <w:rsid w:val="003A29FD"/>
+    <w:rsid w:val="003A52C7"/>
+    <w:rsid w:val="003B4A05"/>
+    <w:rsid w:val="003C3498"/>
+    <w:rsid w:val="003C532B"/>
+    <w:rsid w:val="003E0A5D"/>
+    <w:rsid w:val="003E461F"/>
+    <w:rsid w:val="003F16E4"/>
+    <w:rsid w:val="00400155"/>
+    <w:rsid w:val="004003AC"/>
+    <w:rsid w:val="0040311B"/>
+    <w:rsid w:val="004038A2"/>
+    <w:rsid w:val="004100DD"/>
+    <w:rsid w:val="00415521"/>
+    <w:rsid w:val="0042045E"/>
+    <w:rsid w:val="0042779F"/>
+    <w:rsid w:val="0046354B"/>
+    <w:rsid w:val="00463FBD"/>
+    <w:rsid w:val="0049706B"/>
+    <w:rsid w:val="004C41ED"/>
+    <w:rsid w:val="004E4771"/>
+    <w:rsid w:val="004E483D"/>
+    <w:rsid w:val="004F01F5"/>
+    <w:rsid w:val="004F1A46"/>
+    <w:rsid w:val="00516BAD"/>
+    <w:rsid w:val="005224AD"/>
+    <w:rsid w:val="00527E87"/>
+    <w:rsid w:val="00534B61"/>
+    <w:rsid w:val="00535D09"/>
+    <w:rsid w:val="005418C0"/>
+    <w:rsid w:val="00546C9D"/>
+    <w:rsid w:val="00546FEB"/>
+    <w:rsid w:val="0055661E"/>
+    <w:rsid w:val="005634FA"/>
+    <w:rsid w:val="005723F5"/>
+    <w:rsid w:val="00586BF3"/>
+    <w:rsid w:val="005963A8"/>
+    <w:rsid w:val="005A0059"/>
+    <w:rsid w:val="005B0D12"/>
+    <w:rsid w:val="005B4DBD"/>
+    <w:rsid w:val="005C0006"/>
+    <w:rsid w:val="005F2B79"/>
+    <w:rsid w:val="00604DEF"/>
+    <w:rsid w:val="006101A6"/>
+    <w:rsid w:val="006120AF"/>
+    <w:rsid w:val="00613E97"/>
+    <w:rsid w:val="0062331F"/>
+    <w:rsid w:val="0063048B"/>
+    <w:rsid w:val="00632231"/>
+    <w:rsid w:val="00633857"/>
+    <w:rsid w:val="00651506"/>
+    <w:rsid w:val="00656472"/>
+    <w:rsid w:val="00663701"/>
+    <w:rsid w:val="00667FE9"/>
+    <w:rsid w:val="00685A6F"/>
+    <w:rsid w:val="00692BD6"/>
+    <w:rsid w:val="00693FE0"/>
+    <w:rsid w:val="006C0F43"/>
+    <w:rsid w:val="006C5AF4"/>
+    <w:rsid w:val="006C6374"/>
+    <w:rsid w:val="006D2659"/>
+    <w:rsid w:val="006D3377"/>
+    <w:rsid w:val="006D4C27"/>
+    <w:rsid w:val="006D717A"/>
+    <w:rsid w:val="00707CEF"/>
+    <w:rsid w:val="007133A0"/>
+    <w:rsid w:val="00724B82"/>
+    <w:rsid w:val="00781A61"/>
+    <w:rsid w:val="007914D3"/>
+    <w:rsid w:val="007921F2"/>
+    <w:rsid w:val="00793876"/>
+    <w:rsid w:val="007A6205"/>
+    <w:rsid w:val="007C203B"/>
+    <w:rsid w:val="007C50AD"/>
+    <w:rsid w:val="007C5BAF"/>
+    <w:rsid w:val="007D1EBD"/>
+    <w:rsid w:val="007E1569"/>
+    <w:rsid w:val="007F26B4"/>
+    <w:rsid w:val="007F2F3D"/>
+    <w:rsid w:val="008009D5"/>
+    <w:rsid w:val="008125A0"/>
+    <w:rsid w:val="00827369"/>
+    <w:rsid w:val="008842E0"/>
+    <w:rsid w:val="008B1A0B"/>
+    <w:rsid w:val="008B5E3E"/>
+    <w:rsid w:val="008C07AA"/>
+    <w:rsid w:val="008E34EA"/>
+    <w:rsid w:val="00906FA6"/>
+    <w:rsid w:val="0091104F"/>
+    <w:rsid w:val="00942A57"/>
+    <w:rsid w:val="00942E02"/>
+    <w:rsid w:val="00946951"/>
+    <w:rsid w:val="00956E2D"/>
+    <w:rsid w:val="00957FB6"/>
+    <w:rsid w:val="00973897"/>
+    <w:rsid w:val="009931CF"/>
+    <w:rsid w:val="009A4478"/>
+    <w:rsid w:val="009A7C29"/>
+    <w:rsid w:val="009B207D"/>
+    <w:rsid w:val="009C7277"/>
+    <w:rsid w:val="009E08E2"/>
+    <w:rsid w:val="009E1D03"/>
+    <w:rsid w:val="009F0CDF"/>
+    <w:rsid w:val="009F160F"/>
+    <w:rsid w:val="009F17FB"/>
+    <w:rsid w:val="009F2A1F"/>
+    <w:rsid w:val="009F660A"/>
+    <w:rsid w:val="00A06AFE"/>
+    <w:rsid w:val="00A2656C"/>
+    <w:rsid w:val="00A340B9"/>
+    <w:rsid w:val="00A34E8E"/>
+    <w:rsid w:val="00A407B5"/>
+    <w:rsid w:val="00A62833"/>
+    <w:rsid w:val="00A67B22"/>
+    <w:rsid w:val="00A73238"/>
+    <w:rsid w:val="00A823C2"/>
+    <w:rsid w:val="00A90ABB"/>
+    <w:rsid w:val="00A95D5C"/>
+    <w:rsid w:val="00AA4878"/>
+    <w:rsid w:val="00AB037A"/>
+    <w:rsid w:val="00AB3AB3"/>
+    <w:rsid w:val="00AB631F"/>
+    <w:rsid w:val="00AE2DCF"/>
+    <w:rsid w:val="00AE4F0A"/>
+    <w:rsid w:val="00AF55A4"/>
+    <w:rsid w:val="00B008DB"/>
+    <w:rsid w:val="00B25566"/>
+    <w:rsid w:val="00B401C2"/>
+    <w:rsid w:val="00B43AD7"/>
+    <w:rsid w:val="00B8448F"/>
+    <w:rsid w:val="00B91EB3"/>
+    <w:rsid w:val="00BF5048"/>
+    <w:rsid w:val="00BF68C9"/>
+    <w:rsid w:val="00C00475"/>
+    <w:rsid w:val="00C02B26"/>
+    <w:rsid w:val="00C06C06"/>
+    <w:rsid w:val="00C10E55"/>
+    <w:rsid w:val="00C17B9C"/>
+    <w:rsid w:val="00C32BB9"/>
+    <w:rsid w:val="00C413EB"/>
+    <w:rsid w:val="00C52D5D"/>
+    <w:rsid w:val="00C62564"/>
+    <w:rsid w:val="00C76B77"/>
+    <w:rsid w:val="00C865A9"/>
+    <w:rsid w:val="00C952C4"/>
+    <w:rsid w:val="00CA0ECF"/>
+    <w:rsid w:val="00CB22E3"/>
+    <w:rsid w:val="00CD19E2"/>
+    <w:rsid w:val="00CE5606"/>
+    <w:rsid w:val="00CF3782"/>
+    <w:rsid w:val="00D44670"/>
+    <w:rsid w:val="00D77682"/>
+    <w:rsid w:val="00D87886"/>
+    <w:rsid w:val="00DB268C"/>
+    <w:rsid w:val="00DB5439"/>
+    <w:rsid w:val="00DC5877"/>
+    <w:rsid w:val="00DF0AA8"/>
+    <w:rsid w:val="00DF1EBD"/>
+    <w:rsid w:val="00DF7030"/>
+    <w:rsid w:val="00E200E8"/>
+    <w:rsid w:val="00E41436"/>
+    <w:rsid w:val="00E562C4"/>
+    <w:rsid w:val="00E60918"/>
+    <w:rsid w:val="00E609CE"/>
+    <w:rsid w:val="00E761FA"/>
+    <w:rsid w:val="00E81432"/>
+    <w:rsid w:val="00E8514E"/>
+    <w:rsid w:val="00E91646"/>
+    <w:rsid w:val="00EC73A0"/>
+    <w:rsid w:val="00EE7D58"/>
+    <w:rsid w:val="00EF6FFD"/>
+    <w:rsid w:val="00F0410E"/>
+    <w:rsid w:val="00F043D9"/>
+    <w:rsid w:val="00F15747"/>
+    <w:rsid w:val="00F548B4"/>
+    <w:rsid w:val="00F75BC0"/>
+    <w:rsid w:val="00F769B9"/>
+    <w:rsid w:val="00F95097"/>
+    <w:rsid w:val="00FB2470"/>
+    <w:rsid w:val="00FE6F28"/>
+    <w:rsid w:val="00FF163E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-    <w:lsdException w:name="Normal" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...25 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -5511,281 +6019,240 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00A417FC"/>
+    <w:rsid w:val="00386B20"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Calibri"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:eastAsia="en-US"/>
-[...21 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00386B20"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F815CD"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00244B09"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
-    <w:link w:val="a3"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:locked/>
-    <w:rsid w:val="00F815CD"/>
+    <w:rsid w:val="00244B09"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00CE21EA"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00604DEF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:locked/>
-    <w:rsid w:val="00CE21EA"/>
+    <w:rsid w:val="00604DEF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a8"/>
+    <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00CE21EA"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00604DEF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a7"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
-    <w:locked/>
-[...11 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00604DEF"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aa">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004F06DF"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00AA4878"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-      <w:color w:val="0000FF"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
-    </w:rPr>
-[...13 lines deleted...]
-      <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-    <w:lsdException w:name="Normal" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...25 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -5857,381 +6324,367 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00A417FC"/>
+    <w:rsid w:val="00386B20"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Calibri"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:eastAsia="en-US"/>
-[...21 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00386B20"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F815CD"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00244B09"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
-    <w:link w:val="a3"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:locked/>
-    <w:rsid w:val="00F815CD"/>
+    <w:rsid w:val="00244B09"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00CE21EA"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00604DEF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:locked/>
-    <w:rsid w:val="00CE21EA"/>
+    <w:rsid w:val="00604DEF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a8"/>
+    <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00CE21EA"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00604DEF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a7"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
-    <w:locked/>
-[...11 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00604DEF"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aa">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004F06DF"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00AA4878"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-      <w:color w:val="0000FF"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
-    </w:rPr>
-[...13 lines deleted...]
-      <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1855873984">
+    <w:div w:id="427310031">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1181359636">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1562713823">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -6368,78 +6821,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DCA2C903-049C-4CA2-A6F5-63B65502A98D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB2C830F-A1DC-41EC-91C1-ECC0244AF512}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1200</Words>
-  <Characters>6843</Characters>
+  <Words>1065</Words>
+  <Characters>6075</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>57</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>50</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8027</CharactersWithSpaces>
+  <CharactersWithSpaces>7126</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Бегалина Махаббат</dc:creator>
+  <dc:creator>Адылканова Индира</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>