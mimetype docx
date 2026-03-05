--- v0 (2025-12-11)
+++ v1 (2026-03-05)
@@ -1,39904 +1,42393 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/word/header10.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00F7098C" w:rsidRDefault="00F7098C" w:rsidP="00623FF5">
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
-[...183 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Об утверждении регламентов </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственных услуг, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оказываемых в сфере образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">соответствии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с пунктом 3  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Казахстан от 15 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">апреля  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2013 года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «О </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственных  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугах»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> акимат </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодарской </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">области </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Утвердить прилагаемые регламенты государственных услуг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Постановка на очередь детей дошкольного возраста (до 7 лет) для направления в детские дошкольные организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием документов и зачисление детей в дошкольные организации образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием документов и зачисление в организации дополнительного образования для детей по предоставлению им дополнительного образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием документов для участия в конкурсе на присуждение гранта «Лучшая организация среднего образования»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обследование и оказание  психолого-медико-педагогической консультативной помощи детям с ограниченными возможностями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="af2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rStyle w:val="af2"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Реабилитация и социальная адаптация детей и подростков с проблемами в развитии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rStyle w:val="af2"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rStyle w:val="af2"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>7)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Оказание консультативной помощи семьям, воспитывающим детей с ограниченными возможностями»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8)  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Прием документов для организации индивидуально</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>го</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бесплатного обучени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9) «Прием документов и зачисление в специальные организации образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10)  «Прием документов для участия в конкурсе на присуждение звания «Лучший педагог»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) «Прием документов для участия в конкурсе на замещение </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>руководителей государственных учреждений среднего образования»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>12) «Прием документов в организации технического и профессионального, послесреднего образования»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>13) «Предоставление общежития обучающимся в организациях технического и профессионального образования»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>14)  «Выдача дубликатов документов о техническом и профессиональном образовании»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Прием документов и зачисление в организации образования, независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>16)  «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выдача разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>17)  «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выдача дубликатов документов об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>основном среднем, общем среднем образовании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Государственному учреждению «Управление образования  Павлодарской области» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в установленном законодательстве порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>государственную регистрацию настоящего постановления в территориальном органе юстиции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в течении десяти календарных дней после государственной регистрации настоящего постановления в территориальном органе юстиции направление на официальное опубликование в средствах массовой информации и информационно-правовой системе «Әділет»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>размещение настоящего постановления на интернет-ресурсе акимата Павлодарской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Контроль за исполнением настоящего постановления возложить на заместителя акима области Садибекова Г.К.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="009775FE">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Настоящее постановление вводится в действие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по истечении десяти </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">календарных дней после </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дня </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">его первого официального </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>опубликования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="000966EC" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Исполняющий обязанности </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кима области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001047D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Д. Турганов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001047D6" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00025215">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                                                    Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00025215">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                       постановлением акимата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00025215">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                  Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00025215">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                         от «28» мая 2015 №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>153/5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00025215" w:rsidRDefault="00E67EDC" w:rsidP="00025215">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Постановка на очередь детей дошкольного возраста </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(до 7 лет) для направления в детские дошкольные организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00A3787D" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F7098C" w:rsidRPr="00623FF5" w:rsidRDefault="00F7098C" w:rsidP="00623FF5">
-      <w:pPr>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+          <w:tab w:val="left" w:pos="12928"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7487A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Постанов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ка на очередь детей дошкольного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7487A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>возраста (до 7 лет) для направления в детские дошкольные организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(далее</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственная услуга) оказывается </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>местными исполнительными органами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">городов и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">районов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодарской области, акимами поселка, села, сельского округа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00225DF7" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...27 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием заявлений и выдача результатов оказания государственных услуг осуществляются </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>через</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00E7487A" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) филиал Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C14899">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еспубликанско</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>го</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C14899">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>го</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C14899">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предприяти</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C14899">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на праве хозяйственного ведения «Центр обслуживания населения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» по Павлодарской области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C14899">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B35CD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B35CD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ц</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B35CD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00225DF7" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-        <w:tabs>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>) веб-портал «электронного правительства»: www.egov.kz (далее – портал)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
-        </w:tabs>
-[...16 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t>1) «</w:t>
-[...23 lines deleted...]
-        <w:tabs>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма оказания государственной услуги: электронная (полностью автоматизированная) и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00F66E5B" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Результат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания государственной услуги </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>являются выдача направления в детскую дошкольную организацию, по форме согласно приложению 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00843ADC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971AE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стандарта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971AE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971AE2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Постановка на очередь детей дошкольного возраста (до 7 лет) для направления в детские дошкольные организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971AE2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971AE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>утвержденного приказом Министра образования и науки  Республики Казахстан от</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>апреля 2015 года   №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>172  (далее - Стандарт)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971AE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в случае отсутствия мест в дошкольной организации, уведомление о постановке на очередь с указанием номера очередности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
-        </w:tabs>
-[...16 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t>2) «Мектепке дейінгі білім беру ұйымдарына құжаттарды қабылдау және балаларды қабылдау»;</w:t>
-[...4 lines deleted...]
-        <w:tabs>
+        <w:t>Форма предоставления результата оказания государственной услуги: электронная (полностью автоматизированная) и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
-        </w:tabs>
-[...24 lines deleted...]
-        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="005E47A6" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
-        </w:tabs>
-[...24 lines deleted...]
-        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00225DF7" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Описание порядка действий структурных подразделений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00225DF7" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00353CA1" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="s0"/>
-[...279 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:tab/>
-        <w:t xml:space="preserve">12) </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971AE2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основанием для начала процедуры (действия) по оказанию государственной услуги является:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971AE2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>при обращении в канцелярию услугодателя - заявление услугополучателя  с приложением необходимых документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971AE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, указанных в пункте 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00353CA1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при обращении через портал - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00353CA1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> запрос в форме электронного документа, подписанный электронно-цифровой подписью (далее - ЭЦП)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00353CA1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя и свидетельство о рождении ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Содержание каждой процедуры (действия), входящей в состав процесса оказания государственной услуги, длите</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>льность и последовательность ее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выполнения, в том числе этапы прохождения процедур (действий):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00225DF7" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сотрудник канцелярии услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляет прием и регистрацию полученных от услугополучателя документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сверяет копии доку</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ментов с оригиналами документов, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
           <w:bCs/>
-          <w:szCs w:val="28"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>возвращает оригиналы услугополучателю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> білім беретін ұйымдарға құжаттар қабылдау</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>распиской</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о приеме документов по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пункту 9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не более </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>минут)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Результат </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>постановка на очередь детей дошкольного возраста (до      7 лет) для направления в детские дошкольные учреждения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00A3787D" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00225DF7" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Описание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32225">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>порядка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32225">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>взаимодействия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32225">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>структурных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F61F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подразделений (работников) услугодателя в процессе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32225">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32225">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>государственной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32225">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00225DF7" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00225DF7" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971AE2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень структурных подразделений (работников) услугодателя, которы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участву</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т в процессе оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00225DF7" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>со</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>трудник канцелярии услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="006676BB" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971AE2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A51F0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание последовательности процедур </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A51F0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(действий) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006676BB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сопровождается таблицей согласно приложению 1 к настоящему </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006676BB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>егламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00225DF7" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00225DF7" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00225DF7" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание порядка </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">взаимодействия с центром </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обслуживания населения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) веб-порталом «электронного правительства»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, а также порядка использования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информационных систем в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процессе оказания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00A3787D" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">13) </w:t>
-[...224 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve">        9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Описание порядка обращения в ЦОН с указанием каждой процедуры (действия) согласно приложению 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00843ADC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006676BB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к настоящему </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006676BB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>егламенту</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="7655"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучатель государственной услуги подает необходимые документы и заявление оператору ЦОН согласно приложениям к Стандарту, которое осуществляется в операционном зале посредством «безбарьерного обслуживания путем электронной очереди»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="2410"/>
+          <w:tab w:val="left" w:pos="7655"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесс 1 – ввод оператора ЦОН логина и пароля (процесс авторизации) для оказания услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="7655"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесс 2 – выбор оператором ЦОН услуги, а также данных представителя услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="008816CC" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="7655"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008816CC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">процесс  3  –  направление  запроса  через  шлюз  электронного правительства  (далее - ШЭП)  в  государственную  базу  данных физических лиц </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008816CC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">далее  –  ГБД ФЛ)  о  данных  услугополучателя   (одного из родителей или законных представителей); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00353CA1" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="7655"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00353CA1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">условие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00353CA1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– проверка наличия данных услугополучателя в ГБД ФЛ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="7655"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесс     4– формирование сообщения о невозможности получения данных в связи с отсутствием данных услугополучателя в ГБД ФЛ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00266A71" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="2410"/>
+          <w:tab w:val="left" w:pos="7655"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесс 5–направление электронного документа (запроса услугополучателя) удостоверенного (подписанного) ЭЦП оператора ЦОН через ШЭП в автоматизированном рабочем месте регионального шлюза электронного правительства (далее – АРМ РШЭП).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00225DF7" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="7655"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...662 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. Государственная услуга оказывается в порядке очереди без предварительной записи и ускоренного обслуживания. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результат оказания государственной услуги </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001B4F3E">
-[...142 lines deleted...]
-      <w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>постановка на очередь, о чем услугополучателю выдается талон с указанием номера очередности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="7610"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="710"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00971AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Описание порядка обращения при оказании государственной  услуги через портал и последовательности процедур (действий) услугодателя и услугополучателя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1323 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="7610"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугополучатель осуществляет регистрацию на портале с помощью </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>индивидуального идентификационного номера</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – ИИН), а также пароля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:suppressAutoHyphens/>
-        <w:snapToGrid w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="7610"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...76 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   процесс 1 – ввод услугополучателем ИИН и пароля (процесс авторизации) на портале для получения услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:suppressAutoHyphens/>
-        <w:snapToGrid w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="2552"/>
+          <w:tab w:val="left" w:pos="7610"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...67 lines deleted...]
-    <w:p w:rsidR="00F7098C" w:rsidRPr="00B627C5" w:rsidRDefault="00F7098C" w:rsidP="00F946F9">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> условие 1 – проверка на портале подлинности данных о зарегистрированном услугополучателе через ИИН и пароль;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="2552"/>
+          <w:tab w:val="left" w:pos="7610"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  процесс 2 – формирование порталом сообщения об отказе в авторизации в связи с имеющимся нарушениями в данных услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="7610"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процесс  3 – выбор услугополучателем услуги, указанной в настоящем регламенте, вывод на экран формы запроса  для оказания услуги и заполнение услугополучателем формы (ввод данных) с учетом ее структуры и форматных требований, прикрепление к форме запроса необходимых копий документов в электронном виде, указанные в Стандарте, а также выбор услугополучателем регистрационного свидетельства ЭЦП для удостоверения (подписания) запроса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="7610"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  условие  2 – проверка на портале срока действия регистрационного свидетельства ЭЦП и отсутствия в списке отозванных (аннулированных) данных (между ИИН, указанным в запросе, и ИИН, указанным в регистрационном свидетельстве ЭЦП);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="7610"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  процесс  4 – формирование сообщения об отказе в запрашиваемой услуге в связи с не подтверждением подлинности ЭЦП услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="2268"/>
+          <w:tab w:val="left" w:pos="7610"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  процесс 5 – направление электронного документа (запроса услугополучателя) удостоверенного (подписанного) ЭЦП услугополучателя через ШЭП в АРМ РШЭП для обработки запроса услугодателем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009854AE" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="7610"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">условие  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проверка </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугодателем </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">соответствия </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приложенных</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="7610"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателем документов, указанных в пункте 9 Стандарта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и основанием для оказания услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D647E3" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D647E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>процесс  6 – формирование сообщения об отказе в запрашиваемой услуге в связи с имеющимися нарушениями в документах услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесс 7 – получение услугополучателем результата услуги (уведомление в форме электронного документа), сформированный АРМ РШЭП. Результат оказания государственной услуги направляется услугополучателю в «личный кабинет» в форме электронного документа, удостоверенного ЭЦП уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00225DF7" w:rsidRDefault="00E67EDC" w:rsidP="00472D71">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1134"/>
-[...37 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Функциональные взаимодействия </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информационных систем, задействованных при оказании государственной услуги </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">через портал приведены диаграммой согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>егламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="009775FE">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971AE2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Подробное описание последовательности процедур (действий) взаимодействий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги, а также описания порядка взаимодействия  с иными услугодателями и (или)  центром обслуживания населения и порядка использования информационных систем  в процессе оказания государственной  услуги отражается в справочнике бизнес-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00954C24">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процессов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971AE2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00954C24">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> согласно приложени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00954C24">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00843ADC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006676BB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к настоящему </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006676BB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>егламенту</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="001047D6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00025215">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00025215">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00025215">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00025215">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00025215">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00025215">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00025215">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00025215">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00025215">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00025215">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00025215">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00025215">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00025215">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00025215">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00025215">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E57B2" w:rsidRDefault="00E67EDC" w:rsidP="00025215">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                                                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E57B2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E57B2">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA0E24">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>регламен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E57B2">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA0E24">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7487A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Постанов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ка на очередь детей дошкольного возраста    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7487A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(до 7 лет)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00513A34" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для направления </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7487A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в детские дошкольные организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA0E24">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="000C148D" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B627C5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>4. Халыққа қызмет көрсету орталығымен және (немесе) «электрондық үкі</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>Описание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32225">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> тәртібін, сондай-ақ мемле</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>порядка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32225">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ақпараттық жүйелерді қолдану тәртібін сипаттау</w:t>
-[...115 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>взаимодействия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32225">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B627C5">
-[...997 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>структурных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F61F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B627C5">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подразделений (работников)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B627C5">
-[...122 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услугодателя в процессе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32225">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...19 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32225">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...184 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>государственной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32225">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00513A34" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="6889" w:type="dxa"/>
+        <w:tblInd w:w="1299" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="675"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6088"/>
+        <w:gridCol w:w="438"/>
+        <w:gridCol w:w="2057"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F7098C" w:rsidRPr="00604931" w:rsidTr="00752C3C">
+      <w:tr w:rsidR="00E67EDC" w:rsidRPr="00F044C2" w:rsidTr="003E39D5">
+        <w:trPr>
+          <w:trHeight w:val="259"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcW w:w="438" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00B627C5" w:rsidRDefault="00F7098C" w:rsidP="00752C3C">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00F044C2" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7655"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9065" w:type="dxa"/>
+            <w:tcW w:w="6451" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00B627C5" w:rsidRDefault="00F7098C" w:rsidP="00752C3C">
+          <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7655"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7655"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321B0F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Действия основного процесса (хода  работ)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00321B0F" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7655"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B627C5">
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F7098C" w:rsidRPr="00B627C5" w:rsidTr="00752C3C">
+      <w:tr w:rsidR="00E67EDC" w:rsidRPr="00F044C2" w:rsidTr="003E39D5">
+        <w:trPr>
+          <w:trHeight w:val="732"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcW w:w="438" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00B627C5" w:rsidRDefault="00F7098C" w:rsidP="00752C3C">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00F044C2" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7655"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B627C5">
+            <w:r w:rsidRPr="00F044C2">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2057" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00B627C5" w:rsidRDefault="00F7098C" w:rsidP="00752C3C">
+          <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7655"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B627C5">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Әрекеттің (жұмыс барысының) №</w:t>
+              <w:t>№ действия (хода</w:t>
             </w:r>
+            <w:r w:rsidRPr="009E57B2">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> работ)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E57B2" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7655"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6088" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00B627C5" w:rsidRDefault="00F7098C" w:rsidP="00752C3C">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E57B2" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7655"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B627C5">
+            <w:r w:rsidRPr="009E57B2">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F7098C" w:rsidRPr="00604931" w:rsidTr="00752C3C">
+      <w:tr w:rsidR="00E67EDC" w:rsidRPr="00F044C2" w:rsidTr="003E39D5">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcW w:w="438" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00B627C5" w:rsidRDefault="00F7098C" w:rsidP="00752C3C">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00F044C2" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7655"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B627C5">
+            <w:r w:rsidRPr="00F044C2">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2057" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00B627C5" w:rsidRDefault="00F7098C" w:rsidP="00752C3C">
+          <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7655"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B627C5">
+            <w:r w:rsidRPr="009E57B2">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Құрылымдық бөлімшелер (қызметкерлер)</w:t>
+              <w:t>Структурные подразделения (работники)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E57B2" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7655"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="008A6705" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7655"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008A6705">
+              <w:t>Сотрудник канцелярии услугодателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E67EDC" w:rsidRPr="00F044C2" w:rsidTr="003E39D5">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="438" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00F044C2" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7655"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00F044C2" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7655"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F044C2">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6088" w:type="dxa"/>
+            <w:tcW w:w="2057" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00B627C5" w:rsidRDefault="00F7098C" w:rsidP="00752C3C">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="008A6705" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
             <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7655"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008A6705">
+              <w:t>Наименование действия (процесса, процедуры операции) и их описание</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="008A6705" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7655"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00513A34" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7655"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00513A34">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>К</w:t>
+              <w:t>Осуществляет прием и регистрацию документов,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B627C5">
+            <w:r w:rsidRPr="00513A34">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>өрсетілетін қызметті берушінің кеңсе қызметкері</w:t>
+              <w:t xml:space="preserve"> сверяет копии с оригиналами </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F7098C" w:rsidRPr="00604931" w:rsidTr="00752C3C">
+      <w:tr w:rsidR="00E67EDC" w:rsidRPr="00F044C2" w:rsidTr="003E39D5">
+        <w:trPr>
+          <w:trHeight w:val="276"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcW w:w="438" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00B627C5" w:rsidRDefault="00F7098C" w:rsidP="00752C3C">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00F044C2" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7655"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B627C5">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2057" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E57B2" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7655"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>3</w:t>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00513A34" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7655"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E67EDC" w:rsidRPr="00F044C2" w:rsidTr="003E39D5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="438" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00F044C2" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7655"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F044C2">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F044C2">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2057" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00B627C5" w:rsidRDefault="00F7098C" w:rsidP="00752C3C">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="008A6705" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7655"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
-            <w:r w:rsidRPr="00B627C5">
-[...8 lines deleted...]
-              <w:t>Әрекеттің (үдерістің, рәсімнің, операциялардың атауы) және олардың сипаттамасы</w:t>
+            <w:r w:rsidRPr="008A6705">
+              <w:t>Форма завершения</w:t>
             </w:r>
+          </w:p>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="008A6705" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7655"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6088" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00B627C5" w:rsidRDefault="00F7098C" w:rsidP="00752C3C">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00513A34" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="0"/>
-                <w:tab w:val="left" w:pos="709"/>
+                <w:tab w:val="left" w:pos="7655"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00513A34">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выдача </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00513A34">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00B627C5">
+              <w:t>расписки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00513A34">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Құжаттарды қабылдауды және тіркеуді жүзеге асырады, көшірмелерді құжаттардың түпнұсқаларымен салыстырады</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>о приеме документов и постановка</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00513A34">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на очередь </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F7098C" w:rsidRPr="00604931" w:rsidTr="00752C3C">
+      <w:tr w:rsidR="00E67EDC" w:rsidRPr="00F044C2" w:rsidTr="003E39D5">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcW w:w="438" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00B627C5" w:rsidRDefault="00F7098C" w:rsidP="00752C3C">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00F044C2" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7655"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B627C5">
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2057" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00B627C5" w:rsidRDefault="00F7098C" w:rsidP="00752C3C">
+          <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7655"/>
+              </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B627C5">
+            <w:r w:rsidRPr="009E57B2">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Аяқтау нысаны</w:t>
+              <w:t>Сроки исполнения</w:t>
             </w:r>
+          </w:p>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E57B2" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7655"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6088" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00B627C5" w:rsidRDefault="00F7098C" w:rsidP="00752C3C">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00F96924" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="7655"/>
+              </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F96924">
+              <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00B627C5">
+              <w:t xml:space="preserve">Не более </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құжаттарды қабылдау туралы қолхат беру және кезекке қоюға </w:t>
+              <w:t>3</w:t>
             </w:r>
-          </w:p>
-[...9 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidRPr="00F96924">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00B627C5">
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F96924">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...58 lines deleted...]
-              <w:t>30 минуттан аспайды</w:t>
+              <w:t>минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F7098C" w:rsidRPr="00B627C5" w:rsidRDefault="00F7098C" w:rsidP="0013473E">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00025215">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E57B2" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E57B2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E57B2">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA0E24">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>регламен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E57B2">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA0E24">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7487A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Постанов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ка на очередь детей дошкольного возраста    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7487A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(до 7 лет)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для направления </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7487A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в детские дошкольные организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA0E24">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00025215" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00025215">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Диаграмма функционального  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00025215">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>взаимодействия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00025215">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> информационных систем, задействованных в оказании государственной услуги </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00025215" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00025215">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>через центр обслуживания населения, в графической форме</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00642BD3" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4536"/>
-        <w:jc w:val="both"/>
-[...314 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00786272" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="456"/>
+        </w:tabs>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="Рисунок 1" o:spid="_x0000_i1025" type="#_x0000_t75" style="width:500.25pt;height:367.5pt;visibility:visible">
+          <v:shape id="Рисунок 4" o:spid="_x0000_i1025" type="#_x0000_t75" style="width:480.75pt;height:280.5pt;visibility:visible">
+            <v:imagedata r:id="rId8" o:title=""/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="456"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="456"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="456"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="456"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="456"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="456"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="456"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="456"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="456"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="456"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E57B2" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E57B2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E57B2">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA0E24">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>регламен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E57B2">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA0E24">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7487A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Постанов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ка на очередь детей дошкольного возраста    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7487A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(до 7 лет)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для направления </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7487A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в детские дошкольные организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA0E24">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00025215" w:rsidRDefault="00E67EDC" w:rsidP="003B22FD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00025215">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Диаграмма функционального взаимодействия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00025215">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00025215">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информационных систем, задействованных в оказании </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00025215" w:rsidRDefault="00E67EDC" w:rsidP="003B22FD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00025215">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги через портал</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00786272" w:rsidP="006556C5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Рисунок 10" o:spid="_x0000_i1026" type="#_x0000_t75" style="width:474pt;height:287.25pt;visibility:visible">
+            <v:imagedata r:id="rId9" o:title=""/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="006556C5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="006556C5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00025215" w:rsidRDefault="00E67EDC" w:rsidP="00025215">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536" w:hanging="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00025215">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Условные обозначения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00786272" w:rsidP="003B22FD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Рисунок 1" o:spid="_x0000_i1027" type="#_x0000_t75" style="width:458.25pt;height:232.5pt;visibility:visible">
+            <v:imagedata r:id="rId10" o:title=""/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003B22FD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003B22FD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00642BD3" w:rsidRDefault="00E67EDC" w:rsidP="00642BD3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="456"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="009328C9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="009328C9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E57B2" w:rsidRDefault="00E67EDC" w:rsidP="009328C9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E57B2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="009328C9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E57B2">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA0E24">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>регламен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E57B2">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="009328C9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA0E24">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7487A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Постанов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ка на очередь детей дошкольного возраста    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7487A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(до 7 лет)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="009328C9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для направления </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7487A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в детские дошкольные организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA0E24">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00025215" w:rsidRDefault="00E67EDC" w:rsidP="009328C9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CA1B05" w:rsidRDefault="00E67EDC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1B05">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Справочник</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00025215" w:rsidRDefault="00E67EDC" w:rsidP="00025215">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1B05">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бизнес-процессов оказания государственной услуги </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00786272" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Рисунок 13" o:spid="_x0000_i1028" type="#_x0000_t75" style="width:476.25pt;height:301.5pt;visibility:visible">
+            <v:imagedata r:id="rId11" o:title=""/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Условные обозначения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00786272" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Рисунок 2" o:spid="_x0000_i1029" type="#_x0000_t75" style="width:478.5pt;height:209.25pt;visibility:visible">
             <v:imagedata r:id="rId12" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7098C" w:rsidRPr="0013473E" w:rsidRDefault="00F7098C" w:rsidP="0013473E">
-[...42 lines deleted...]
-        <w:pStyle w:val="a7"/>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
         <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                                                    Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                       постановлением акимата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                  Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                         от «28» мая 2015 №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>153/5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00603966" w:rsidRDefault="00E67EDC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием документов и зачисление  в дошкольные  организации образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00E13A6B" w:rsidRDefault="00E67EDC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00A31A42" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31A42">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00324E05">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием документов и зачисление  в дошкольные  организации образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31A42">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00335E0C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(далее - государственная услуга) оказывается   дошкольными организациями образования всех типов и видов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(далее - услугодатель)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Форма оказания государственной услуги: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031D1B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бумажная</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031D1B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Результат оказания государственной услуги: зачисление ребенка в дошкольную  организацию на основании заявления одного из родителей или законного представителя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00282769" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00282769">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Форма предоставления результата оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00282769" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Описание порядка действий структурных подразделений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Основанием для начала процедуры (действия) по оказанию государственной услуги является заявление услугополучателя на зачисление ребенка в дошкольную организацию с приложением необходимых документов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, указанных в пункте 9 стандарта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971A39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00324E05">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием документов и зачисление  в дошкольные  организации образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971A39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">утвержденного приказом Министра образования и науки  Республики Казахстан от </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00282769">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7 апреля 2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00282769">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">года   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923640">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">172 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923640">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее - Стандарт).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Содержание каждой процедуры (действия), входящей в состав процесса оказания государственной услуги, длительность и последовательность ее выполнения, в том числе этапы прохождения процедур (действий):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00302DEB" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) сотрудник к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">анцелярии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугодателя </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>осуществляет прием и регистрацию полученных от услугополучателя документов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D5F65">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сверяет копии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022391E">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с оригиналами документов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022391E">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возвращает оригиналы услугополучателю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и передает на рассмотрение руководителю </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302DEB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302DEB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302DEB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>минут);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00302DEB" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302DEB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">2)  руководитель </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302DEB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугодателя </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302DEB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рассматривает </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302DEB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      определяет ответственного     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302DEB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>исполнителя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302DEB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302DEB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302DEB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>минут);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302DEB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A25FB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ответственный     исполнитель    услугодателя    изучает     документы, оформляет проект приказа о зачислении ребенка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в дошкольную  организацию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, направляет  на  рассмотрение   и   подписание   руководителю      услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302DEB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302DEB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302DEB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>минут);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00F21FC7" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) руководитель услугодателя рассматривает проект приказа о зачислении ребенка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в дошкольную организацию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, подписывает и направляет в канцелярию </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302DEB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:pStyle w:val="a7"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>минут</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F21FC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00302DEB" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047439E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сотрудник </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047439E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>канцеляри</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и услугодателя регистрирует приказ о зачислении ребенка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в дошкольную организацию </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302DEB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302DEB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302DEB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>минут);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. Результат: зачисление ребенка в дошкольную  организацию на основании заявления одного из родителей или законного представителя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Описание порядка взаимодействия структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001A51F0" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00655D48">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Перечень структурных подразделений (работников) услугодателя, которые </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A51F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>участвуют в процессе оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001A51F0" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A51F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) сотрудник канцелярии услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001A51F0" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A51F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) руководитель услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001A51F0" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A51F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) ответственный исполнитель услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00302DEB" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302DEB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302DEB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание последовательности процедур </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302DEB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(действий) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302DEB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сопровождается </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302DEB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в справочнике бизнес- процессов согласно приложению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00302DEB" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание порядка </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">взаимодействия с центром </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обслуживания населения иными услугодателями</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, а также порядка использования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информационных систем в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процессе оказания </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00643136">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1276"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9. Согласно С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002024A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тандарту</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002024A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственная услуга не оказывается через</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> филиал Республиканского государственного предприятия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002024A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на праве хозяйственного ведения «Центр обслуживания населения» по Павлодарской области</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002024A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и веб-портал «электронного правительства»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00863983" w:rsidRDefault="00E67EDC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1276"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1276"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="000C148D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="005727F1" w:rsidRDefault="00E67EDC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2832" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005727F1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>«Мектепке дейінгі балалар ұйымдарына</w:t>
-[...190 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="005727F1" w:rsidRDefault="00E67EDC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005727F1">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005727F1">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к регламенту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005727F1">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="005727F1" w:rsidRDefault="00E67EDC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005727F1">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005727F1">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005727F1">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005727F1">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005727F1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием документов и зачисление  в</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005727F1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005727F1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  дошкольные  организации образования»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005727F1">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Справочник бизнес-процессов оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00786272" w:rsidP="00376A47">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="Полилиния 55" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:689.55pt;margin-top:458.9pt;width:15.75pt;height:11.25pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="200025,142875" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCFWTIfiQMAAO0JAAAOAAAAZHJzL2Uyb0RvYy54bWysVmuO0zAQ/o/EHSz/RGLzaJs+tN0VLCxC&#10;WmClLQdwHaeJSOJgu013L8ERuMZKCM5QbsTYedRplbJCVGpkZ7584/nGnvH55TZL0YYJmfB8jr0z&#10;FyOWUx4m+WqOPy+uX04wkorkIUl5zub4nkl8efH82XlZzJjPY56GTCAgyeWsLOY4VqqYOY6kMcuI&#10;POMFy8EYcZERBVOxckJBSmDPUsd33cApuQgLwSmTEt6+qYz4wvBHEaPqUxRJplA6x7A2ZZ7CPJf6&#10;6Vyck9lKkCJOaL0M8g+ryEiSg9OW6g1RBK1FckSVJVRwySN1Rnnm8ChKKDMxQDSeexDNXUwKZmIB&#10;cWTRyiT/Hy39uLkVKAnneDDyMcpJBknafd/92v3YPZr/z93j729oNNJSlYWcwRd3xa3QwcrihtMv&#10;EgxOx6InEjBoWX7gIRCSteJGnm0kMv0lBI62Jgv3bRbYViEKLyGtrj/CiILJG/qTsXHtkFnzMV1L&#10;9Y5xQ0Q2N1JVSQxhZFIQ1mEsIOFRlkI+XzjIRSWqmWt4g/I6qBjtfUI6Wy4Qp+XyxoHv+b2EAwvq&#10;oj7CoYWqFtZLCGK0vv3BxBv0kgY20ujYSzq2oFXIvaxwhlv//TpOLdRfCL0nZuZpqfHs3LgogLjh&#10;ORoNgvp4t0n0uqk5hbTTc5rTzs5ppJ2d00g7OUdIOAqrZrOTuNn/dJvXBwBGiOj6uwBl9IkouNSn&#10;TZ8HOFMLT8sCJIDTVgs+6MBBVg0f9MKHHTgopuHNaT1mH3XgIIaGj3vZgw4c9qCGT3vh4w5c7zCN&#10;9zrBVkHXMgloDodtQWAEbWGpnYBsRGl1myEq97UpbkuTtmZ8wxbc4NRBWQOPe2ua26iqiphlmj4E&#10;0AZA18uEvmYPHfhkOggqjeu2VRhnTbmEaD03CEy8sPZDm6kbjXgd+sbp0Sf7QmgtrYuuVH4y8CjO&#10;lEtWbUYtttmVreo6WVallzxNwuskTbXOUqyWV6lAGwJ9/dr86tg6sDTXSfP8seua3dExdjh0zQBQ&#10;tZYOTPB1Hpr9EDMSvq3HiiRpNTba1B1QN72qSy55eA8NUPDqxgE3JBjEXDxgVMJtY47l1zURDKP0&#10;fQ7tfOoNh6ClMpPhaOzDRNiWpW0hOQWqOaYK9ms1uVLVpWZdiGQVgy/PBJzzV9B6o0S3SNOjq3XV&#10;E7hTGMnr+4++tNhzg9rf0i7+AAAA//8DAFBLAwQUAAYACAAAACEAh8jbTOIAAAANAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KidprQ0xKkQFQIOPbRU4urGJomw15HtNunfsz2V&#10;48w+zc6Uq9FZdjIhdh4lZBMBzGDtdYeNhP3X28MTsJgUamU9GglnE2FV3d6UqtB+wK057VLDKARj&#10;oSS0KfUF57FujVNx4nuDdPvxwalEMjRcBzVQuLN8KsScO9UhfWhVb15bU//ujk7C43qz/hDnT5u/&#10;h2/cTId9tw1Cyvu78eUZWDJjusJwqU/VoaJOB39EHZklnS+WGbESltmCRlyQWSbmwA5kzUQOvCr5&#10;/xXVHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCFWTIfiQMAAO0JAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCHyNtM4gAAAA0BAAAPAAAAAAAA&#10;AAAAAAAAAOMFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA8gYAAAAA&#10;" path="m,l176212,v13152,,23813,10661,23813,23813l200025,142875,,142875,,xe" strokeweight="1pt">
-[...20 lines deleted...]
-          <v:shape id="Рисунок 2" o:spid="_x0000_i1026" type="#_x0000_t75" style="width:480pt;height:214.5pt;visibility:visible">
+          <v:shape id="Рисунок 19" o:spid="_x0000_i1030" type="#_x0000_t75" style="width:481.5pt;height:505.5pt;visibility:visible">
             <v:imagedata r:id="rId13" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7098C" w:rsidRDefault="00F7098C" w:rsidP="0013473E">
-[...256 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                                                  Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                       постановлением акимата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                  Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                         от «28» мая 2015 №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>153/5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Прием документов и зачисление в организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дополнительного образования для детей по предоставлению</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>им дополнительного образования»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.  Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осударственн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Прием документов и зачисление в организации дополнительного образования для детей по предоставлению им дополнительного образования» (далее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- государственная услуга) оказывается организациями дополнительного образования для детей, организациями общего среднего образования Павлодарской области (далее - услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием заявлений и выдача результатов оказания государственной услуги осуществляется через канцелярию услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Форма оказываемой государственной услуги: бумажная. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Результат оказания государственной услуги – зачисление обучающихся  в организацию дополнительного образования для детей по предоставлению им дополнительного образования на основании заявления одного из родителей или законного представителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма предоставления результата оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Описание порядка действий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Основанием для начала процедуры (действия) по оказанию государственной услуги является заявление услугополучателя в произвольной форме с предоставлением необходимых документов, указанных в пункте 9 стандарта государственной услуги «Прием документов и зачисление в организации дополнительного образования для детей по предоставлению им дополнительного образования», утвержденного приказом Минист</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования и науки Республики Казахстан № 170 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>07 апреля 2015 года (далее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- стандарт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Содержание каждой процедуры (действия) и ее результат, входящих в состав процесса оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) сотрудник канцелярии осуществляет прием и регистрацию документов, направляет их на резолюцию руководству услугодателя (не более 5 минут);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) руководитель услугодателя определяет ответственного исполнителя услугодателя (не более 5 минут); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3) ответственный исполнитель рассматривает документы обучающегося (не более 5 минут).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Результат оказания государственной услуги – подтверждение принятия заявления на бумажном носителе с отметкой на его копии о регистрации в канцелярии услугодателя с указанием даты и времени приема пакета документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Описание порядка взаимодействия структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>7. В процессе оказания государственной услуги участвуют следующие структурные подразделения (работники):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) сотрудник канцелярии услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) руководитель услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) ответственный исполнитель услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8. Описание последовательности процедур (действий) между структурными подразделениями (работниками) услугодателя с указанием длительности каждой процедуры (действия) сопровождается справочником бизнес-процессов оказания государственной услуги согласно приложению  к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Описание порядка взаимодействия с веб-порталом «электронного правительства», а также порядка использования информационных систем в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9. Согласно стандарту государственная услуга не оказывается через отделы филиал Республиканского государственного предприятия на праве хозяйственного ведения «Центр обслуживания населения» и веб-портал «электронного правительства».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к регламенту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Прием документов и зачисление </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в организации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дополнительного</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для детей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                     по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предоставлению им </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дополнительного образования»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00DD45CC" w:rsidRDefault="00E67EDC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00DD45CC" w:rsidRDefault="00E67EDC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD45CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Справочник бизнес-процессов оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00DD45CC" w:rsidRDefault="00E67EDC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD45CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Прием документов и зачисление в организации дополнительного образования для детей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00DD45CC" w:rsidRDefault="00E67EDC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD45CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по предоставлению им дополнительного образования»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00786272" w:rsidP="00376A47">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:pict>
-          <v:rect id="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:346.15pt;margin-top:-47.45pt;width:39.4pt;height:21.2pt;z-index:251659264" strokecolor="white">
-[...35 lines deleted...]
-          <v:shape id="Рисунок 3" o:spid="_x0000_i1027" type="#_x0000_t75" style="width:479.25pt;height:285pt;visibility:visible">
+          <v:shape id="Рисунок 22" o:spid="_x0000_i1031" type="#_x0000_t75" style="width:481.5pt;height:213.75pt;visibility:visible">
             <v:imagedata r:id="rId14" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7098C" w:rsidRPr="00665D1D" w:rsidRDefault="00F7098C" w:rsidP="00665D1D">
-[...328 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00786272" w:rsidP="00D81644">
+      <w:pPr>
+        <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:pict>
-          <v:shape id="Рисунок 4" o:spid="_x0000_i1028" type="#_x0000_t75" style="width:477pt;height:333pt;visibility:visible">
+          <v:shape id="Рисунок 25" o:spid="_x0000_i1032" type="#_x0000_t75" style="width:467.25pt;height:126pt;visibility:visible">
             <v:imagedata r:id="rId15" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7098C" w:rsidRPr="00665D1D" w:rsidRDefault="00F7098C" w:rsidP="00665D1D">
-[...45 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                                                    Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                       постановлением акимата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                  Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                         от «28» мая 2015 №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>153/5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Прием документов для участия в конкурсе на присуждение гранта «Лучшая организация среднего образования»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Государственная услуга  «Прием документов для участия в конкурсе на присуждение гранта «Лучшая организация среднего образования» (далее – государственная услуга) оказывается </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>районными, городскими отделами, областными управлениями образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...55 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>Прием заявления и выдача результата оказания государственной услуги  осуществляются через канцелярию услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2. Форма оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Результат оказания государственной услуги – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">расписка о получении всех документов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с указанием номера, даты и времени приема заявления по форме согласно приложению к Стандарту государственной услуги «Прием документов для участия в конкурсе на присуждение гранта «Лучшая организация среднего образования», утвержденному приказом Министра образования и науки Республики Казахстан от 7 апреля 2015 года № 170 (далее – Стандарт). Форма предоставления результата оказания государственной услуги – бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Описание порядка действий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Основанием для начала процедуры  (действия) по оказанию государственной услуги является заявление услугополучателя с приложением необходимых документов, указанных в пункте 9 Стандарта. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Содержание процедуры (действия), входящей в состав процесса оказания государственной услуги, длительность и последовательность ее выполнения, в том числе этап прохождения процедуры (действия):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сотрудник канцелярии услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляет прием и регистрацию полученных от услугополучателя документов и выдает результат государственной услуги услугополучателю - не более 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результатом    процедуры   (действия)     по оказанию </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Шартты белгілер:</w:t>
-[...26 lines deleted...]
-        <w:rPr>
+        <w:t>услуги является расписка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о получении всех документов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с указанием номера, даты и времени приема заявления по форме согласно приложению к С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тандарту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Описание п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орядка взаимодействия структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Перечень структурных подразделений (работников) услугодателя, которые участвуют в процессе оказания государственной услуги: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сотрудник канцелярии услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Описание последовательности процедур (действий) между структурными подразделениями (работниками) услугодателя с указанием длительности каждой процедуры (действия) отражается в справочнике бизнес-процессов оказания государственной услуги согласно приложению  к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание порядка </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">взаимодействия с центром </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обслуживания населения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, а также порядка использования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информационных систем в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процессе оказания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Согласно Стандарту, государственная услуга не оказывается через филиал Республиканского государственного предприятия на праве хозяйственного ведения «Центр обслуживания населения» и веб-портал «электронного правительства».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00376A47" w:rsidRDefault="00E67EDC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00A5037F" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                              </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5037F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00A5037F" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5037F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5037F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>регламен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5037F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00A5037F" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5037F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5037F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием документов для участия </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00A5037F" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5037F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в конкурсе на присуждение гранта</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5037F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Лучшая организация среднего</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5037F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5037F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00A5037F" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00A5037F" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5037F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Справочник</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00A5037F" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5037F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бизнес-процессов оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5037F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5037F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием документов для участия в конкурсе на присуждение гранта «Лучшая организация среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5037F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00786272" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="Рисунок 5" o:spid="_x0000_i1029" type="#_x0000_t75" style="width:457.5pt;height:188.25pt;visibility:visible">
+          <v:shape id="Рисунок 28" o:spid="_x0000_i1033" type="#_x0000_t75" style="width:477.75pt;height:441.75pt;visibility:visible">
             <v:imagedata r:id="rId16" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7098C" w:rsidRDefault="00F7098C" w:rsidP="00621093">
-[...17 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                                                 Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                       постановлением акимата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                  Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                         от «28» мая 2015 №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>153/5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="008C59FF">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Обследование и оказание психолого-медико-педагогической консультативной помощи детям с ограниченными возможностями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осударственная услуга</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обследование и оказание психолого-медико-педагогической консультативной помощи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>детям с ограниченными возможностями» (далее – государственная услуга) оказывается психолого-медико-педагогическими консультациями (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предварительная запись, прием и выдача результатов оказания государственной услуги осуществляется через канцелярию услугодателя. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Результатом оказания государственной услуги является письменное заключение с указанием рекомендуемых образовательных, медицинских и социальных услуг, типа образовательной программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Форма предоставления результата оказания государственной услуги: бумажная. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Описание порядка действий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Основанием д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ля начала процедуры (действия) по оказанию государственной услуги является</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предварительная запись по телефону и/или при непосредственном обращении услугополучателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предоставлением необходимых документов, указанных в пункте 9 Стандарта государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Обследование и оказание психолого-медико-педагогической консультативной помощи детям с ограниченными возможностями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», утвержденного приказом Министра образования и науки Республики Казахстан от 8 апреля 2015 года № 174 (далее – стандарт)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Содержание каждой процедуры (действия), входящей в состав процесса оказания государственной услуги, длительность и последовательность ее выполнения, в том числе этапы прохождения процедур (действия):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1)  канцелярия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     услугодателя   осуществляет   предварительную  запись</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>прием документов и их регистрацию, направляет документы на рассмотрение руководству услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не более 15 минут; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z14"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) руководство услугодателя рассматривает документы, определяет ответственных исполнителей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>не более 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) ответственные исполнители услугодателя рассматривают поступившие документы, проводят обследование и консультирование, оформляют рекомендации по итогам обследования и консультирования и передают на рассмотрение руководству услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>30 календарных дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проведение первичного психолого-медико-педагогического обследования и консультирования – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>один</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> час</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">руководство услугодателя рассматривает, подписывает рекомедацию и передает в концелярию услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– не более 15 минут</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) канцелярия услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">производит регистрацию </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рекомендации в журнале учета и выдает ее услугополучателю </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– не более 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Описание порядка взаимодействия структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. Перечень структурных подразделений (работников) услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>которые участвуют в процессе оказания государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          1) сотрудник канцелярии услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          2) руководство услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) ответственный исполнитель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Описание последовательности процедур (действий) отражается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в справочнике бизнес-процессов согласно приложению к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Описание порядка взаимодействия с веб-порталом «электронного правительства», а также порядка использования информационных систем в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8. С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">огласно стандарту, государственная услуга не </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оказывается </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">через </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>филиал Республиканского государственного предприятия на праве хозяйственного ведения «Центр обслуживания населения» и веб-портал «электронного правительства»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="008C59FF">
+      <w:pPr>
+        <w:ind w:left="5103" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="008C59FF">
+      <w:pPr>
+        <w:ind w:left="5103" w:firstLine="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="008C59FF">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к регламенту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="008C59FF">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Обследование и оказание психолого-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="008C59FF">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">медико-педагогической консультативной </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="008C59FF">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>помощи детям с ограниченными</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>возможностями»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="008C59FF" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="008C59FF" w:rsidRDefault="00E67EDC" w:rsidP="008C59FF">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C59FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Справочник бизнес-процессов оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="008C59FF" w:rsidRDefault="00E67EDC" w:rsidP="008C59FF">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C59FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Обследование и оказание психолого-медико-педагогической консультативной помощи детям с ограниченными возможностями»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="008C59FF" w:rsidRDefault="00E67EDC" w:rsidP="008C59FF">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="DejaVu Sans"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00786272" w:rsidP="00D92488">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Рисунок 31" o:spid="_x0000_i1034" type="#_x0000_t75" style="width:479.25pt;height:504.75pt;visibility:visible">
+            <v:imagedata r:id="rId17" o:title=""/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                               Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                       постановлением акимата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                  Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                         от «28» мая 2015 №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">153/5  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00267C83" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00267C83" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Реабилитация и социальная адаптация детей и подростков </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с проблемами в развитии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00A11799" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00A11799" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00425940" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425940">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00A11799" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственная услуга «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Реабилитация и социальная адаптация детей и подростков с проблемами в развитии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» (далее – государственная услуга) оказывается </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">реабилитационными центрами, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кабинетами психолого-педагогической коррекции (далее</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – услугодатель)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием заявления, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>редварительная запись</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдача результата оказания государственной услуги осуществляется через </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F963D5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>канцелярию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00B67858" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги: индивидуальные, подгрупповые и групповые занятия и консультации. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00450548" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Результатом оказания государственной услуги является выдача</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> справки по форме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к стандарту</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F963D5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F963D5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F963D5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Реабилитация и социальная адаптация детей и подростков с проблемами в развитии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F963D5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», утвержденного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приказом Министра образования и науки Республики Казахстан от 8 апреля 2015 года №174 (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F963D5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">далее – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F963D5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тандарт)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F963D5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003461D6" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма предоставления результата оказания г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осударственной услуги: бумажная</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00A11799" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00A11799" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007D16AA" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1701"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D16AA">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Описание порядка действий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00A11799" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="2127"/>
+          <w:tab w:val="left" w:pos="2268"/>
+          <w:tab w:val="left" w:pos="2410"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основанием для начала процедуры (действия) по оказанию государственной услуги является </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>явление услугополучателя с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предоставлением необходимых документов, указанных в пункте 9 стандарта. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CB6285" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB6285">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB6285">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Содержание каждой процедуры (действия), входящей в состав процесса оказания государственной услуги, длите</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>льность и последовательность ее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB6285">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выполнения, в том числе этапы прохождения процедур (действия):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CB6285" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB6285">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) канцелярия услугодателя осуществляет прием необходимых документов услугополучателя, проводит их регистрацию и направляет документы на рассмотрение руководству</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F963D5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB6285">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не более 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CB6285" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6CF9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       2) руководство услугодателя рассматривает документы, определяет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB6285">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> специалистов у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>слугодателя, оформляет договор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F963D5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>60 минут</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CB6285" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB6285">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) специалисты услугодателя оказывают государственную услугу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F963D5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       от </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB6285">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>90 календарных дней до 365 календарных дней;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB6285">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00267C83" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание порядка взаимодействия структурных подразделений (работников) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00267C83" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00267C83" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Перечень структурных подразделений (работников)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, которые участвуют в процессе оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) сотрудник канцелярии услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00267C83" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>руководство услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00834A0A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>специалисты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00834A0A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00AE7EB0" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Описание</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>последовательности процедур</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(действий) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отражается в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE7EB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>справочнике бизнес-процессов оказания государственной услуги согласно приложению к настоящему регламенту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003461D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00267C83" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Описание </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>порядка взаимодействия с веб-порталом</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00267C83" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«электронного правительства», а также порядка использования информационных систем в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00267C83" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00943CF9" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       8. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тандарту</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственная услуга не оказывается через </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>филиал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республиканского  государственного предприятия на праве хозяйственного ведения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Центр обслуживания населения» и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>веб–портал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«электронного правительства»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к регламенту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003638A3" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Реабилитация и социальная адаптация</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>детей и подростков</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с проблемами в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>развитии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003638A3">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D53241" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D53241" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Справочник </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D53241" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бизнес-процессов оказания государственной услуги </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D53241" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Реабилитация и социальная адаптация детей и подростков </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D53241" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с проблемами в развитии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D53241" w:rsidRDefault="00E67EDC" w:rsidP="00B503F1">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00786272" w:rsidP="003638A3">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Рисунок 34" o:spid="_x0000_i1035" type="#_x0000_t75" style="width:478.5pt;height:441.75pt;visibility:visible">
+            <v:imagedata r:id="rId18" o:title=""/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                                                                          Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                       постановлением акимата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                  Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                         от «28» мая 2015 №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>153/5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00282588" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00282588">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00282588">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оказание консультативной помощи семьям, воспитывающим детей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00282588" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00282588">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с ограниченными возможностями»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00E94A30" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00E94A30" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00282588" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00282588">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001670FD" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96AF5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Государственная услуга «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00893A41">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оказание консультативной помощи семьям, воспитывающим детей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00893A41">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ограниченными возможностями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96AF5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» (далее – государственная услуга)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказывается реабилитационными центрами, кабинетами психолого-педагогической коррекции (далее – услугодатель)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96AF5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00B21006" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием заявления и выдача результата  оказания государственной услуги осуществляются через </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB0E3E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>канцелярию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0E3A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Форма оказания государственной услуги: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бумажная</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0E3A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0E3A">
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Результат оказания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F0E3A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> является письменная рекомендация семье, воспитывающей ребенка с ограниченными возможностями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма предоставления результата оказания государственной услуги: бумажная</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00E94A30" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00E94A30" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="003638A3">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Описание порядка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">действий структурных подразделений (работников) услугодателя в процессе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00E94A30" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1065"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основанием для начала процедуры (действия) по оказанию государственной услуги является </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>явление услугополучателя с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предоставлением необходимых документов, указанных в пункте 9 стандарта </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB0E3E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB0E3E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB0E3E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оказание консультативной помощи семьям, воспитывающим детей с ограниченными возможностями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB0E3E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», утвержденного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приказом Министра образования и науки Республики Казахстан от 8 апреля 2015 года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB0E3E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№174 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB0E3E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB0E3E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тандарт)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB0E3E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2F77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2F77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Содержание каждой процедуры (действия), входящей в состав процесса оказания государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, длительность и последовательность ее выполнения, в том числе этапы прохождения процедур (действия)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2F77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB0E3E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>канцелярия</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя осуществляет прием необходимых документов услугополучателя, проводит их регистрацию и направляет документы на рассмотрение руководству услугодателя – не более 15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) руководство услугодателя р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381953">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ассматривает</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381953">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381953">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">определяет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>специалиста услугодателя госуда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381953">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рственн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381953">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> минут;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>специалист услугодателя о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE35EA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>каз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ывает</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE35EA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ую</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE35EA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE35EA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">консультацию с услугополучателем, готовит рекомендацию и направляет на рассмотрение руководству услугодателя </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB0E3E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">руководство услугодателя рассматривает и подписывает </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381953">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">комендацию, направляет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB0E3E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в канцелярию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> минут</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       5) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB0E3E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>канцелярия</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя производит регистрацию рекомендации в журнале учета и выдает ее услугополучателю –   10 минут. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00BE35EA" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007B0CE0" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96AF5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Описание порядка взаимодействия структурных подразделений (работников) услугодателя в процессе оказания государственной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96AF5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007B0CE0" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B0CE0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перечень структурных подразделений (работников) услугодателя, которые участвуют в процессе оказания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B0CE0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B0CE0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сотрудник канцелярии услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007B0CE0" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B0CE0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>руков</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>одство услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B0CE0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007B0CE0" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B0CE0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>специалист</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00293C56">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B0CE0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
+        <w:t xml:space="preserve">    7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D7660">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Описание последов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ательности процедур (действий) отражается </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D7660">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в справочнике бизнес-процессов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D7660">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> согласно приложению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему регламенту.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00282588">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00282588" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00293C56" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00293C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Описание  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00293C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">порядка взаимодействия </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с веб-порталом «электронного правительства», а также порядка использования информационных систем </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00293C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00B96AF5" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        8. Согласно стандарту государственная услуга не оказывается через филиал Республиканского государственного предприятия на праве хозяйственного ведения «Центр обслуживания населения» и веб–портал «электронного правительства».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00B96AF5" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D53241" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                                 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D53241" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                      к регламенту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оказание консультативной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D53241" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>помощи семьям,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитывающим детей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с ограниченными возможностями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D53241" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D53241" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Справочник бизнес-процессов оказания государственной услуги </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D53241" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оказание консультативной помощи семьям, воспитывающим детей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="4074"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с ограниченными возможностями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D53241" w:rsidRDefault="00E67EDC" w:rsidP="00121E40">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="4074"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00786272" w:rsidP="00D53241">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Рисунок 37" o:spid="_x0000_i1036" type="#_x0000_t75" style="width:481.5pt;height:435pt;visibility:visible">
+            <v:imagedata r:id="rId19" o:title=""/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                                                                            Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                       постановлением акимата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                  Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                         от «28» мая 2015 №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>153/5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00603966" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603966">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="004D5259" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="004D5259" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00BC472A" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31A42">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A516AD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием документов для организации индивидуального </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бесплатного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A516AD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучения на дому детей, которые по состоянию здоровья</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A516AD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31A42">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00335E0C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее - государственная услуга)  оказывается </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организациями начального, основного среднего, общего среднего образования (далее - услугодатель)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Форма оказания государственной услуги: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031D1B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бумажная</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00656A69" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00031D1B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результат оказания государственной услуги – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C442C3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>расписка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2393C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о приеме документов (в произвольной форме)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Форма предоставления результата оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00E2393C" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Описание порядка действий структурных подразделений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00AF2C96" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B202E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2C96">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Основанием для начала процедуры (действия) по оказанию государственной услуги является заявление услугополучателя с приложением необходимых документов, указанных в пункте 9 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2C96">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тандарта государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31A42">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A516AD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием документов для организации индивидуального </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бесплатного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A516AD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучения на дому детей, которые по состоянию здоровья</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A516AD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31A42">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2C96">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521AE7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">утвержденного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приказом Министра образования и науки Республики Казахстан от 8 апреля 2015 года № 174 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00470C19">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00470C19">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тандарт).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00AF2C96" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D83BE3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2C96">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Содержание каждой процедуры (действия), входящей в состав процесса оказания государственной услуги, длительность и последовательность е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2C96">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выполнения, в том числе этапы прохождения процедур (действий):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00AF2C96" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B202E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AF2C96">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) сотрудник канцелярии услугодателя осуществляет прием и регистрацию полученных от услугополучателя документов, сверяет копии с оригиналами документов, возвращает оригиналы услугополучателю с распиской о приеме документов по форме согласно приложению 4 к </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2C96">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тандарту и передает на рассмотрение руководителю услугодателя (не более 15 минут);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00AF2C96" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B202E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AF2C96">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) руководитель услугодателя рассматривает и опреде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ляет ответственного исполнителя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2C96">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(не более 15 минут);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          3)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2C96">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ответственный исполнитель услугодателя оформляет проект </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приказа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2C96">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, направляет на рассмот</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рение и подписание руководителю (2 рабочих дня);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          4)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2C96">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> руководитель услугодателя рассматривает проект приказа, подпис</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ывает и направляет в канцелярию (1 рабочий день);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00AF2C96" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          5)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2C96">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сотрудник канцелярии услугодателя регистрирует </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2C96">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и выдает результат государственной услуги услугополучателю (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не более 15 минут</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2C96">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00656A69" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044BDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2C96">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Результат </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2C96">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C442C3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>расписка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о приеме документов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA7D42">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(в произвольной форме)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044BDB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Описание порядка взаимодействия структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001A51F0" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00655D48">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Перечень структурных подразделений (работников) услугодателя, которые </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A51F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>участвуют в процессе оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001A51F0" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A51F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) сотрудник канцелярии услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001A51F0" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A51F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A51F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>руководитель услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001A51F0" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A51F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) ответственный исполнитель услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001A51F0" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A51F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A51F0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание последовательности процедур </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A51F0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(действий) между структурными </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A51F0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подразделениями (работниками) с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A51F0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">указанием длительности каждой </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A51F0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процедуры (действия) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A51F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сопровождается </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в справочнике бизнес процессов согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A51F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00394FD8" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание порядка </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">взаимодействия с центром </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обслуживания населения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и иными услугодателями, а также порядка использования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информационных систем в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процессе оказания </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1276"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.   Согласно с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002024A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тандарт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002024A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственная услуга не</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказывается через филиал Республиканского государственного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002024A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предприяти</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002024A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на праве хозяйственного ведения «Центр обслуживания населения» по Павлодарской области</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002024A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и веб-портал «электронного правительства»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00954C24" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1276"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00E67EDC" w:rsidRPr="00954C24" w:rsidSect="00D53241">
+          <w:headerReference w:type="even" r:id="rId20"/>
+          <w:headerReference w:type="default" r:id="rId21"/>
+          <w:footerReference w:type="default" r:id="rId22"/>
+          <w:headerReference w:type="first" r:id="rId23"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1418" w:right="851" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D53241" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                                                                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D53241" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к регламенту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">«Прием документов для организации </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D53241" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">индивидуального бесплатного обучения на </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D53241" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дому детей, которые по состоянию здоровья </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D53241" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в течение длительного времени не могут</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D53241" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> посещать организации начального, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D53241" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">основного среднего, общего среднего </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D53241" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образования»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Справочник бизнес-процессов оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D53241" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00786272" w:rsidP="00D53241">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3810"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Рисунок 40" o:spid="_x0000_i1037" type="#_x0000_t75" style="width:462.75pt;height:442.5pt;visibility:visible">
+            <v:imagedata r:id="rId24" o:title=""/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D53241" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3810"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3810"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                                                                        Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                       постановлением акимата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                  Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                         от «28» мая 2015 №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>153/5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007008DB" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007008DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007008DB" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007008DB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Прием документов и зачисление в специальные организации образования детей с ограниченными возможностями для обучения </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007008DB" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007008DB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по специальным общеобразовательным учебным программам»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00807259" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00807259" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007008DB" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007008DB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00807259" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007008DB" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007008DB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007008DB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007008DB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Государственная услуга «Прием документов и зачисление в специальные организации образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам» (далее – государственная услуга) оказывается специальными организациями образования, организациями начального, основного среднего, общего среднего образования (далее –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007008DB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодатель).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007008DB">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007008DB" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007008DB">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием и выдача документов для оказания государственной услуги осуществля</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007008DB">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тся через </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22306">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>канцелярию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007008DB">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007008DB" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007008DB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Форма оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007008DB" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007008DB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007008DB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Результат оказания государственной услуги:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007008DB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007008DB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>приказ о зачислении в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007008DB">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> специальную организацию или организацию начального, основного среднего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007008DB">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007008DB">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общего среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007008DB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00FF1FCF" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма представления результата оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00807259" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00807259" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="002506B9" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002506B9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Описание порядка действий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00807259" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основанием для начала процедуры (действия) по оказанию государственной услуги является </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>явление услугополучателя с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предоставлением необходимых документов, указанных в пункте 9 стандарта государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2604E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Прием документов и зачисление в специальные организации образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, утвержденного приказом Министерства образования и науки Республики Казахстан от 8 апреля 2015 года №174 (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F963D5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">далее – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F963D5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тандарт)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F963D5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>5. Содержание каждой процедуры (действия) и ее результат, входящей в состав процесса оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22306">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>канцелярия</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя осуществляет прием необходимых документов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>услугополучателя, проводит их регистрацию, издает проект приказа и направляет на рассмотрение руководству услугодателя для зачисления в специальную организацию образования, организацию начального, основного среднего, общего среднего образования – не позднее  30 августа, для зачисления в первый класс – с 1 июня по 30 августа (5 минут)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        2) руководство услугодателя р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00381953">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ассматривает</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документы, подписывает приказ и направляет в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22306">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>канц</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22306">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лярию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя для его регистрации               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(5 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>минут</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267C83">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00FE58B1" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22306">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>канцелярия</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя регистрирует приказ и выдает его копию услугополучателю (5 минут).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007008DB" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007008DB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Описание порядка взаимодействия структурных подразделений (работ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ников) услугодателя в процессе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007008DB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007008DB" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007008DB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Перечень структурных подразделений (работников)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007008DB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, которые участвуют в процессе оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007008DB" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007008DB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сотрудник</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007008DB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">канцелярии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007008DB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007008DB" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007008DB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) руководство услугодателя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00C16099" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007008DB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Описание последовательности процедур (действий)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отражается в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16099">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>справочнике бизнес-процессов оказания государственной услуги согласно приложению к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00C16099" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D3289D" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="005A3582" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A3582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Описание порядка взаимодействия с центром обслуживания населения и (или) иными услугодателями, а также порядка использования информационных систем в процессе оказания государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="005A3582" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="005A3582" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A3582">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3582">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Согласно с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052032A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тандарту</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052032A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственная услуга не оказывается через </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>филиал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052032A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республиканского государственного предприятия на праве хозяйственного ведения «Центр обслуживания населения» и веб</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052032A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>портал «электронного правительства».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00E05483">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3810"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00A82E0D" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82E0D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00A82E0D" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82E0D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к регламенту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Прием документов и зачисление в </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00A82E0D" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">специальные организации образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00A82E0D" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>детей с ограниченными</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00A82E0D" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возможностями для обучения по </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00A82E0D" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>специальным общеобразовательным</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учебным программам»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D53241" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D53241" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Справочник бизнес-процессов оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D53241">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Прием документов и зачисление в специальные организации образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам» через услугодателя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D53241" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00786272" w:rsidP="00D53241">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Рисунок 43" o:spid="_x0000_i1038" type="#_x0000_t75" style="width:478.5pt;height:442.5pt;visibility:visible">
+            <v:imagedata r:id="rId25" o:title=""/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D53241" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                                                                         Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                       постановлением акимата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                  Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D53241">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                         от «28» мая 2015 №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>153/5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Прием документов для участия в конкурсе на присуждение звания «Лучший педагог»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Государственная услуга  «Прием документов для участия в конкурсе на присуждение звания «Лучший педагог» (далее – государственная услуга) оказывается Министерством образования и науки Республики Казахстан (далее – Министерство) и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">местными исполнительными  органами области, районов и городов областного значения (далее – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием заявления и выдача результата о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">казания государственной услуги  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляются через канцелярию услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2.   Форма оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Результат оказания государственной услуги –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>присвоение звания «Лучший педагог», вручение свидетельства, нагрудного знака и  вознаграждения в размере 1000-кратного месячного расчетного показателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма предоставления результата оказания государственной услуги – бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Описание порядка действий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основанием для начала процедуры  (действия) по оказанию государственной услуги является заявление услугополучателя с приложением необходимых документов, указанных в пункте 9 Стандарта, утвержденного приказом Министра образования и науки Республики Казахстан от 8 апреля 2015 года № 173. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Содержание каждой процедуры (действия), входящей в состав процесса оказания государственной услуги, длительность и последовательность ее выполнения, в том числе этапы прохождения процедур (действий):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>І-этап –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сдача педагогическими работниками организаций образования пакета документов в районные и городские отделы образования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>до 1 апреля ежегодно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ІІ-этап –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сдача документов представителями районных и городских отделов образования отобранных на предыдущем этапе документов в областное управление образования  до 1 мая;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ІІІ-этап –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сдача документов представителем областного управления образования в Министерство – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>до</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30 августа;      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>максимально допустимое время ожидания для сдачи пакета документов–             20 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>максимально допустимое время обслуживания – 20 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При сдаче услугополучателем всех необходимых документов услугодателю – подтверждением</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>принятия заявления на бумажном носителе является отметка на его копии о регистрации в канцелярии услугодателя с указанием даты и времени приема пакета документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Описание п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орядка взаимодействия структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Перечень структурных подразделений (работников) услугодателя, которые участвуют в процессе оказания государственной услуги: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сотрудник канцелярии услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>8. Описание последовательности процедур (действий) структурных подразделений (работников) услугодателя в процессе оказания государственной услуги отражается в справочнике бизнес-процессов оказания государственной услуги  согласно приложению к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание порядка </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">взаимодействия с центром </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обслуживания населения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, а также порядка использования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информационных систем в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процессе оказания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          9. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Согласно Стандарту, государственная услуга не оказывается через филиал Республиканского государственного предприятия на праве хозяйственного ведения «Центр обслуживания населения» и веб-портал «электронного правительства».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00EF74D2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00EF74D2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9852" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-201"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5495"/>
-        <w:gridCol w:w="4357"/>
+        <w:gridCol w:w="4890"/>
+        <w:gridCol w:w="4907"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F7098C" w:rsidRPr="00621093" w:rsidTr="00752C3C">
+      <w:tr w:rsidR="00E67EDC" w:rsidRPr="003C1493" w:rsidTr="00D92488">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="4890" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D30335" w:rsidRDefault="00F7098C" w:rsidP="00752C3C">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="006B38FC" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:rPr>
+                <w:rFonts w:cs="DejaVu Sans"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="006B38FC">
+              <w:br w:type="page"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="008A6705" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="DejaVu Sans"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A6705">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="008A6705" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A6705">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>регламен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A6705">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ту государственной услуги</w:t>
+            </w:r>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w:rsidR="00F7098C" w:rsidRDefault="00F7098C" w:rsidP="00621093">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001A02EF" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:cs="DejaVu Sans"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B80C87">
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...506 lines deleted...]
-              <w:t>бекітілді</w:t>
+              <w:t>«Прием документов для участия в конкурсе на присуждение звания «Лучший педагог»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F7098C" w:rsidRPr="00D30335" w:rsidRDefault="00F7098C" w:rsidP="00621093">
-[...37 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00EF74D2" w:rsidRDefault="00E67EDC" w:rsidP="00EF74D2">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF74D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Справочник</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00EF74D2" w:rsidRDefault="00E67EDC" w:rsidP="00EF74D2">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF74D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...1099 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бизнес-процессов оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00EF74D2" w:rsidRDefault="00E67EDC" w:rsidP="00EF74D2">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF74D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>«Прием документов для участия в конкурсе на присуждение звания «Лучший педагог»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E746F7" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:478.5pt;height:456.75pt;visibility:visible">
-[...7109 lines deleted...]
-          <v:shape id="Рисунок 7" o:spid="_x0000_i1035" type="#_x0000_t75" style="width:481.5pt;height:401.25pt;visibility:visible">
+          <v:shape id="Рисунок 46" o:spid="_x0000_i1039" type="#_x0000_t75" style="width:410.25pt;height:449.25pt;visibility:visible">
             <v:imagedata r:id="rId26" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7098C" w:rsidRDefault="00F7098C" w:rsidP="00621093">
-[...31 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                           Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                       постановлением акимата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                  Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...57 lines deleted...]
-        </w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                         от «28» мая 2015 №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>153/5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CF1288" w:rsidRDefault="00E67EDC" w:rsidP="00CF1288">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF1288">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CF1288" w:rsidRDefault="00E67EDC" w:rsidP="00CF1288">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF1288">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Прием документов для участия в конкурсе на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1288">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>замещение руководителей государственных учреждений среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1288">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CF1288" w:rsidRDefault="00E67EDC" w:rsidP="00CF1288">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF1288">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00CF1288">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Государственная услуга «Прием документов для участия в конкурсе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на замещение руководителей государственных учреждений среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» (далее – государственная услуга) оказывается местными исполнительными  органами области, районов и городов областного значения (далее – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Прием заявления и выдача результата оказания государственной услуги  осуществляются через канцелярию услугодателя. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2. Форма оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00CF1288">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Результат оказания государственной услуги –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> решение конкурсной комиссии  о соответствии участников конкурса (далее-Конкурс) на замещение должности руководителя государственного учреждения среднего образования квалификационным требованиям вакантной должности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00CF1288">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма предоставления результата оказания государственной услуги – бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CF1288" w:rsidRDefault="00E67EDC" w:rsidP="00CF1288">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF1288">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Описание порядка действий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00CF1288">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Основанием для начала процедуры  (действия) по оказанию государственной услуги является заявление услугополучателя с приложением необходимых документов, указанных в пункте 9 Стандарта, утвержденного приказом Министра образования и науки Республики Казахстан от 8 апреля 2015 года № 173 (далее – Стандарт).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B627C5">
-[...139 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Содержание каждой процедуры (действия), входящей в состав процесса оказания государственной услуги, длительность и последовательность ее выполнения, в том числе этапы прохождения процедур (действий):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00CF1288">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> момента сдачи пакета документов услугодателю – 30 календарных </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дней:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00CF1288">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в течение 15 календарных   дней  канцелярия   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> производит</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>прием    конкурсных    документов        с момента        публикации объявления о</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проведении   конкурса,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   направляет    документы    на рассмотрение   комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в течение 3 календарных дней комиссия принимает решение об утверждении списка кандидатов Конкурса и уведомляет  их   об отказе или допуске  к собеседованию; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00CF1288">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в течение 5 календарных дней кандидаты, допущенные к участию </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в Конкурсе, проходят </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>собеседование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> установленном </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">порядке и определяет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">одного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>претендента</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вносит </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">его </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кандидатуру </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> представление руководителю, извещает остальных участников об итогах Конкурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00CF1288">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в течение 7 календарных дней </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>руководство услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, объявивший Конкурс, издает приказ о приеме на работу и заключает трудовой договор с кандидатом, представленным комиссией</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и передает в к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нцелярию услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00CF1288">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) максимально допустимое время ожидания для сдачи пакета документов  –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>20 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00CF1288">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) максимально допустимое время обслуживания –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20 минут. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00CF1288">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При сдаче услугополучателем всех необходимых документов услугодателю – подтверждением</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>принятия заявления на бумажном носителе является отметка на его копии о регистрации в канцелярии услугодателя с указанием даты и времени приема пакета документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CF1288" w:rsidRDefault="00E67EDC" w:rsidP="00CF1288">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF1288">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Описание п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1288">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орядка взаимодействия структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E77A4D">
-[...154 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00CF1288">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Перечень структурных подразделений (работников) услугодателя, которые участвуют в процессе оказания государственной услуги: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          1) сотрудник канцелярии услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00CF1288">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) конкурсная комиссия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          3) руководство услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00CF1288">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Описание последовательности процедур (действий) структурных подразделений (работников) услугодателя в процессе оказания государственной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...873 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>услуги отражается в справочнике бизнес-процессов оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CF1288" w:rsidRDefault="00E67EDC" w:rsidP="00CF1288">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF1288">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1288">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание порядка </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1288">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">взаимодействия с центром </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1288">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обслуживания населения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1288">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, а также порядка использования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1288">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информационных систем в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1288">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процессе оказания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1288">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>9.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...7323 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Согласно Стандарту, государственная услуга не оказывается через филиал Республиканского государственного предприятия на праве хозяйственного     ведения     «Центр обслуживания     населения»   и веб-портал «электронного правительства».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D92488" w:rsidRDefault="00E67EDC" w:rsidP="00D92488">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4890"/>
         <w:gridCol w:w="4907"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F7098C" w:rsidRPr="00A6652D" w:rsidTr="00752C3C">
+      <w:tr w:rsidR="00E67EDC" w:rsidRPr="00B408B6" w:rsidTr="00105779">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00A6652D" w:rsidRDefault="00F7098C" w:rsidP="00752C3C">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="006B38FC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:rPr>
-[...1576 lines deleted...]
-              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1740"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="DejaVu Sans"/>
                 <w:kern w:val="2"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+                <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4907" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00BE7A5C" w:rsidRDefault="00F7098C" w:rsidP="00BE7A5C">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="008A6705" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1500"/>
+                <w:tab w:val="center" w:pos="2345"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="DejaVu Sans"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A6705">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008A6705">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Приложение</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="008A6705" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A6705">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>регламен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A6705">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ту государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001A02EF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="DejaVu Sans"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE7A5C">
+            <w:r w:rsidRPr="00A701F1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Прием документов для участия в конкурсе </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«Мемлекеттік орта білім беру мекемелерінің басшылары лауазымдарына орналасу конкурсына қатысу үшін құжаттар қабылдау» мемлекеттік көрсетілетін қызмет регламентіне</w:t>
+              <w:t>на замещение руководителей государственных учреждений среднего образования</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="00F04F70">
               <w:rPr>
-                <w:rFonts w:cs="DejaVu Sans"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қосымша</w:t>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F7098C" w:rsidRPr="00F91E29" w:rsidRDefault="00F7098C" w:rsidP="00F91E29">
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001A02EF" w:rsidRDefault="00E67EDC" w:rsidP="00EF74D2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00EF74D2" w:rsidRDefault="00E67EDC" w:rsidP="00EF74D2">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF74D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Справочник</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00EF74D2" w:rsidRDefault="00E67EDC" w:rsidP="00EF74D2">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF74D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бизнес-процессов оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00EF74D2">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF74D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Прием документов для участия в конкурсе на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF74D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>замещение руководителей государственных учреждений среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF74D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CF1288" w:rsidRDefault="00786272" w:rsidP="00CF1288">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="Рисунок 22" o:spid="_x0000_i1040" type="#_x0000_t75" style="width:480pt;height:500.25pt;visibility:visible">
-            <v:imagedata r:id="rId36" o:title=""/>
+          <v:shape id="Рисунок 49" o:spid="_x0000_i1040" type="#_x0000_t75" style="width:444.75pt;height:453.75pt;visibility:visible">
+            <v:imagedata r:id="rId27" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7098C" w:rsidRPr="00B627C5" w:rsidRDefault="00F7098C" w:rsidP="001C2630">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00C9491F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                                                                        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                           Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                       постановлением акимата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                  Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...76 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                         от «28» мая 2015 №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>153/5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CA7E9B" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рием документов и зачисление в организации образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> независимо от ведомственной подчиненности, для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r>
-[...23 lines deleted...]
-          <w:color w:val="000000"/>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CA7E9B" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CA7E9B" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+          <w:tab w:val="left" w:pos="12928"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CA7E9B" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CA7E9B" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Государственная услуга </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рием документов и зачисление в организации образования, независимо от ведомственной подчиненности, для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» (далее-государственная услуга) оказывается организациями начального, основного среднего,  общего среднего  образования Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...200 lines deleted...]
-        <w:widowControl w:val="0"/>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услугодатели).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CA7E9B" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...73 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием заявлений и выдача результатов оказания государственных услуг осуществляются </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>через</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CA7E9B" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1)   канцелярию услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CA7E9B" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...84 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) веб-портал «электронного правительства»: www.e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>du</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00207F57">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:widowControl w:val="0"/>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>gov.kz (далее – портал)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CA7E9B" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:suppressAutoHyphens/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...29 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Форма оказания государственной услуги: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электронная/бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CA7E9B" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3. Результат оказания государственной услуги: приказ о зачислении  в организацию начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7098C" w:rsidRPr="001C2630" w:rsidRDefault="00F7098C" w:rsidP="001C2630">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CA7E9B" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CA7E9B" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CA7E9B" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Описание порядка действий структурных подразделений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CA7E9B" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CA7E9B" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CA7E9B" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Основанием для начала процедуры (действия) по оказанию государственной услуги является заявление услугополучателя  с приложением необходимых документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, указанных в пункте 9 стандарта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рием документов и зачисление в организации образования, независимо от ведомственной подчиненности, для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">утвержденного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приказом Министра образования и науки Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C6564B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 апреля </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C6564B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2015 года № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">179 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тандарт).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">       5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Содержание каждой процедуры (действия), входящей в состав процесса </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>оказания государственной услуги, длительность и последовательность е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выполнения, в том числе этапы прохождения процедур (действий):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CA7E9B" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1) сотрудник канцелярии услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляет прием и регистрацию полученных от услугополучателя документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сверяет копии документов с оригиналами документов, возвращает оригиналы услугополучателю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>распиской</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о приеме документов по форме согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тандарту и передает на рассмотрение руководителю услугодателя (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>не более 15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7E9B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">минут); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00225DF7" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) руководитель </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рассматр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ивает и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>определяет ответственного исполнителя (1 рабочий день</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00225DF7" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) ответственный исполнитель услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оформляет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проект </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>приказа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, направляет на рассмотрение и подписание руководителю (1 рабочий день);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00225DF7" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) руководитель услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рассматривает </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проект </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>приказа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подписывает и направляет в канцелярию (1 рабочий день);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00543F01" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5) сотрудник канцелярии у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>слугодателя регистрирует приказ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и выдает результат государственной услуги услугополучателю </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543F01">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543F01">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не более 15 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543F01">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>минут</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543F01">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00225DF7" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Результат:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приказ  о зачислении в организацию начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00225DF7" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00225DF7" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00225DF7" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Описание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32225">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>порядка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32225">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>взаимодействия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32225">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>структурных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F61F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подразделений (работников) услугодателя в процессе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32225">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32225">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>государственной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32225">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00225DF7" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Перечень структурных подразделений (работников) услугодателя, которые участвуют в процессе оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00225DF7" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) сотрудник канцелярии услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00225DF7" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) руководитель услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00225DF7" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) ответственный исполнитель услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="006676BB" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...94 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A51F0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание последовательности процедур </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A51F0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(действий) между структурными </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A51F0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подразделениями (работниками) с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A51F0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">указанием длительности каждой </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A51F0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процедуры (действия) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006676BB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сопровождается </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">таблицей согласно приложению 1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006676BB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00225DF7" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...19 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00225DF7" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00225DF7" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание порядка </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">взаимодействия с центром </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обслуживания населения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001C2630">
-[...37 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и иными услугодателями,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> а также порядка использования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информационных систем в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процессе оказания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CD2F28" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="2127"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          9. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стандарта,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственная услуга</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказывается через  филиал Республиканского государственного предприятия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на праве хозяйственного ведения «Центр обслуживания населения» по Павлодарской области.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2F28">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Описание порядка обращения при оказании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной  услуги </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>ішінде рәсімдердің (іс-қимылдардың) өту кезеңі:</w:t>
-[...26 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>через п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2F28">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ортал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – портал)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2F28">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и последовательности процедур (действий) услугодателя и услугополучателя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="002B45EE">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:suppressAutoHyphens/>
-[...45 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугополучатель осуществляет регистрацию на портале (далее – портал) с помощью </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>индивидуального идентификационного номера</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – ИИН), а также пароля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="002B45EE">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:suppressAutoHyphens/>
-[...23 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="7610"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесс 1 – ввод услугополучателем ИИН и пароля (процесс авторизации) на портале для получения услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="002B45EE">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:suppressAutoHyphens/>
-[...23 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="7610"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>условие 1 – проверка на портале подлинности данных о зарегистрированном услугополучателе через ИИН и пароль;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="002B45EE">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:suppressAutoHyphens/>
-        <w:snapToGrid w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="7610"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...106 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесс 2 – формирование порталом сообщения об отказе в авторизации в связи с имеющимся нарушениями в данных услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="002B45EE">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:suppressAutoHyphens/>
-[...23 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="7610"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесс 3 – выбор услугополучателем услуги, указанной в настоящем регламенте, вывод на экран формы запроса  для оказания услуги и заполнение услугополучателем формы (ввод данных) с учетом ее структуры и форматных требований, прикрепление к форме запроса необходимых копий документов в электронном виде, указанные в стандарте, а также выбор услугополучателем регистрационного свидетельства электронно-цифровой подписи (далее – ЭЦП) для удостоверения (подписания) запроса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="002B45EE">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:suppressAutoHyphens/>
-[...23 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="7610"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>условие 2 – проверка на портале срока действия регистрационного свидетельства ЭЦП и отсутствия в списке отозванных (аннулированных) данных (между ИИН, указанным в запросе, и ИИН, указанным в регистрационном свидетельстве ЭЦП);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="002B45EE">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:suppressAutoHyphens/>
-[...23 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="7610"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесс 4 – формирование сообщения об отказе в запрашиваемой услуге в связи с неподтверждением подлинности ЭЦП услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="002B45EE">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:suppressAutoHyphens/>
-[...23 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="7610"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесс 5 – направление электронного документа (запроса услугополучателя) удостоверенного (подписанного) ЭЦП услугополучателя через шлюз электронного правительства (далее – ШЭП) в автоматизированном рабочем месте регионального шлюза электронного правительства (далее – АРМ РШЭП) для обработки запроса услугодателем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="002B45EE">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:suppressAutoHyphens/>
-[...21 lines deleted...]
-    <w:p w:rsidR="00F7098C" w:rsidRPr="001C2630" w:rsidRDefault="00F7098C" w:rsidP="001C2630">
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="7610"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>условие 3 – проверка услугодателем соответствия приложенных услугополучателем документов, указанных в стандарте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и основания для оказания услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесс 6 – формирование сообщения об отказе в запрашиваемой услуге в связи с имеющимися нарушениями в документах услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесс 7 – получение услугополучателем результата услуги (уведомление в форме электронного документа), сформированной АРМ РШЭП. Результат оказания государственной услуги направляется услугополучателю в «личный кабинет» в форме электронного документа, удостоверенного ЭЦП уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Функциональные взаимодействия </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информационных систем, задействованных при оказании государственной услуги </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>через портал приведены диаграммой согласно приложению 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>егламенту.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">        11. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подробное описание последовательности процедур (действий) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>взаимодействий структурных подразделений (работников) услугодателя в процессе  оказания  государственной  услуги,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а также описания порядка использования   информационных   систем   в   процессе оказания   государственной    услуги   отражается   в    справочнике      бизнес-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00954C24">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процессов согласно приложен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ию 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00954C24">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00954C24">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...18 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007C518F" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                                                                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к регламенту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рием документов и зачисление </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в организации  образования, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>независимо от ведомственной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подчиненности, для обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по общеобразовательным программам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> начального, основного среднего, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007C518F" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>общего среднего образования»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Описание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32225">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>порядка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32225">
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...924 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A71944">
-[...25 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>взаимодействия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32225">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...187 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>структурных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F61F1">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подразделений (работников) услугодателя в процессе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32225">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32225">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>государственной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32225">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9747" w:type="dxa"/>
+        <w:tblW w:w="10173" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="534"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="1771"/>
+        <w:gridCol w:w="1528"/>
+        <w:gridCol w:w="1307"/>
+        <w:gridCol w:w="1348"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidTr="002B45EE">
+        <w:trPr>
+          <w:trHeight w:val="240"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Действия основного процесса (хода работ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidTr="002B45EE">
+        <w:trPr>
+          <w:trHeight w:val="560"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№ действия (хода работ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1307" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidTr="002B45EE">
+        <w:trPr>
+          <w:trHeight w:val="1525"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Структурные подразделения (работники)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="008A6705" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008A6705">
+              <w:t>Сотрудник канцелярии услугодателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Руководитель</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>услугодателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="008A6705" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A6705">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ответственный исполнитель </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A6705">
+              <w:t>услугодателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1307" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Руководитель</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>услугодателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сотрудник канцелярии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>услугодателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidTr="002B45EE">
+        <w:trPr>
+          <w:trHeight w:val="592"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="008A6705" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008A6705">
+              <w:t>Наименование действия (процесса, процедуры операции) и их описание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Осуществляет прием и регистрацию полученных от услугополучателя документов,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сверяет копии с оригиналами документов и возвращает оригиналы услугополучателю</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рассматривает </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>и  определяет ответственного исполнителя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оформляет проект </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>приказа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1307" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рассматривает проект  приказа </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>и подписывает</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Регистрирует приказ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidTr="002B45EE">
+        <w:trPr>
+          <w:trHeight w:val="981"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1307" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="s0"/>
+                <w:rFonts w:eastAsia="Batang"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidTr="002B45EE">
+        <w:trPr>
+          <w:trHeight w:val="1525"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="008A6705" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008A6705">
+              <w:t>Форма завершения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выдача </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>расписки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о приеме документов и передача на рассмотрение руководителю</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Резолюция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Направление проекта приказ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на рассмотрение и подписание руководителю</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1307" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Приказ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Выдача результата государственной услуги услугополучателю</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidTr="002B45EE">
+        <w:trPr>
+          <w:trHeight w:val="762"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сроки исполнения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Не более </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>минут</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 рабочий день</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 рабочий день</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1307" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00727040" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 рабочий день</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="003F44EA" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2127"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F44EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Не более 15 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F44EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>минут</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="002B45EE">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="002B45EE">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007C518F" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                                                                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к регламенту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рием документов и зачисление </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в организации  образования, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>независимо от ведомственной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подчиненности, для обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по общеобразовательным программам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> начального, основного среднего, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007C518F" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>общего среднего образования»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Диаграмма </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E3D26">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ф</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E3D26">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ункционального взаимодействия </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E3D26">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информационных систем, задействованных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E3D26">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оказании государственной услуги через портал</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001E3D26" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E3D26">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00786272" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_i1041" type="#_x0000_t75" style="width:476.25pt;height:200.25pt;visibility:visible">
+            <v:imagedata r:id="rId28" o:title=""/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CE4954" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4954">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Условные обозначения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00786272" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Рисунок 7" o:spid="_x0000_i1042" type="#_x0000_t75" style="width:477pt;height:246pt;visibility:visible">
+            <v:imagedata r:id="rId29" o:title=""/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007C518F" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к регламенту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рием документов и зачисление </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в организации  образования, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>независимо от ведомственной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подчиненности, для обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по общеобразовательным программам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> начального, основного среднего, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C518F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>общего среднего образования»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CE4954" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CE4954" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4954">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Справочник бизнес-процессов оказания государственной услуги </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CE4954" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00786272" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_i1043" type="#_x0000_t75" style="width:479.25pt;height:267pt;visibility:visible">
+            <v:imagedata r:id="rId30" o:title=""/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009808E2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Условные обозначения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00786272" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_i1044" type="#_x0000_t75" style="width:481.5pt;height:159pt;visibility:visible">
+            <v:imagedata r:id="rId31" o:title=""/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CE4954" w:rsidRDefault="00E67EDC" w:rsidP="00CE4954">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007C518F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                                                       Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                       постановлением акимата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                  Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                         от «28» мая 2015 №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>153/5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Выдача разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выдача разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее - государственная услуга) оказывается </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">местными исполнительными органами городов и районов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодарской области </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(далее - услугодатель)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием заявлений и выдача  результатов оказания государственной услуги осуществляются </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">через </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>филиал Республиканского государственного предприятия на праве хозяйственного ведения «Центр обслуживания населения» по Павлодарской области (далее – ЦОН).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Форма оказания государственной услуги: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бумажная</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результат оказания государственной услуги – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">копия приказа по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>разрешени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на обучение в форме экстерната в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организациях основного среднего, общего среднего образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или письмо с указанием номера и даты приказа руководителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00225DF7" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма предоставления результата оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Описание порядка действий структурных подразделений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Основанием для начала процедуры (действия) по оказанию государственной услуги является заявление услугополучателя н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а обучение в форме экстерната </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с приложением необходимых документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, указанных в пункте 9 стандарта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выдача разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">утвержденного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приказом Министра образования и науки </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7012B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> апреля </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7012B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2015 года № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">179 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тандарт).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Содержание каждой процедуры (действия), входящей в состав процесса оказания государственной услуги, длительность и последовательность е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выполнения, в том числе этапы прохождения процедур (действий):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1) сотрудник к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">анцелярии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляет прием и регистрацию полученных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от услугополучателя или </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>из ЦОНа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сверяет копии с оригиналами документов, возвращает оригиналы услугополучателю </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и передает на рассмотрение руководителю </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не более 15 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>минут);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) руководитель </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рассматривает и определяет ответственного </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="002B45EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>исполнителя (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 рабочий день</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) ответственный исполнитель услугодателя изучает документы, оформляет проект </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приказа по разрешению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на обучение в форме экстерната</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, направляет на рассмотрение и подписание руководителю  услугодателя (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10 рабочих дней</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) руководитель услугодателя рассматривает проект </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приказа по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>разрешени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на обучение в форме экстерната</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, подписывает и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> направляет в канцелярию (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рабочих дня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) сотрудник канцелярии услугодателя регистрирует </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в журнале учета проект приказа по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>разрешени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на обучение в форме экстерната</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">результат государственной услуги </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">направляет в ЦОН </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не более 15 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>минут)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Результат - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">копия приказа по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>разрешени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на обучение в форме экстерната в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организациях основного среднего, общего среднего образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или письмо с указанием номера и даты приказа руководителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Описание порядка взаимодействия структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Перечень структурных подразделений (работников) услугодателя, которые участвуют в процессе оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) сотрудник канцелярии услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) руководитель услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) ответственный исполнитель услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание последовательности процедур </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(действий) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сопровождается таблицей согласно приложению 1 к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание порядка </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">взаимодействия с центром </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обслуживания населения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, а также порядка использования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информационных систем в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процессе оказания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007C7FDB" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="851"/>
+          <w:tab w:val="center" w:pos="993"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="218"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00451810">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рок оказания государственной услуги: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00A00966" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="0"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) с момента сдачи услугополучателем необходимых документов в ЦОН – не более 15 рабочих дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="851"/>
+          <w:tab w:val="center" w:pos="993"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) максимально допустимое время обслуживания </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателя услугодателем – не более 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="851"/>
+          <w:tab w:val="center" w:pos="993"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3) заявление услугополучателя для прохождения аттестации подается не позднее 1 декабря текущего учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00527C94" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">порядка обращения при оказании </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственной услуги через ЦОН </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и последовательности процедур (действий) услугодателя и услугополучателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процесс 1 - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">прием </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00883FD7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>документов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и заявления от услугополучателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033512B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) условие 1 – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033512B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>провер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ка соответствия приложенных услугополучателем документов, указанных в стандарте и основания для оказания услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033512B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) процесс 2 - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формирование сообщения об отказе в запрашиваемой услуге в связи с имеющимися нарушениями в документах услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00654586" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654586">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>) процесс 3 - направление документов услугополучателя услугодателю;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00654586" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00654586">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654586">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)  процесс 4 - сотрудник ЦОН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654586">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получает от услугодателя </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>копию приказа по разрешению на обучение в форме экстерната в организациях основного среднего, общего среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654586">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>или письмо с указанием номера и даты приказа руководителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654586">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00654586" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00654586">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6) процесс 5 – получение услугополучателем через сотрудника ЦОН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654586">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654586">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">результата государственной услуги. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00654586" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00654586">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Функциональные взаимодействия информационных систем, задействованных при оказании государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654586">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">через </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654586">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЦОН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654586">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654586">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приведены </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654586">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>диаграмм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654586">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ой </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654586">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654586">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00A00966" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7CD7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Подробное описание последовательности процедур (действий) взаимодейст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вий структурных подразделений (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7CD7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>работников) услугодателя в процессе оказания государственной услуги, а также порядка взаимодействия  с центром обслуживания населения в процессе оказания государственной  услуги отражается в справочнике бизнес - процессов согласно приложению 3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7CD7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451810">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга не оказывается через </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451810">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>веб-портал «электронного правительства».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00AF7CD7" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1276"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="001255AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="001255AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="001255AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="001255AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="001255AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="001255AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="001255AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="001255AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="001255AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="001255AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="001255AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="001255AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="001255AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007A1A8D" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="881"/>
+          <w:tab w:val="center" w:pos="3648"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                                                                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A8D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007A1A8D" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A1A8D">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                              </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A8D">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A8D">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>регламен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A8D">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A1A8D">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A8D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Выдача разрешения на обучение в форме </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A8D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">экстерната в организациях основного среднего, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007A1A8D" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A8D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>общего среднего образования»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание последовательности  процедур (действий) между </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>структурными подразделениями (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2BDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>работниками)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10063" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="534"/>
         <w:gridCol w:w="1275"/>
-        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1276"/>
-        <w:gridCol w:w="1559"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="1326"/>
+        <w:gridCol w:w="1825"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F7098C" w:rsidRPr="00962632" w:rsidTr="00D55D50">
+      <w:tr w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidTr="002B45EE">
         <w:trPr>
-          <w:trHeight w:val="259"/>
+          <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00F044C2" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9213" w:type="dxa"/>
+            <w:tcW w:w="9529" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D55D50" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
+            <w:r w:rsidRPr="009E2BDF">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Негізгі үдерістің  (жұмыс барысының) іс-қимылы</w:t>
+              <w:t>Действия основного процесса (хода, потока работ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F7098C" w:rsidRPr="00F044C2" w:rsidTr="00D55D50">
+      <w:tr w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidTr="002B45EE">
         <w:trPr>
-          <w:trHeight w:val="1209"/>
+          <w:trHeight w:val="677"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D51B93" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D51B93">
+            <w:r w:rsidRPr="009E2BDF">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D51B93" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00F1279A" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№ действия (хода работ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D51B93">
+            <w:r w:rsidRPr="009E2BDF">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D55D50" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
+            <w:r w:rsidRPr="009E2BDF">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D55D50" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
+            <w:r w:rsidRPr="009E2BDF">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1326" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D55D50" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
+            <w:r w:rsidRPr="009E2BDF">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D55D50" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1825" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="009E2BDF">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...32 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F7098C" w:rsidRPr="00F044C2" w:rsidTr="00D55D50">
+      <w:tr w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidTr="002B45EE">
+        <w:trPr>
+          <w:trHeight w:val="936"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D51B93" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D51B93">
+            <w:r w:rsidRPr="009E2BDF">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D51B93" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D51B93">
+            <w:r w:rsidRPr="009E2BDF">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Құрылымдық бөлімшенің (қызметкердің) атауы</w:t>
+              <w:t>Структурные подразделения (работники)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D55D50" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
+            <w:r w:rsidRPr="009E2BDF">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Көрсетілетін қызметті берушінің кеңсе қызметкері</w:t>
+              <w:t xml:space="preserve">Сотрудник </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2BDF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">канцелярии </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2BDF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D55D50" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
+            <w:r w:rsidRPr="009E2BDF">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Көрсетілетін қызметті берушінің басшысы</w:t>
+              <w:t>Руководитель</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2BDF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D55D50" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
+            <w:r w:rsidRPr="009E2BDF">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Көрсетілетін қызметті берушінің жауапты орындаушысы</w:t>
+              <w:t>Ответственный исполнитель услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1326" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D55D50" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
+            <w:r w:rsidRPr="009E2BDF">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Көрсетілетін қызметті берушінің басшысы</w:t>
+              <w:t>Руководитель услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D55D50" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
+            <w:r w:rsidRPr="009E2BDF">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Көрсетілетін қызметті берушінің кеңсе қызметкері</w:t>
+              <w:t xml:space="preserve">Сотрудник </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2BDF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>канцелярии услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F7098C" w:rsidRPr="00F044C2" w:rsidTr="00D55D50">
+      <w:tr w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidTr="002B45EE">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D51B93" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D51B93" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D51B93">
+            <w:r w:rsidRPr="009E2BDF">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D51B93" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="008A6705" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A6705">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование действия (процесса, процедуры операции) и их описание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2BDF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Осуществляет прием и регистрацию </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">полученных </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00D51B93">
+              <w:t xml:space="preserve">от услугополучателя или </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(</w:t>
+              <w:t xml:space="preserve">из ЦОНа </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D51B93">
+            <w:r w:rsidRPr="009E2BDF">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>үдерістің</w:t>
+              <w:t>документов</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D51B93">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E2BDF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E2BDF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сверяет копии с оригиналами документов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D51B93">
+            <w:r w:rsidRPr="005B4395">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>, операци</w:t>
-[...62 lines deleted...]
-              <w:t>қайтарады</w:t>
+              <w:t>возвращает оригиналы услугополучателю</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D55D50" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рассматривает и  определяет ответственного исполнителя </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
+              <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
+          </w:p>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>Қарайды және жауапты орындаушыны анықтайды</w:t>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Изучает документы, оформляет проект </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>приказа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1326" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D55D50" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2BDF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рассматривает проект </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">приказа по </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
+              <w:t>разрешению</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E2BDF">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бұйрық жобасын ресімдейді</w:t>
+              <w:t xml:space="preserve">  и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E2BDF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">подписывает </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1825" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D55D50" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
+            <w:r w:rsidRPr="009E2BDF">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бұйрықты тіркейді</w:t>
+              <w:t>Регистрирует</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> проект приказа по разрешению</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E2BDF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00714DBA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>или письмо с указанием номера и даты приказа руководителя</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F7098C" w:rsidRPr="00F044C2" w:rsidTr="00D55D50">
+      <w:tr w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidTr="002B45EE">
         <w:trPr>
-          <w:trHeight w:val="293"/>
+          <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D51B93" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D51B93" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D55D50" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D55D50" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D55D50" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1326" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D55D50" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1825" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D55D50" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="s0"/>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsia="Batang"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F7098C" w:rsidRPr="00962632" w:rsidTr="00D55D50">
+      <w:tr w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidTr="002B45EE">
+        <w:trPr>
+          <w:trHeight w:val="1537"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D51B93" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D51B93">
+            <w:r w:rsidRPr="009E2BDF">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D51B93">
+            <w:r w:rsidRPr="009E2BDF">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D51B93" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="008A6705" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D51B93">
+            <w:r w:rsidRPr="008A6705">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Аяқталу нысаны </w:t>
+              <w:t>Форма завершения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D55D50" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Құжаттарды қабылдау туралы қолхат беру және көрсетілетін қызметті беру-шінің басшысына қарауға беру</w:t>
+              <w:t>Передача на рассмотрение руководителю</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D55D50" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2BDF">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Резолюция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2BDF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Направление проекта </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">приказа по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E2BDF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>разрешени</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ю</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E2BDF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на обучение в форме экстерната</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E2BDF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на рассмотрение и подписание руководителю</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1326" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Проект приказа по р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E2BDF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>азрешени</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ю</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E2BDF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на обучение в форме экстерната </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1825" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ре</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E2BDF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">зультат государственной услуги </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>направляет в ЦОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidTr="002B45EE">
+        <w:trPr>
+          <w:trHeight w:val="544"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
+            <w:r w:rsidRPr="009E2BDF">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бұрыштама</w:t>
+              <w:t>5.</w:t>
             </w:r>
-          </w:p>
-[...10 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D55D50" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00F1279A" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
+            <w:r w:rsidRPr="009E2BDF">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бұйрық жобасын  басшыға қарауға және қол қоюға жіберу</w:t>
+              <w:t>Сроки исполнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D55D50" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2BDF">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
+              <w:t xml:space="preserve">Не более 15 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E2BDF">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...86 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-              <w:t>15 минуттан аспайды</w:t>
+              <w:t>минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D55D50" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
+            <w:r w:rsidRPr="009E2BDF">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1 жұмыс күні</w:t>
+              <w:t>1 рабочий день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D55D50" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
+            <w:r w:rsidRPr="009E2BDF">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1 жұмыс күні</w:t>
+              <w:t>10 рабочих дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1326" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D55D50" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
+            <w:r w:rsidRPr="009E2BDF">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1 жұмыс күні</w:t>
+              <w:t>2 рабочих дня</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="00D55D50" w:rsidRDefault="00F7098C" w:rsidP="00D55D50">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="009E2BDF" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D55D50">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>15 минуттан аспайды</w:t>
+              <w:t>Не более 15 минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F7098C" w:rsidRPr="001C2630" w:rsidRDefault="00F7098C" w:rsidP="00CE199B">
-[...307 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007A1A8D" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2910"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007A1A8D" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="881"/>
+          <w:tab w:val="center" w:pos="3648"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A8D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007A1A8D" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A1A8D">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                              к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A8D">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>регламен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A8D">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A1A8D">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A8D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Выдача разрешения на обучение в форме </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A8D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">экстерната в организациях основного среднего, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007A1A8D" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A8D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>общего среднего образования»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Диаграмма функционального </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>взаимодействия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32225">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A71944">
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>информационных систем, задействованных в оказании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...22 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>государственной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32225">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A71944">
-[...253 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через центр обслуживания населения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00786272" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="Рисунок 58" o:spid="_x0000_i1041" type="#_x0000_t75" style="width:456.75pt;height:340.5pt;visibility:visible">
-            <v:imagedata r:id="rId37" o:title=""/>
+          <v:shape id="Рисунок 73" o:spid="_x0000_i1045" type="#_x0000_t75" style="width:486.75pt;height:310.5pt;visibility:visible">
+            <v:imagedata r:id="rId32" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7098C" w:rsidRDefault="00F7098C" w:rsidP="00314EBB">
-[...81 lines deleted...]
-          <w:b/>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007A1A8D" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A1A8D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Условные обозначения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007A1A8D" w:rsidRDefault="00786272" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-          <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_i1042" type="#_x0000_t75" style="width:485.25pt;height:207.75pt;visibility:visible">
-            <v:imagedata r:id="rId38" o:title=""/>
+          <v:shape id="Рисунок 5" o:spid="_x0000_i1046" type="#_x0000_t75" style="width:455.25pt;height:264pt;visibility:visible">
+            <v:imagedata r:id="rId33" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7098C" w:rsidRDefault="00F7098C" w:rsidP="0096176F">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007A1A8D" w:rsidRDefault="00E67EDC" w:rsidP="00E8441A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="881"/>
+          <w:tab w:val="center" w:pos="3648"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A8D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007A1A8D" w:rsidRDefault="00E67EDC" w:rsidP="00E8441A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A1A8D">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                              к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A8D">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>регламен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A8D">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A1A8D">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A8D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выдача разрешения на обучение в форме экстерната в организациях основного среднего,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007A1A8D" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A8D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общего среднего образования»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007A1A8D" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007A1A8D" w:rsidRDefault="00E67EDC" w:rsidP="00E8441A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A1A8D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Справочник бизнес-процессов оказания государственной услуги через услугодателя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007A1A8D" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E746F7" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...622 lines deleted...]
-        </w:rPr>
         <w:pict>
-          <v:shape id="Рисунок 61" o:spid="_x0000_i1043" type="#_x0000_t75" style="width:475.5pt;height:336pt;visibility:visible">
-            <v:imagedata r:id="rId39" o:title=""/>
+          <v:shape id="Рисунок 79" o:spid="_x0000_i1047" type="#_x0000_t75" style="width:468pt;height:441pt;visibility:visible">
+            <v:imagedata r:id="rId34" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7098C" w:rsidRDefault="00F7098C" w:rsidP="00187475">
-[...1 lines deleted...]
-        <w:pStyle w:val="a7"/>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                         Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                       постановлением акимата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                  Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...456 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                         от «28» мая 2015 №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>153/5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="00011BAD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Регламент  государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00011BAD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Выдача дубликатов документов об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">основном среднем, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00011BAD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>общем среднем образовании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r>
-[...124 lines deleted...]
-          <w:b/>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00B83083" w:rsidRDefault="00E67EDC" w:rsidP="00011BAD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00B83083" w:rsidRDefault="00E67EDC" w:rsidP="00011BAD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="00011BAD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="15840"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="00011BAD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="15840"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="357"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Государственная услуга</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Выдача дубликатов документов об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>основном среднем, общем среднем образовании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее – государственная услуга) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оказывается организациями основного среднего и общего среднего образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодарской области </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(далее –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>р</w:t>
-[...4 lines deleted...]
-          <w:b/>
+      </w:pPr>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>егламенті</w:t>
-[...8 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">Прием заявлений и выдача результатов оказания государственной услуги осуществляются </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...38 lines deleted...]
-        <w:pStyle w:val="a7"/>
+        <w:t>через:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="a7"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) канцелярию услугодателя; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00834580" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...36 lines deleted...]
-        <w:pStyle w:val="a7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) филиал </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республиканско</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>го</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>го</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предприяти</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на праве</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  хозяйственного ведения «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Центр обслуживания населения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодарской области </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00834580">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00834580">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00834580">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЦОН)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Форма оказания государственной услуги: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...28 lines deleted...]
-        <w:pStyle w:val="a7"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Результат оказания государственной услуги – выдача дубликата  свидетельства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>об основном среднем образовании, дубликата аттестата об общем среднем образовании.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...38 lines deleted...]
-    <w:p w:rsidR="00F7098C" w:rsidRPr="0096176F" w:rsidRDefault="00F7098C" w:rsidP="0096176F">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма предоставления результата оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00B83083" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B83083">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Описание порядка действий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:pStyle w:val="a7"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Основанием для начала процедуры  (действия) по оказанию государственной услуги является заявление услугополучателя с приложением необходимых документов, указанных в пункте 9 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тандарта государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Выдача дубликатов документов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>об основном среднем, общем среднем образовании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», утвержденного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00834580">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приказом  образования и науки Республики Казахстан от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00834580">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> апреля 2015 года № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>179</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00834580">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – Стандарт).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00834580">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Содержание каждой процедуры (действия), входящей в состав процесса оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги, длительность и последовательность е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>выполнения, в том числе этапы прохождения процедур (действия):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сотрудник </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>канцелярии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя осуществляет прием и  регистрацию полученных от услугополучателя или из ЦОНа документов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00396CE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сверяет копии с оригиналами документов, возвращает оригиналы услугополучателю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и передает на рассмотрение руководителю услугодателя (не более 15 минут); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) руководитель услугодателя рассматривает документы и определяет ответственного исполнителя (1 рабочий день); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) ответственный исполнитель услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">готовит дубликат документа, направляет на рассмотрение и подписание руководителю услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рабочих дней);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) руководитель услугодателя рассматривает дубликат документа,  подписывает  и направляет в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>канцелярию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1 рабочий день);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) сотрудник </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>канцелярии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя регистрирует в журнале учета дубликат документа и выдает результат государственной услуги услугополучателю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>направляет в ЦОН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(не более 15 минут)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Результат –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дубликат свидетельства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б основном среднем образовании,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="002B45EE">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дубликат аттестата об общем среднем образовании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003F6906" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003F6906" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="142"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:pStyle w:val="21"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Описание п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орядка взаимодействия структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00A86949" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Перечень структурных подразделений (работников) услугодателя, которые участвуют в процессе оказания государственной услуги: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) сотрудник </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>канцелярии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>2) руководитель услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>3) ответственный исполнитель услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00D01FAD" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D01FAD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Описание последовательности процедур (действий) между структурными подразделениями (работниками) с указанием длительности каждой процедуры (действия) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D01FAD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сопровождается таблицей согласно приложению 1 к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003F6906" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003F6906" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Описание порядка взаимодействия с центром обслуживания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>населения, а также порядка использования информационных систем  в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="003F6906" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1701"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="000A4130" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:jc w:val="center"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="0096176F">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A4130">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-[...22 lines deleted...]
-        <w:pStyle w:val="a7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Срок оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005272C7">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005272C7">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с момента сдачи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005272C7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателем документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005272C7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при обращении к услугодателю или в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005272C7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЦОН </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005272C7">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рабочих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005272C7">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дней</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005272C7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="005272C7" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...34 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005272C7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) максимально допустимое время ожидания в очереди для сдачи пакета документов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005272C7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="005272C7" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005272C7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">3) максимально допустимое время обслуживания </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005272C7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Описание процесса оказания государственной услуги через ЦОН </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>указанием каждой процедуры (действия)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) процесс 1 - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>прием документов и заявления от услугополучателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) условие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проверка соответствия приложенных услугополучателем документов, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>тандарте и основани</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для оказания услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) процесс 2 - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выдача расписки согласно приложению к </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тандарту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>процесс 3 - направление документов услугополучателя услугодателю;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процесс 4 - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>получение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от услугодателя дубликат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на бланк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образца, действующего на момент принятия решения о выдаче дубликата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, удостоверенного подписью </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>руководителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="002B45EE">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) процесс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получение услугополучателем через сотрудника ЦОН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>результата г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осударственной услуги.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="000A4130" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A4130">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Подробное описание последовательности процедур (действий), взаимодействий структурных подразделений (работников) услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A4130">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, а также описания  порядка взаимодействия с ЦОН в процессе оказания государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A4130">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отражается в справочнике бизнес-процессов согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A4130">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  к настоящему регламенту. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="993"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Государственная услуга не</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оказывается через </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>веб-портал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «электронного правительства».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="007A1A8D" w:rsidRDefault="00E67EDC" w:rsidP="007A1A8D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="00011BAD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="00011BAD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к регламенту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00011BAD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF050B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Выдача дубликатов документов об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF050B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF050B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">основном </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CF050B" w:rsidRDefault="00E67EDC" w:rsidP="00011BAD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF050B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>среднем, общем среднем образовании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF050B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00011BAD" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="00011BAD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...81 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Таблица</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="00011BAD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>1)</w:t>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">кеңсе қызметкері көрсетілетін қызметті алушыдан немесе ХҚО-дан алынған </w:t>
-[...48 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>описания последовательности процедур (действий) между структурными подразделениями (работниками)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00011BAD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0096176F">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:tab/>
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>с указанием длительности каждой процедуры (действия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00011BAD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1204 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9712" w:type="dxa"/>
-        <w:tblInd w:w="-106" w:type="dxa"/>
+        <w:tblW w:w="8525" w:type="dxa"/>
+        <w:tblInd w:w="534" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1557"/>
+        <w:gridCol w:w="1885"/>
+        <w:gridCol w:w="1148"/>
+        <w:gridCol w:w="1394"/>
+        <w:gridCol w:w="1065"/>
+        <w:gridCol w:w="1476"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F7098C" w:rsidRPr="00962632" w:rsidTr="001D0DED">
+      <w:tr w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidTr="005E547E">
         <w:trPr>
-          <w:trHeight w:val="394"/>
+          <w:trHeight w:val="449"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="8524" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="001D0DED" w:rsidRDefault="00F7098C" w:rsidP="001D0DED">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001253F0">
+              <w:t>Действия основного процесса (хода, потока работ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidTr="005E547E">
+        <w:trPr>
+          <w:trHeight w:val="661"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001253F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>№ действия (хода, потока, работ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1885" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001253F0">
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1148" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001253F0">
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1394" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001253F0">
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1065" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001253F0">
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001253F0">
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidTr="005E547E">
+        <w:trPr>
+          <w:trHeight w:val="1088"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001253F0">
+              <w:t>Структурные подразделения (работники)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1885" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001253F0">
+              <w:t xml:space="preserve">Сотрудник </w:t>
+            </w:r>
+            <w:r>
+              <w:t>канцелярии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001253F0">
+              <w:t xml:space="preserve"> услугодателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1148" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001253F0">
+              <w:t>Руководитель услугодателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1394" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001253F0">
+              <w:t>Ответственный исполнитель услугодателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1065" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001253F0">
+              <w:t>Руководитель услугодателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001253F0">
+              <w:t xml:space="preserve">Сотрудник </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">канцелярии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001253F0">
+              <w:t>услугодателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidTr="005E547E">
+        <w:trPr>
+          <w:trHeight w:val="2023"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="008A6705" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A6705">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Наименование действия (процесса, процедуры операции) и их описание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1885" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001253F0">
+              <w:t>Осуществляет прием</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001253F0">
+              <w:t>и регистрацию полученных от услугодателя или из ЦОНа документов, сверяет копии с оригиналами документов, возвращает оригиналы услугополучателю</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1148" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001253F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Рассматривает и  определяет ответственного исполнителя</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9145" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="1394" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="001D0DED" w:rsidRDefault="00F7098C" w:rsidP="001D0DED">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="00A17723" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001253F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="001D0DED">
+              <w:t>Готовит</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Негізгі үдерістің  (жұмыс барысының, ағымының) іс-қимылы</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="001253F0">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="001D0DED">
+              <w:t>дубликат</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001253F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>документа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1632" w:type="dxa"/>
+            <w:tcW w:w="1065" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="001D0DED" w:rsidRDefault="00F7098C" w:rsidP="001D0DED">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
-              <w:rPr>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001D0DED">
-[...6 lines deleted...]
-              <w:t>Іс-қимылдың  (жұмыс барысының) №</w:t>
+            <w:r w:rsidRPr="001253F0">
+              <w:t>Рассматривает дубликат документа и подписывает</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="001D0DED" w:rsidRDefault="00F7098C" w:rsidP="001D0DED">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001253F0">
+              <w:t>Регистрирует дубликат в журнале учета</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D0DED">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidTr="005E547E">
+        <w:trPr>
+          <w:trHeight w:val="1548"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="008A6705" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>1</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="008A6705">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Форма завершения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1885" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="001D0DED" w:rsidRDefault="00F7098C" w:rsidP="001D0DED">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D0DED">
-[...5 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidRPr="001253F0">
+              <w:t>Передача на рассмотрение руководителю</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1148" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="001D0DED" w:rsidRDefault="00F7098C" w:rsidP="001D0DED">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
-              <w:ind w:right="-318"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D0DED">
+            <w:r w:rsidRPr="001253F0">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:kern w:val="2"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>Резолюция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1394" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="001D0DED" w:rsidRDefault="00F7098C" w:rsidP="001D0DED">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D0DED">
-[...5 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidRPr="001253F0">
+              <w:t>Направление дубликата документа на рассмотрение и подписание руководителю</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1065" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="001D0DED" w:rsidRDefault="00F7098C" w:rsidP="001D0DED">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D0DED">
+            <w:r w:rsidRPr="001253F0">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:kern w:val="2"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...29 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>Направляет в учебную часть</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1632" w:type="dxa"/>
+            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="001D0DED" w:rsidRDefault="00F7098C" w:rsidP="001D0DED">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Выдача </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001253F0">
+              <w:t>результата государственной услуги услугополучателю или направляет в ЦОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidTr="005E547E">
+        <w:trPr>
+          <w:trHeight w:val="693"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="008A6705" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D0DED">
+            <w:r w:rsidRPr="008A6705">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Құрылымдық бөлімше (қызметкер)</w:t>
+              <w:t>Сроки исполнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1885" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="001D0DED" w:rsidRDefault="00F7098C" w:rsidP="001D0DED">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:kern w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001253F0">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="001D0DED">
+              <w:t xml:space="preserve">15 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001253F0">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Көрсетілетін қызметті берушінің кеңсе қызметкері</w:t>
+              <w:t>минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1148" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="001D0DED" w:rsidRDefault="00F7098C" w:rsidP="001D0DED">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D0DED">
+            <w:r w:rsidRPr="001253F0">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Көрсетілетін қызметті берушінің басшысы</w:t>
+              <w:t>1 рабочий день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1394" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="001D0DED" w:rsidRDefault="00F7098C" w:rsidP="001D0DED">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D0DED">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Көрсетілетін қызметті берушінің жауапты орындаушысы</w:t>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001253F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рабочих дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1065" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="001D0DED" w:rsidRDefault="00F7098C" w:rsidP="001D0DED">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D0DED">
+            <w:r w:rsidRPr="001253F0">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Көрсетілетін қызметті берушінің басшысы</w:t>
+              <w:t>1 рабочий день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F7098C" w:rsidRPr="001D0DED" w:rsidRDefault="00F7098C" w:rsidP="001D0DED">
+          <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="004F5106">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D0DED">
+            <w:r w:rsidRPr="001253F0">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4898 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>15 минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F7098C" w:rsidRDefault="00F7098C" w:rsidP="001F69D4">
-[...264 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="00011BAD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">                                                            </w:t>
-[...17 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        <w:t xml:space="preserve">                                                               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="001253F0" w:rsidRDefault="00E67EDC" w:rsidP="00011BAD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001253F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к регламенту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00011BAD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF050B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Выдача дубликатов документов об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF050B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF050B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">основном </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="00CF050B" w:rsidRDefault="00E67EDC" w:rsidP="00011BAD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF050B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>среднем, общем среднем образовании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF050B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7098C" w:rsidRPr="001F69D4" w:rsidRDefault="00F7098C" w:rsidP="001F69D4">
-[...127 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="004607F9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="000F013F" w:rsidRDefault="00E67EDC" w:rsidP="004607F9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F013F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Справочник</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="004607F9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F013F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бизнес-процессов оказания государственной услуги «Выдача дубликатов документов об основном среднем, общем среднем образовании»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRPr="000F013F" w:rsidRDefault="00E67EDC" w:rsidP="004607F9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00786272" w:rsidP="00105779">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2910"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="Рисунок 79" o:spid="_x0000_i1048" type="#_x0000_t75" style="width:425.25pt;height:346.5pt;visibility:visible">
-            <v:imagedata r:id="rId44" o:title=""/>
+          <v:shape id="Рисунок 85" o:spid="_x0000_i1048" type="#_x0000_t75" style="width:475.5pt;height:255.75pt;visibility:visible">
+            <v:imagedata r:id="rId35" o:title="" croptop="1054f"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7098C" w:rsidRDefault="00F7098C" w:rsidP="00CE199B">
-[...139 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2910"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2910"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2910"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2910"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2910"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2910"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2910"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2910"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00105779">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2910"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E67EDC" w:rsidRDefault="00786272" w:rsidP="00105779">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2910"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:pict>
-          <v:shape id="_x0000_i1049" type="#_x0000_t75" style="width:405.75pt;height:165.75pt;visibility:visible">
-            <v:imagedata r:id="rId45" o:title=""/>
+          <v:shape id="Рисунок 88" o:spid="_x0000_i1049" type="#_x0000_t75" style="width:478.5pt;height:183pt;visibility:visible">
+            <v:imagedata r:id="rId36" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7098C" w:rsidRDefault="00F7098C" w:rsidP="00CE199B">
-[...167 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId48"/>
+    <w:sectPr w:rsidR="00E67EDC" w:rsidSect="00FF51C0">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="851" w:right="851" w:bottom="993" w:left="1418" w:header="510" w:footer="1247" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="851" w:bottom="1560" w:left="1418" w:header="510" w:footer="1247" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F7098C" w:rsidRDefault="00F7098C" w:rsidP="00632A2F">
+    <w:p w:rsidR="00E746F7" w:rsidRDefault="00E746F7" w:rsidP="00BD2298">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F7098C" w:rsidRDefault="00F7098C" w:rsidP="00632A2F">
+    <w:p w:rsidR="00E746F7" w:rsidRDefault="00E746F7" w:rsidP="00BD2298">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DejaVu Sans">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E7002EFF" w:usb1="D200FDFF" w:usb2="0A046029" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000001" w:usb1="09060000" w:usb2="00000010" w:usb3="00000000" w:csb0="00080000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="DejaVu Sans">
-    <w:altName w:val="Arial"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E7002EFF" w:usb1="D200FDFF" w:usb2="0A046029" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00F7098C" w:rsidRDefault="00F7098C" w:rsidP="00752C3C">
+  <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
     <w:pPr>
-      <w:pStyle w:val="ae"/>
+      <w:pStyle w:val="ad"/>
       <w:ind w:right="360"/>
-    </w:pPr>
-[...24 lines deleted...]
-      <w:pStyle w:val="ae"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F7098C" w:rsidRDefault="00F7098C" w:rsidP="00632A2F">
+    <w:p w:rsidR="00E746F7" w:rsidRDefault="00E746F7" w:rsidP="00BD2298">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F7098C" w:rsidRDefault="00F7098C" w:rsidP="00632A2F">
+    <w:p w:rsidR="00E746F7" w:rsidRDefault="00E746F7" w:rsidP="00BD2298">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00F7098C" w:rsidRDefault="00F7098C" w:rsidP="00752C3C">
+  <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="ab"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="a8"/>
+        <w:rStyle w:val="af"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="a8"/>
+        <w:rStyle w:val="af"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="a8"/>
+        <w:rStyle w:val="af"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="a8"/>
+        <w:rStyle w:val="af"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00F7098C" w:rsidRDefault="00F7098C">
+  <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
-[...15 lines deleted...]
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="ab"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00F7098C" w:rsidRDefault="00F7098C" w:rsidP="001C02B7">
+  <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E746F7">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="ab"/>
       <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00786272">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>66</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E67EDC">
+    <w:pPr>
+      <w:pStyle w:val="ab"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00F7098C" w:rsidRDefault="00F7098C">
+  <w:p w:rsidR="00E67EDC" w:rsidRDefault="00E746F7">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
-[...20 lines deleted...]
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="ab"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
-      <w:t>2</w:t>
-[...33 lines deleted...]
-      </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
+      <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00786272">
       <w:rPr>
-        <w:rStyle w:val="a8"/>
+        <w:noProof/>
       </w:rPr>
-      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+      <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="a8"/>
+        <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00F7098C" w:rsidRDefault="00F7098C">
+  <w:p w:rsidR="00E67EDC" w:rsidRPr="004C2469" w:rsidRDefault="00E67EDC" w:rsidP="00A82E0D">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
-[...19 lines deleted...]
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="ab"/>
       <w:jc w:val="center"/>
-    </w:pPr>
-[...13 lines deleted...]
-      <w:pStyle w:val="a5"/>
+      <w:rPr>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000002"/>
     <w:name w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
@@ -40154,1167 +42643,1936 @@
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="1B35090E"/>
+    <w:nsid w:val="075F0415"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="19A2BD4E"/>
-[...1 lines deleted...]
-      <w:start w:val="3"/>
+    <w:tmpl w:val="85383446"/>
+    <w:lvl w:ilvl="0" w:tplc="9B4633A4">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1068" w:hanging="360"/>
+        <w:ind w:left="-705" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="15" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="735" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1455" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2175" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2895" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3615" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4335" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5055" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="12E76E96"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="301E7C3A"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1364" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2084" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2804" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3524" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4244" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4964" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5684" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6404" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="21A1646B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F280A516"/>
+    <w:lvl w:ilvl="0" w:tplc="3326B890">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1603" w:hanging="1035"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="252C4DBD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5BB0F3E4"/>
+    <w:lvl w:ilvl="0" w:tplc="0CEAE69A">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4527" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6687" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="26401C22"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="106413B2"/>
+    <w:lvl w:ilvl="0" w:tplc="F27660C6">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="2E355839"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F6522BC8"/>
+    <w:lvl w:ilvl="0" w:tplc="6F5A5E6E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1500" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2220" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3660" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4380" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5100" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5820" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6540" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7260" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="2F354A75"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8F88E11A"/>
+    <w:lvl w:ilvl="0" w:tplc="FA02E87C">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1211" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="451040E0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="94840A32"/>
+    <w:lvl w:ilvl="0" w:tplc="747C4C88">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1211" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1788" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2508" w:hanging="180"/>
+        <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3228" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3948" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4668" w:hanging="180"/>
+        <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5388" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6108" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6828" w:hanging="180"/>
+        <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="23360E00"/>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="472054B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6BECCEDC"/>
+    <w:tmpl w:val="5568FF78"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="928" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="3960" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="451040E0"/>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="5D944E5D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B3D8F4FA"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="F72AA7A2"/>
+    <w:lvl w:ilvl="0" w:tplc="4FCA723C">
+      <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1070" w:hanging="360"/>
-[...112 lines deleted...]
-        <w:ind w:left="1069" w:hanging="360"/>
+        <w:ind w:left="1425" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="2145" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
+        <w:ind w:left="2865" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="3585" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="4305" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
+        <w:ind w:left="5025" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="5745" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="6465" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:ind w:left="7185" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="53A77FA6"/>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="6376747E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E72AECFC"/>
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:tmpl w:val="125EFBE8"/>
+    <w:lvl w:ilvl="0" w:tplc="81784636">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4669" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="6BA31ADD"/>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="6D17635A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F5E6096E"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="BFFA7B06"/>
+    <w:lvl w:ilvl="0" w:tplc="61C06C5E">
+      <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="70A827C6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="81340F90"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="4"/>
-[...26 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="10">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="12">
     <w:abstractNumId w:val="0"/>
-    <w:lvlOverride w:ilvl="0">
-[...25 lines deleted...]
-    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="10">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:mailMerge>
-[...3 lines deleted...]
-  </w:mailMerge>
+  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:underlineTabInNumList/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0013473E"/>
-[...28 lines deleted...]
-    <w:rsid w:val="00266E4A"/>
+    <w:rsidRoot w:val="000C148D"/>
+    <w:rsid w:val="00011BAD"/>
+    <w:rsid w:val="00025215"/>
+    <w:rsid w:val="00031D1B"/>
+    <w:rsid w:val="000329EB"/>
+    <w:rsid w:val="00044BDB"/>
+    <w:rsid w:val="0006162B"/>
+    <w:rsid w:val="000966EC"/>
+    <w:rsid w:val="000A4130"/>
+    <w:rsid w:val="000A53E6"/>
+    <w:rsid w:val="000C148D"/>
+    <w:rsid w:val="000E7AE5"/>
+    <w:rsid w:val="000F013F"/>
+    <w:rsid w:val="001047D6"/>
+    <w:rsid w:val="00105779"/>
+    <w:rsid w:val="00121E40"/>
+    <w:rsid w:val="001253F0"/>
+    <w:rsid w:val="001255AE"/>
+    <w:rsid w:val="0015358C"/>
+    <w:rsid w:val="001670FD"/>
+    <w:rsid w:val="00186908"/>
+    <w:rsid w:val="00190C4F"/>
+    <w:rsid w:val="001A02EF"/>
+    <w:rsid w:val="001A4F73"/>
+    <w:rsid w:val="001A51F0"/>
+    <w:rsid w:val="001E3D26"/>
+    <w:rsid w:val="001F2CD4"/>
+    <w:rsid w:val="002024A8"/>
+    <w:rsid w:val="002042DC"/>
+    <w:rsid w:val="00207F57"/>
+    <w:rsid w:val="0022391E"/>
+    <w:rsid w:val="00225DF7"/>
+    <w:rsid w:val="002506B9"/>
+    <w:rsid w:val="00266A71"/>
     <w:rsid w:val="00267C83"/>
-    <w:rsid w:val="0027357E"/>
     <w:rsid w:val="00282588"/>
-    <w:rsid w:val="002A31D7"/>
-[...28 lines deleted...]
-    <w:rsid w:val="004D3196"/>
+    <w:rsid w:val="00282769"/>
+    <w:rsid w:val="0028524B"/>
+    <w:rsid w:val="00293C56"/>
+    <w:rsid w:val="002B202E"/>
+    <w:rsid w:val="002B45EE"/>
+    <w:rsid w:val="002C33AE"/>
+    <w:rsid w:val="00302DEB"/>
+    <w:rsid w:val="00321B0F"/>
+    <w:rsid w:val="00324E05"/>
+    <w:rsid w:val="0033512B"/>
+    <w:rsid w:val="00335E0C"/>
+    <w:rsid w:val="003461D6"/>
+    <w:rsid w:val="00353CA1"/>
+    <w:rsid w:val="003638A3"/>
+    <w:rsid w:val="00376A47"/>
+    <w:rsid w:val="00381953"/>
+    <w:rsid w:val="00394FD8"/>
+    <w:rsid w:val="00396CE4"/>
+    <w:rsid w:val="003A25FB"/>
+    <w:rsid w:val="003B22FD"/>
+    <w:rsid w:val="003B3D31"/>
+    <w:rsid w:val="003C1493"/>
+    <w:rsid w:val="003E39D5"/>
+    <w:rsid w:val="003F0A0A"/>
+    <w:rsid w:val="003F44EA"/>
+    <w:rsid w:val="003F6906"/>
+    <w:rsid w:val="00425940"/>
+    <w:rsid w:val="00435288"/>
+    <w:rsid w:val="00450548"/>
+    <w:rsid w:val="00451810"/>
+    <w:rsid w:val="004607F9"/>
+    <w:rsid w:val="00470C19"/>
+    <w:rsid w:val="00472D71"/>
+    <w:rsid w:val="0047439E"/>
+    <w:rsid w:val="004B35CD"/>
+    <w:rsid w:val="004C2469"/>
     <w:rsid w:val="004D5259"/>
-    <w:rsid w:val="004F08E5"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00604931"/>
+    <w:rsid w:val="004F5106"/>
+    <w:rsid w:val="00513A34"/>
+    <w:rsid w:val="0052032A"/>
+    <w:rsid w:val="00521AE7"/>
+    <w:rsid w:val="005272C7"/>
+    <w:rsid w:val="00527C94"/>
+    <w:rsid w:val="00543F01"/>
+    <w:rsid w:val="005727F1"/>
+    <w:rsid w:val="005A3582"/>
+    <w:rsid w:val="005B4395"/>
+    <w:rsid w:val="005C2BB5"/>
+    <w:rsid w:val="005D5F65"/>
+    <w:rsid w:val="005E47A6"/>
+    <w:rsid w:val="005E547E"/>
+    <w:rsid w:val="005F40D1"/>
+    <w:rsid w:val="00603966"/>
+    <w:rsid w:val="00604A32"/>
     <w:rsid w:val="00615693"/>
-    <w:rsid w:val="00621093"/>
-[...45 lines deleted...]
-    <w:rsid w:val="00A30A54"/>
+    <w:rsid w:val="00642BD3"/>
+    <w:rsid w:val="00643136"/>
+    <w:rsid w:val="00654586"/>
+    <w:rsid w:val="006556C5"/>
+    <w:rsid w:val="00655D48"/>
+    <w:rsid w:val="00656A69"/>
+    <w:rsid w:val="006622A7"/>
+    <w:rsid w:val="006676BB"/>
+    <w:rsid w:val="00677235"/>
+    <w:rsid w:val="006B38FC"/>
+    <w:rsid w:val="006C527B"/>
+    <w:rsid w:val="007008DB"/>
+    <w:rsid w:val="00714DBA"/>
+    <w:rsid w:val="007268C8"/>
+    <w:rsid w:val="00727040"/>
+    <w:rsid w:val="00752A17"/>
+    <w:rsid w:val="00786272"/>
+    <w:rsid w:val="007A1A8D"/>
+    <w:rsid w:val="007B0CE0"/>
+    <w:rsid w:val="007C2D58"/>
+    <w:rsid w:val="007C518F"/>
+    <w:rsid w:val="007C7FDB"/>
+    <w:rsid w:val="007D16AA"/>
+    <w:rsid w:val="00807259"/>
+    <w:rsid w:val="00820A3C"/>
+    <w:rsid w:val="00825E8F"/>
+    <w:rsid w:val="00834580"/>
+    <w:rsid w:val="00834A0A"/>
+    <w:rsid w:val="00843ADC"/>
+    <w:rsid w:val="00863983"/>
+    <w:rsid w:val="008816CC"/>
+    <w:rsid w:val="00883FD7"/>
+    <w:rsid w:val="00893A41"/>
+    <w:rsid w:val="008A6705"/>
+    <w:rsid w:val="008C59FF"/>
+    <w:rsid w:val="008D7660"/>
+    <w:rsid w:val="008F0E3A"/>
+    <w:rsid w:val="008F6432"/>
+    <w:rsid w:val="00903D4B"/>
+    <w:rsid w:val="00920632"/>
+    <w:rsid w:val="00923640"/>
+    <w:rsid w:val="009328C9"/>
+    <w:rsid w:val="00943CF9"/>
+    <w:rsid w:val="00952F05"/>
+    <w:rsid w:val="00954C24"/>
+    <w:rsid w:val="00971A39"/>
+    <w:rsid w:val="00971AE2"/>
+    <w:rsid w:val="009775FE"/>
+    <w:rsid w:val="009808E2"/>
+    <w:rsid w:val="009854AE"/>
+    <w:rsid w:val="009E2BDF"/>
+    <w:rsid w:val="009E57B2"/>
+    <w:rsid w:val="009F61F1"/>
+    <w:rsid w:val="00A00966"/>
+    <w:rsid w:val="00A11799"/>
+    <w:rsid w:val="00A17723"/>
+    <w:rsid w:val="00A2604E"/>
+    <w:rsid w:val="00A31A42"/>
     <w:rsid w:val="00A32E18"/>
-    <w:rsid w:val="00A60E3E"/>
-[...16 lines deleted...]
-    <w:rsid w:val="00B70BD2"/>
+    <w:rsid w:val="00A3787D"/>
+    <w:rsid w:val="00A5037F"/>
+    <w:rsid w:val="00A516AD"/>
+    <w:rsid w:val="00A701F1"/>
+    <w:rsid w:val="00A82E0D"/>
+    <w:rsid w:val="00A86949"/>
+    <w:rsid w:val="00AA7D42"/>
+    <w:rsid w:val="00AE7753"/>
+    <w:rsid w:val="00AE7EB0"/>
+    <w:rsid w:val="00AF2C96"/>
+    <w:rsid w:val="00AF7CD7"/>
+    <w:rsid w:val="00B21006"/>
+    <w:rsid w:val="00B408B6"/>
+    <w:rsid w:val="00B503F1"/>
+    <w:rsid w:val="00B67858"/>
+    <w:rsid w:val="00B7012B"/>
+    <w:rsid w:val="00B80C87"/>
+    <w:rsid w:val="00B83083"/>
     <w:rsid w:val="00B96AF5"/>
-    <w:rsid w:val="00BA1B40"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00C922F3"/>
+    <w:rsid w:val="00BA2A60"/>
+    <w:rsid w:val="00BC472A"/>
+    <w:rsid w:val="00BD2298"/>
+    <w:rsid w:val="00BE0ACF"/>
+    <w:rsid w:val="00BE35EA"/>
+    <w:rsid w:val="00C008AA"/>
+    <w:rsid w:val="00C0337F"/>
+    <w:rsid w:val="00C14899"/>
+    <w:rsid w:val="00C16099"/>
+    <w:rsid w:val="00C22306"/>
+    <w:rsid w:val="00C32225"/>
+    <w:rsid w:val="00C442C3"/>
+    <w:rsid w:val="00C6564B"/>
+    <w:rsid w:val="00C81BDE"/>
+    <w:rsid w:val="00C9491F"/>
+    <w:rsid w:val="00CA1B05"/>
     <w:rsid w:val="00CA6E71"/>
-    <w:rsid w:val="00CB183C"/>
+    <w:rsid w:val="00CA7E9B"/>
+    <w:rsid w:val="00CB6285"/>
     <w:rsid w:val="00CC4B87"/>
-    <w:rsid w:val="00CE199B"/>
-[...16 lines deleted...]
-    <w:rsid w:val="00E42911"/>
+    <w:rsid w:val="00CD2EDC"/>
+    <w:rsid w:val="00CD2F28"/>
+    <w:rsid w:val="00CE4954"/>
+    <w:rsid w:val="00CF050B"/>
+    <w:rsid w:val="00CF0F5B"/>
+    <w:rsid w:val="00CF1288"/>
+    <w:rsid w:val="00D01FAD"/>
+    <w:rsid w:val="00D17ABF"/>
+    <w:rsid w:val="00D3289D"/>
+    <w:rsid w:val="00D53241"/>
+    <w:rsid w:val="00D647E3"/>
+    <w:rsid w:val="00D66D04"/>
+    <w:rsid w:val="00D81644"/>
+    <w:rsid w:val="00D83BE3"/>
+    <w:rsid w:val="00D83EBF"/>
+    <w:rsid w:val="00D92488"/>
+    <w:rsid w:val="00D97CE0"/>
+    <w:rsid w:val="00DB0E3E"/>
+    <w:rsid w:val="00DD45CC"/>
+    <w:rsid w:val="00DD6CF9"/>
+    <w:rsid w:val="00E05483"/>
+    <w:rsid w:val="00E13A6B"/>
+    <w:rsid w:val="00E2393C"/>
     <w:rsid w:val="00E66982"/>
-    <w:rsid w:val="00E77A4D"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00EF29DB"/>
+    <w:rsid w:val="00E67EDC"/>
+    <w:rsid w:val="00E746F7"/>
+    <w:rsid w:val="00E7487A"/>
+    <w:rsid w:val="00E8441A"/>
+    <w:rsid w:val="00E94A30"/>
+    <w:rsid w:val="00E951DB"/>
+    <w:rsid w:val="00EA758E"/>
+    <w:rsid w:val="00EB2F77"/>
+    <w:rsid w:val="00EC6950"/>
+    <w:rsid w:val="00EF74D2"/>
     <w:rsid w:val="00F044C2"/>
-    <w:rsid w:val="00F15826"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00FD246C"/>
+    <w:rsid w:val="00F04F70"/>
+    <w:rsid w:val="00F1279A"/>
+    <w:rsid w:val="00F21FC7"/>
+    <w:rsid w:val="00F543AA"/>
+    <w:rsid w:val="00F66E5B"/>
+    <w:rsid w:val="00F87243"/>
+    <w:rsid w:val="00F963D5"/>
+    <w:rsid w:val="00F96924"/>
+    <w:rsid w:val="00FA0E24"/>
+    <w:rsid w:val="00FD535C"/>
+    <w:rsid w:val="00FE58B1"/>
+    <w:rsid w:val="00FF1FCF"/>
+    <w:rsid w:val="00FF51C0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1054"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="toc 2" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="toc 3" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="toc 4" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="toc 5" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="toc 6" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="toc 7" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="toc 8" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="toc 9" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="footer" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="caption" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="page number" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Title" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Body Text" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtitle" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Table Grid" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
@@ -41392,453 +44650,427 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0013473E"/>
+    <w:rsid w:val="000C148D"/>
     <w:pPr>
+      <w:suppressAutoHyphens/>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:lang w:eastAsia="en-US"/>
-[...22 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...2 lines deleted...]
-    <w:link w:val="1"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Знак Знак,Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000C148D"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:after="100" w:line="100" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Знак Знак Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (веб) Знак1 Знак"/>
+    <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
-    <w:rsid w:val="009A4BEF"/>
+    <w:rsid w:val="000C148D"/>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="000C148D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="0013473E"/>
+    <w:rsid w:val="000C148D"/>
     <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-  </w:style>
-[...4 lines deleted...]
-    <w:rsid w:val="0013473E"/>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
-[...25 lines deleted...]
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
-    <w:name w:val="No Spacing"/>
-[...85 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="ad"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0013473E"/>
+    <w:rsid w:val="000C148D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Текст выноски Знак"/>
-    <w:basedOn w:val="a0"/>
-    <w:link w:val="ac"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
-    <w:rsid w:val="0013473E"/>
+    <w:rsid w:val="000C148D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:kern w:val="1"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ae">
-    <w:name w:val="footer"/>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af"/>
+    <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00621093"/>
+    <w:rsid w:val="00DD45CC"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:cs="DejaVu Sans"/>
+      <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af">
-[...2 lines deleted...]
-    <w:link w:val="ae"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Основной текст Знак"/>
+    <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
-    <w:rsid w:val="00621093"/>
+    <w:rsid w:val="00DD45CC"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="DejaVu Sans"/>
+      <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af0">
-    <w:name w:val="Body Text"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Абзац списка1"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af1"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00DA065A"/>
+    <w:rsid w:val="00A5037F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:jc w:val="both"/>
+      <w:ind w:left="708"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
-[...2 lines deleted...]
-    <w:link w:val="af0"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+    <w:name w:val="21"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:locked/>
-    <w:rsid w:val="00DA065A"/>
+    <w:rsid w:val="00A5037F"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:iCs/>
+      <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
     <w:name w:val="Абзац списка2"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00167A67"/>
+    <w:rsid w:val="00121E40"/>
     <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:kern w:val="0"/>
       <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E05483"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00E05483"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E05483"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00E05483"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af">
+    <w:name w:val="page number"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E05483"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
-    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00A6652D"/>
+    <w:rsid w:val="00A82E0D"/>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="j11">
+    <w:name w:val="j11"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00EF74D2"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4">
+    <w:name w:val="Абзац списка4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00EF74D2"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af0">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EF74D2"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
+    <w:name w:val="Основной текст с отступом Знак"/>
+    <w:link w:val="af0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00EF74D2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af2">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="001047D6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="333399"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s1">
     <w:name w:val="s1"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00066EB4"/>
+    <w:rsid w:val="001047D6"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
+      <w:bCs/>
       <w:color w:val="000000"/>
-      <w:sz w:val="28"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
-    </w:rPr>
-[...58 lines deleted...]
-      <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -41997,51 +45229,51 @@
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="jl:30988309.0%20" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="jl:30988309.0%20" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header10.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.e.gov.kz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -42287,66 +45519,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>69</Pages>
-[...1 lines deleted...]
-  <Characters>72980</Characters>
+  <Pages>66</Pages>
+  <Words>12908</Words>
+  <Characters>73578</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>608</Lines>
-  <Paragraphs>171</Paragraphs>
+  <Lines>613</Lines>
+  <Paragraphs>172</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>AlexSoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>85612</CharactersWithSpaces>
+  <CharactersWithSpaces>86314</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Айнур</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>