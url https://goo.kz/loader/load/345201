--- v0 (2025-12-14)
+++ v1 (2025-12-14)
@@ -6,987 +6,665 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00DC7950" w:rsidRDefault="00DC7950" w:rsidP="00DC7950">
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Об утверждении Т</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5412">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008B29CE">
+        </w:rPr>
+        <w:t>ребований</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008B29CE">
+        </w:rPr>
+        <w:t xml:space="preserve">к обязательной школьной форме </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>для организаций среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008B29CE">
-[...58 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w:rsidR="00DC7950" w:rsidRDefault="00DC7950" w:rsidP="00DC7950">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DC7950" w:rsidRDefault="00DC7950" w:rsidP="00DC7950">
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...55 lines deleted...]
-      <w:r w:rsidRPr="001B1C6B">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         В соответствии с под</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 14-1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан                     от 27 июля 2007 года «Об образовании»  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...40 lines deleted...]
-      <w:r w:rsidRPr="001A77A3">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...53 lines deleted...]
-    <w:p w:rsidR="00DC7950" w:rsidRPr="001B1C6B" w:rsidRDefault="00DC7950" w:rsidP="00DC7950">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...44 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Утвердить прилагаемые Требования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к обязательной школьной форме для организаций среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0062718E">
-[...56 lines deleted...]
-        <w:pStyle w:val="a3"/>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Департаменту дошкольного и среднего образования, информационных технологий (Жонтаева Ж.А.) в установленном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> законодательством</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> порядке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00AB0420" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00DC7950" w:rsidRDefault="00DC7950" w:rsidP="00DC7950">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0420">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00AB0420" w:rsidRDefault="00DA3507" w:rsidP="00AB0420">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...90 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00AB0420">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в течение десяти календарных дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан его направление на официальное опубликование в периодических печатных изданиях и в информационно-правовой системе «Әділет», а также                    в Республиканское государственное предприятие на праве хозяйственного введения «Республиканский центр правовой информации Министерства юстиции Республики Казахстан» для размещения в Эталонном контрольном банке нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00AB0420" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...50 lines deleted...]
-    <w:p w:rsidR="00DC7950" w:rsidRDefault="00DC7950" w:rsidP="00DC7950">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0420">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) размещение настоящее приказа на официальном интернет-ресурсе Министерства образования и науки Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0420">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0420">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контроль за исполнением настоящего приказа возложить                                     на </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вице-министра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования и науки Республики Казахстан                         </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Имангалиева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Е.Н.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...12 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F029F7">
-[...22 lines deleted...]
-    <w:p w:rsidR="00DC7950" w:rsidRDefault="00DC7950" w:rsidP="00DC7950">
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Настоящий приказ вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00DC7950" w:rsidRDefault="00DC7950" w:rsidP="00DC7950">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00DC7950" w:rsidRPr="00733092" w:rsidRDefault="00DC7950" w:rsidP="00DC7950">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
+        <w:ind w:firstLine="600"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00733092">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00DC7950" w:rsidRPr="00733092" w:rsidRDefault="00DC7950" w:rsidP="00DC7950">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            Министр</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:ind w:firstLine="600"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00733092">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   образования и науки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="600"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00733092">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00733092">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Республики  Казахстан                                                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">А. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5412">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...125 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Саринжипов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00DC7950" w:rsidRDefault="00DC7950" w:rsidP="00DC7950">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="960"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DC7950" w:rsidRDefault="00DC7950" w:rsidP="00DC7950">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="960"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -1049,2361 +727,2891 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DC7950" w:rsidRDefault="00DC7950" w:rsidP="00DC7950">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="960"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00701716" w:rsidRDefault="00701716" w:rsidP="00DC7950">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA569C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Утвержден</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приказом</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA569C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                              </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA569C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA569C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA569C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> февраля </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>16 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="600"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA569C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA569C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ебования</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к обязательной школьной форме</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>для организаций среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...295 lines deleted...]
-        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...52 lines deleted...]
-          <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DC7950" w:rsidRPr="00AF3003" w:rsidRDefault="00DC7950" w:rsidP="00DC7950">
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF3003">
+      <w:r w:rsidRPr="00BF5412">
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Жалпы ережелер</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DC7950" w:rsidRPr="00AF3003" w:rsidRDefault="00DC7950" w:rsidP="00DC7950">
-      <w:pPr>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00370597" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Настоящие Т</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ребования</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к обязательной школьной форме для организаций среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее-Требования)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разработаны                                      в соответствии с под</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пункт</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14-1 статьи 5 Закона Республики Казахстан  </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    о</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">т </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>27 июля 2007 года</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Об образовании» для </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>обеспечения обучающихся качественной школьной формой</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00DA569C" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вышеуказанные Требования направлены на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>реализацию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA569C">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">светского характера обучения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA569C">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и устранения признаков социального, имущественного                         и иных различий между </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA569C">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA569C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бучающимися организаций </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA569C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>среднего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA569C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...65 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В настоящих Требованиях используется следующее основное понятие:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организация среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - учебное заведение, реализующее общеобразовательные учебные программы начального, основного среднего </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и общего среднего образования, специализированные общеобразовательные и специальные учебные программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00DA569C" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Цель Требований - обеспечение единства подходов организаций среднего образования в применении </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обязательной школьной формы</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, формирование позитивного отношения родителей к школьной форме, повышение ответственности руководства учебных заведений и общественных советов (совет школы, попечительский совет, родительский комитет)                                     в соблюдении светского характера обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA569C">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00370597">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Требования к обязательной школьной форме размещаются </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в фойе организаций среднего образования, а для ознакомления                                            на Интернет-ресурсе организации среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Требования к обязательной школьной                                                                    форме для организаций среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00DA569C" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бязательная школьная форма организаций среднего образования </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  (далее - школьная форма) соответствует </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>светск</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ому </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>характер</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у обучения</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ф</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асон</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> цвет</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школьной формы выдерживаются в классическом </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стиле</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>единой цветовой гамме,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с допущением </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">смешения не более </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>трех</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> цветов. Цвет школьной формы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выбира</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тся</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из спокойных и не вызывающих ярких тонов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00DA569C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA569C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кольная форма вводится с учетом возрастных особенностей обучающихся. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00DA569C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA569C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кольная форма подразделяется на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>повседневную, парадную                            и спортивную.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00DA569C" w:rsidP="00DA569C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF3003">
-[...10 lines deleted...]
-    <w:p w:rsidR="00DC7950" w:rsidRPr="00AF3003" w:rsidRDefault="00DC7950" w:rsidP="00DC7950">
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Школьная</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>форма</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для мальчиков </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">включает: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00DA569C" w:rsidP="00DA569C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пиджак, жилет, брюки</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> парадную рубашку, повседневную рубашку (зимний период: трикотажный жилет, водолазку).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Брюки для мальчиков                                    свободного кроя, и по длине закрывают щиколотки ног.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00DA569C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Школьная</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>форма</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для девочек </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">включает: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00DA569C">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пиджак, жилет, юбку, брюки, классическую блузу (зимний период: трикотажный жилет, сарафан, водолазку).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Брюки для  девочек свободного кроя, и по длине закрывают щиколотки ног. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00DA569C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00370597">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Парадная форма для мальчиков состоит из повседневной формы, дополненной белой рубашкой, для девочек – белой блузкой.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00DA569C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="00DC7950" w:rsidRPr="00AF3003" w:rsidRDefault="00DC7950" w:rsidP="00DC7950">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>11. Спортивная форма для мальчиков и девочек включает: спортивный костюм (спортивные брюки, футболка), спортивную обувь (кроссовки, кеды).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00370597" w:rsidP="00DA569C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...54 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="apple-converted-space"/>
-[...154 lines deleted...]
-    <w:p w:rsidR="00DC7950" w:rsidRPr="00AF3003" w:rsidRDefault="00C80F86" w:rsidP="00DC7950">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>12. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кольная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> форма включает галстук классической формы, соответствующий основному цвету или в контрасте к цвету школьной формы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00DA569C">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="apple-converted-space"/>
-[...74 lines deleted...]
-    <w:p w:rsidR="00DC7950" w:rsidRPr="00AF3003" w:rsidRDefault="00DC7950" w:rsidP="00DC7950">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="00370597">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00370597">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Включение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">элементов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>одежды религиозной принадлежности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> различных конфессий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в школьную форму не допускается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00DA569C">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="apple-converted-space"/>
-[...194 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidR="00370597">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF3003">
-[...154 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00370597">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF3003">
-[...215 lines deleted...]
-    <w:p w:rsidR="00DC7950" w:rsidRPr="00AF3003" w:rsidRDefault="00C80F86" w:rsidP="00DC7950">
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На школьной форме размещаются отличительные знаки                        (эмблема, нашивка и др.) организаций среднего образования. Они размещаются в верхней части одежды или аксессуара (пиджак, жилетка, галстук).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00DA569C">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...45 lines deleted...]
-    <w:p w:rsidR="00DC7950" w:rsidRPr="00AF3003" w:rsidRDefault="00DC7950" w:rsidP="00DC7950">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Требования к школьной форме реализуются с учетом климатических условий, места проведения учебных занятий и температурного режима                            в учебном помещении. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00DA569C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00370597">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>16. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Требования к школьной форме исключают</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ношение одежды                               и аксессуаров с травмирующей фурнитурой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00DA569C" w:rsidP="00DA569C">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...30 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00370597">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>17.</w:t>
+      </w:r>
+      <w:r w:rsidR="00370597">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF3003">
-[...10 lines deleted...]
-    <w:p w:rsidR="00DC7950" w:rsidRPr="00AF3003" w:rsidRDefault="00C80F86" w:rsidP="00DC7950">
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При внедрении школьной формы обращается внимание на состав тканей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00DA569C" w:rsidP="00DA569C">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18. В качестве тканей школьной </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">формы используются полушерстяные                    и хлопковые ткани с улучшенными свойствами, имеющими высокую износостойкость, обладающие антибактериальными, антимикробными                               и антистатическими свойствами. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00DA569C">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Выбор ц</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>фасон</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а школьной формы и длины юбки определяется  организацией среднего образования и общественным советом, утверждается протоколом общешкольного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">родительского собрания. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00DA569C" w:rsidP="00DA569C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>20. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ведение изменений в школьную форму принимается                                     по согласованию с общественным советом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00DA569C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rStyle w:val="s0"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21. Родители и иные законные представители</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивают ношение обучающимися школьной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формы, установленной в организации среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...15 lines deleted...]
-      <w:r w:rsidR="00DC7950" w:rsidRPr="00AF3003">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A1117E" w:rsidRPr="00A1117E" w:rsidRDefault="00A1117E" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...21 lines deleted...]
-        <w:ind w:left="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:ind w:left="0"/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">3. Исполнение Требований </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к обязательной школьной                                                                       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:ind w:left="0"/>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>форме для организаций среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C65D70" w:rsidRPr="00AF3003" w:rsidRDefault="00C65D70" w:rsidP="00DC7950">
-[...6 lines deleted...]
-          <w:rStyle w:val="apple-converted-space"/>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA569C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>22. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Руководитель организаций </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>среднего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...23 lines deleted...]
-          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>образования                                                  (далее - Руководитель) и о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:rStyle w:val="apple-converted-space"/>
+        </w:rPr>
+        <w:t>бщественный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...50 lines deleted...]
-    <w:p w:rsidR="00DC7950" w:rsidRPr="00AF3003" w:rsidRDefault="00C80F86" w:rsidP="00DC7950">
+        </w:rPr>
+        <w:t xml:space="preserve"> совет (совет школы, попечительский совет, родительский комитет) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>при введении обязательной школьной формы руководствуется настоящими Требованиями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00DA569C" w:rsidP="00AB0420">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="s0"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="s0"/>
-[...17 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>23. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Родители и иные законные представители участвуют в обсуждении вопросов о школьной форме и вносят предложения по ее совершенствованию, приобретают ее через действующую торговую сеть.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00AF3003">
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA569C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бластные, городов Астаны и Алматы управления образования, районные (городские) отделы образования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рекомендуют родителям приобретение школьной формы у отечественных производителей школьной формы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00DA569C" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>25. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Руководитель обеспечивает утверждение школьной формы                              до 25  мая учебного года</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0420" w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA569C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Руководитель выносит вопрос соблюдения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
         <w:rPr>
           <w:rStyle w:val="s0"/>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00AF3003">
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">школьной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
         <w:rPr>
           <w:rStyle w:val="s0"/>
-          <w:sz w:val="28"/>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00AF3003">
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающимися</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на общественный совет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
         <w:rPr>
           <w:rStyle w:val="s0"/>
-          <w:sz w:val="28"/>
-[...83 lines deleted...]
-    <w:p w:rsidR="00DC7950" w:rsidRPr="00AF3003" w:rsidRDefault="00C80F86" w:rsidP="00DC7950">
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB0420" w:rsidRPr="00BF5412" w:rsidRDefault="00AB0420" w:rsidP="00AB0420">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA569C">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Руководитель </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ознакомл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>ивает</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> родителей или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>26. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DC7950" w:rsidRPr="00AF3003">
+        <w:t xml:space="preserve">иных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>законных представителей с настоящими Требованиями при подаче заявления о приеме (произвольной форме) об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Басшы білім алушылардың мектеп формасын сақтауы мәселесін қоғамдық кеңестің талқылауына шығарады.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00DC7950" w:rsidRPr="00AF3003" w:rsidRDefault="00DC7950" w:rsidP="00DC7950">
+        <w:t xml:space="preserve">учающегося в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>организацию среднего образования под роспись и на общешкольном родительском собрании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00835054" w:rsidRPr="00DC7950" w:rsidRDefault="00835054" w:rsidP="00AB0420">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...171 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00835054" w:rsidRPr="00DC7950" w:rsidSect="00114A17">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00EB6CFA" w:rsidRDefault="00EB6CFA" w:rsidP="00701716">
+    <w:p w:rsidR="00F816DF" w:rsidRDefault="00F816DF" w:rsidP="00701716">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00EB6CFA" w:rsidRDefault="00EB6CFA" w:rsidP="00701716">
+    <w:p w:rsidR="00F816DF" w:rsidRDefault="00F816DF" w:rsidP="00701716">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="00"/>
-[...1 lines deleted...]
-    <w:notTrueType/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00701716" w:rsidRDefault="00701716">
     <w:pPr>
       <w:pStyle w:val="a9"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00701716" w:rsidRDefault="00701716">
     <w:pPr>
       <w:pStyle w:val="a9"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00701716" w:rsidRDefault="00701716">
     <w:pPr>
       <w:pStyle w:val="a9"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00701716" w:rsidRDefault="00701716">
     <w:pPr>
       <w:pStyle w:val="a9"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00EB6CFA" w:rsidRDefault="00EB6CFA" w:rsidP="00701716">
+    <w:p w:rsidR="00F816DF" w:rsidRDefault="00F816DF" w:rsidP="00701716">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00EB6CFA" w:rsidRDefault="00EB6CFA" w:rsidP="00701716">
+    <w:p w:rsidR="00F816DF" w:rsidRDefault="00F816DF" w:rsidP="00701716">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="322637482"/>
+      <w:id w:val="-1226370115"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="004C7175" w:rsidRDefault="004C7175">
+      <w:p w:rsidR="001605A1" w:rsidRDefault="001605A1">
         <w:pPr>
           <w:pStyle w:val="a7"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00C65D70">
+        <w:r w:rsidR="00A1117E">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>3</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="004C7175" w:rsidRDefault="004C7175">
+  <w:p w:rsidR="001605A1" w:rsidRDefault="001605A1">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0F1F598A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9EA81378"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -3458,91 +3666,188 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8220" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8940" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9660" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="7D933528"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9EA81378"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3900" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4620" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5340" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6060" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7500" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8220" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8940" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="9660" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F33684"/>
     <w:rsid w:val="00114A17"/>
-    <w:rsid w:val="00247EBA"/>
+    <w:rsid w:val="001354C3"/>
+    <w:rsid w:val="001605A1"/>
+    <w:rsid w:val="00365E3A"/>
+    <w:rsid w:val="00370597"/>
     <w:rsid w:val="00415A48"/>
     <w:rsid w:val="00432B92"/>
-    <w:rsid w:val="004C7175"/>
     <w:rsid w:val="00701716"/>
     <w:rsid w:val="00835054"/>
-    <w:rsid w:val="00C65D70"/>
-    <w:rsid w:val="00C80F86"/>
+    <w:rsid w:val="00A1117E"/>
+    <w:rsid w:val="00AB0420"/>
+    <w:rsid w:val="00B7363F"/>
+    <w:rsid w:val="00D41FA7"/>
+    <w:rsid w:val="00DA3507"/>
+    <w:rsid w:val="00DA569C"/>
     <w:rsid w:val="00DC7950"/>
-    <w:rsid w:val="00EB6CFA"/>
     <w:rsid w:val="00F33684"/>
-    <w:rsid w:val="00FB45B0"/>
+    <w:rsid w:val="00F816DF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -3838,50 +4143,60 @@
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00701716"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="aa">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00701716"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="ab">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB0420"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -4151,50 +4466,60 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00701716"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="aa">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00701716"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ab">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB0420"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -4458,54 +4783,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1171</Words>
-  <Characters>6680</Characters>
+  <Words>1242</Words>
+  <Characters>7085</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>55</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>59</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7836</CharactersWithSpaces>
+  <CharactersWithSpaces>8311</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Куптлеуова Багымкул Абубакировна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>