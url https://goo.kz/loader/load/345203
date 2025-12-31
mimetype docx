--- v0 (2025-12-08)
+++ v1 (2025-12-31)
@@ -10,8628 +10,7424 @@
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00E50410" w:rsidRPr="00E50410" w:rsidRDefault="00E50410" w:rsidP="007B09BE">
-[...21 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="001723E1" w:rsidRPr="001723E1" w:rsidRDefault="001723E1" w:rsidP="001723E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001723E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001723E1" w:rsidRPr="001723E1" w:rsidRDefault="001723E1" w:rsidP="001723E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001723E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім және ғылым министрінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001723E1" w:rsidRPr="001723E1" w:rsidRDefault="001723E1" w:rsidP="001723E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001723E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="000E73A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>17 жылғы «25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001723E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="000E73A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> желтоқсандағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001723E1" w:rsidRPr="001723E1" w:rsidRDefault="0076060E" w:rsidP="001723E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...145 lines deleted...]
-    <w:p w:rsidR="00E50410" w:rsidRDefault="00E50410" w:rsidP="0010340F">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№ 650</w:t>
+      </w:r>
+      <w:r w:rsidR="001723E1" w:rsidRPr="001723E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001723E1" w:rsidRPr="001723E1" w:rsidRDefault="001723E1" w:rsidP="001723E1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5664" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...177 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="000E6630">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...7 lines deleted...]
-      <w:r w:rsidR="00952E92" w:rsidRPr="000E6630">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001723E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...5620 lines deleted...]
-    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001723E1" w:rsidRPr="00F46505" w:rsidRDefault="001723E1" w:rsidP="002A7FBD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4248" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A7FBD" w:rsidRPr="00F46505" w:rsidRDefault="001A4662" w:rsidP="00F23ABF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F46505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C357C1" w:rsidRDefault="001A4662" w:rsidP="00F23ABF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F46505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Білім және ғылым </w:t>
+      </w:r>
+      <w:r w:rsidR="00C357C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A7FBD" w:rsidRPr="00F46505" w:rsidRDefault="001A4662" w:rsidP="00F23ABF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F46505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>министрінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A7FBD" w:rsidRPr="00F46505" w:rsidRDefault="001A4662" w:rsidP="00F23ABF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F46505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2015 жылғы 13 cәуірдегі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA6357" w:rsidRPr="00F46505" w:rsidRDefault="001A4662" w:rsidP="00F23ABF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F46505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 198 бұйрығына </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A4662" w:rsidRPr="002A7FBD" w:rsidRDefault="00C56B75" w:rsidP="00F23ABF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="cyan"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6-</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4662" w:rsidRPr="00F46505">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A4662" w:rsidRPr="002A7FBD" w:rsidRDefault="001A4662" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="cyan"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="00AA7A7C" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00AA7A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA7A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдетілген тамақтандыруды ұсыну</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA7A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA7A7C">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекетті</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4662" w:rsidRPr="00AA7A7C">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к көрсетілетін қызмет стандарты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="002A7FBD" w:rsidRDefault="002A7FBD" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A7FBD" w:rsidRPr="002A7FBD" w:rsidRDefault="002A7FBD" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3ADA" w:rsidRPr="002A7FBD" w:rsidRDefault="002A7FBD" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-тарау. </w:t>
+      </w:r>
+      <w:r w:rsidR="009B3ADA" w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A7FBD" w:rsidRPr="002A7FBD" w:rsidRDefault="002A7FBD" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3ADA" w:rsidRPr="0017616C" w:rsidRDefault="002A7FBD" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z345"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. «</w:t>
+      </w:r>
+      <w:r w:rsidR="009B3ADA" w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдетілген тамақтандыруды ұсыну</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4FD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="009B3ADA" w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік көрсетілетін қызметі (бұдан әрі – </w:t>
+      </w:r>
+      <w:r w:rsidR="009B3ADA" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік көрсетілетін қызмет).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3ADA" w:rsidRPr="0017616C" w:rsidRDefault="009B3ADA" w:rsidP="002D4FD4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z346"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Мемлекеттік көрсетілетін қызмет стандартын Қазақстан Республикасы Білім және ғылым министрлігі (бұдан әрі – Министрлік) әзірлеген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="000E574A" w:rsidRPr="0017616C" w:rsidRDefault="00ED4D26" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidR="00005142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="00E12867">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті</w:t>
+      </w:r>
+      <w:r w:rsidR="000E574A" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F46505" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру ұйым</w:t>
+      </w:r>
+      <w:r w:rsidR="005C0F29" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дар</w:t>
+      </w:r>
+      <w:r w:rsidR="00F46505" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы, </w:t>
+      </w:r>
+      <w:r w:rsidR="003E4E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Астана және Алматы қалаларының, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдары </w:t>
+      </w:r>
+      <w:r w:rsidR="000E574A" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(бұдан әрі – көрсеті</w:t>
+      </w:r>
+      <w:r w:rsidR="003E4E3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>летін қызметті беруші) көрсетеді</w:t>
+      </w:r>
+      <w:r w:rsidR="000E574A" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="0017616C" w:rsidRDefault="000E574A" w:rsidP="002D4FD4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініштерді қабылдау және мемлекеттік қызмет көрсетудің нәтижелерін беру:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="0017616C" w:rsidRDefault="000E574A" w:rsidP="002D4FD4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z348"/>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) көрсет</w:t>
+      </w:r>
+      <w:r w:rsidR="005C0F29" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>етін қызметті берушінің кеңсесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="00767635" w:rsidRDefault="00D55B94" w:rsidP="002D4FD4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z349"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) «</w:t>
+      </w:r>
+      <w:r w:rsidR="000E574A" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электрондық үкіметтің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00276271" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> www.e</w:t>
+      </w:r>
+      <w:r w:rsidR="000E574A" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>gov.kz веб-порталы (бұдан әрі – портал) арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D4FD4" w:rsidRPr="00767635" w:rsidRDefault="002D4FD4" w:rsidP="002D4FD4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D4FD4" w:rsidRPr="002A7FBD" w:rsidRDefault="002D4FD4" w:rsidP="002D4FD4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w:rsidR="00941512" w:rsidRDefault="00941512" w:rsidP="002D4FD4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4FD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-тарау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Мемлекеттік қызмет көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D4FD4" w:rsidRPr="002A7FBD" w:rsidRDefault="002D4FD4" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00941512" w:rsidRPr="002A7FBD" w:rsidRDefault="00941512" w:rsidP="00717BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z351"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4. Мемлекеттік қызмет көрсету мерзімдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941512" w:rsidRPr="002A7FBD" w:rsidRDefault="00941512" w:rsidP="00717BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z352"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) көрсетілетін қызметті берушіге құжаттарды тапсырған сәттен бастап, сондай-ақ портал арқылы өтініш берген кезде – </w:t>
+      </w:r>
+      <w:r w:rsidR="0025675B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5 (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бес</w:t>
+      </w:r>
+      <w:r w:rsidR="0025675B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыс күні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941512" w:rsidRPr="002A7FBD" w:rsidRDefault="00941512" w:rsidP="00717BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z353"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2) көрсетілетін қызметті берушіге құжаттарды тапсыру үшін күтудің рұқсат берілетін ең ұзақ уақыты – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941512" w:rsidRPr="002A7FBD" w:rsidRDefault="00941512" w:rsidP="00717BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z354"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) көрсетілетін қызметті алушыға қызмет көрсетудің рұқсат берілетін ең ұзақ уақыты – 30 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00941512" w:rsidRPr="002A7FBD" w:rsidRDefault="00941512" w:rsidP="00717BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z355"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5. Мемлекеттік қызмет көрсетудің нысаны – электрондық (ішінара автоматтандырылған) және (немесе) қағаз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w:rsidR="00676F96" w:rsidRPr="0017616C" w:rsidRDefault="000E574A" w:rsidP="00676F96">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік қызмет көрсету нәтижесі – осы мемлекеттік көрсетілетін қызмет стандартына 1-қосымшаға сәйкес нысан бойынша жалпы білім беретін мектепте тегін және жеңілдетілген тамақтандыруды ұсыну туралы анықтама </w:t>
+      </w:r>
+      <w:r w:rsidR="00676F96" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>не осы мемлекеттік қызмет стандартының 10-тармағында көрсетілген негіздер бойынша мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="0017616C" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсетудің нәтижесін ұсыну нысаны – электрондық және (немесе) қағаз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="002A7FBD" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алушы мемлекеттік көрсетілетін қызметтің нәтижесін қағаз жеткізгіште алу үшін өтініш берген жағдайда, мемлекеттік қызмет көрсету нәтижесі электрондық форматта ресімделеді, қағазға басып шығарылады және көрсетілетін қызметті берушінің уәкілетті адамының қолы және мөрмен расталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="002A7FBD" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Порталда мемлекеттік қызмет көрсетудің нәтижесі көрсетілетін қызметті алушының «жеке кабинетіне» көрсетілетін қызметті берушінің уәкілетті адамының электрондық цифрлық қолтаңбасы (бұдан әрі – ЭЦҚ) қойылған электрондық құжат нысанында жібер</w:t>
+      </w:r>
+      <w:r w:rsidR="00427F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іледі және сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B459EF" w:rsidRPr="002A7FBD" w:rsidRDefault="00B459EF" w:rsidP="003B27EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7. Мемлекеттік қызмет жеке тұлғаларға (бұдан әрі - көрсетілетін қызметті алушы) тегін көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B459EF" w:rsidRPr="002A7FBD" w:rsidRDefault="00B459EF" w:rsidP="00717BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z358"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8. Жұмыс кестесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B459EF" w:rsidRPr="002A7FBD" w:rsidRDefault="00B459EF" w:rsidP="00717BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z359"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) көрсетілетін қызметті беруші: Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда сағат 13.00-ден 14.30-ға дейінгі аралықтағы түскі үзіліспен сағат 9.00-ден 18.30-ға дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p w:rsidR="00B459EF" w:rsidRPr="002A7FBD" w:rsidRDefault="00B459EF" w:rsidP="00717BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өтініштерді қабылдау және мемлекеттік қызмет көрсетудің нәтижелерін беру сағат 13.00-ден 14.30-ға дейінгі аралықтағы түскі үзіліспен сағат 9.00-ден 17.30-ға дейін жүзеге асырылады. Мемлекеттік қызмет кезек тәртібімен, алдын ала жазылусыз және жедел қызмет көрсетусіз </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D8742A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жүргізіледі</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1C2A" w:rsidRPr="00D8742A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B459EF" w:rsidRPr="002A7FBD" w:rsidRDefault="00B459EF" w:rsidP="00717BF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z360"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) порталда: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы Қазақстан Республикасының еңбек заңнамасына сәйкес жұмыс аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p w:rsidR="000E574A" w:rsidRPr="002A7FBD" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9. Көрсетілетін қызметті алушы жүгінген кезде мемлекеттік қызметті көрсету үшін қажетті құжаттардың тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="002A7FBD" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті берушіге:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="002A7FBD" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z362"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1) осы мемлекеттік көрсетілетін қызмет стандартына 2-қосымшаға сәйкес нысан бойынша өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="002A7FBD" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z363"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) ата-аналардың жеке басын куәландыратын құжат (жеке сәйкестендіру үшін қажет);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="002A7FBD" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z364"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) бала 2007 жылғы 13 тамызға дейін не Қазақстан Республикасынан тыс жерде туылған жағдайда баланың туу туралы куәлігінің көшірмесі (жеке сәйкестендіру үшін қажет);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="002A7FBD" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z365"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) 2008 жылға дейін не Қазақстан Республикасынан тыс жерде некеге тұрған немесе бұзған жағдайда некеге тұру немесе бұзу туралы куәліктің көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="002A7FBD" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z366"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidR="0093162C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мәртебесін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дәлелдейтін құжаттың көшірмесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="0017616C" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік атаулы әлеуметтік көмекті алуға құқығы бар отбасылардан шыққан балалар</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB540E" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - мемлекеттік атаулы әлеуметтік көмекті алуға құқығы бар отбасылардан шыққан көрсетілетін қызметті алушылар санаты үшін көрсетілетін қызметті алушының (отбасының) жергілікті атқарушы органдар ұсынатын мемлекеттік атаулы әлеуметтік көмекті тұтынушылар қатарына жататынын растайтын анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="0017616C" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z367"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жан басына шаққанда орташа табысы күн көріс деңгейінен төмен, мемлекеттік атаулы әлеуметтік көмек алмайтын отбасылардан шыққан балалар</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB540E" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - алған табысы туралы құжаттар (жұмыс істейтін ата-аналардың немесе оларды алмастыратын адамдардың жалақылары туралы, кәсіпкерліктен және басқа да қызмет түрлерлерінен түсетін табыстары туралы, балаларға және басқа да асырандыларға төленетін алимент түріндегі табыстары туралы анықтама);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="0017616C" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z368"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>отбасында тәрбиеленетін жетім балалар</w:t>
+      </w:r>
+      <w:r w:rsidR="00811AED" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ата-анасының қамқорлығынсыз қалған балалар</w:t>
+      </w:r>
+      <w:r w:rsidR="00811AED" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6089" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қамқоршылық</w:t>
+      </w:r>
+      <w:r w:rsidR="00811AED" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қорғаншылық</w:t>
+      </w:r>
+      <w:r w:rsidR="00811AED" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) бекіту туралы уәкілетті органның шешімі, жетім баланың (балалардың) немесе ата-анасының қамқорлығынсыз қалған баланың (балалардың) патронаттық тәрбиеге</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA6BC4" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, қабылдаушы отбасына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> берілгені туралы шарт;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="0017616C" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z369"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>төтенше жағдайлардың салдарынан шұғыл жәрдемді талап ететін отбасылардан шыққан балалар</w:t>
+      </w:r>
+      <w:r w:rsidR="001767F8" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00652E13" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>төтенше жағда</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1228F" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>йлардың салдарынан шұғыл жәрдем</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC5C89" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нің</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1228F" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қажеттілігін</w:t>
+      </w:r>
+      <w:r w:rsidR="00652E13" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="z12"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidR="00652E13" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дәлелдейтін құжат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="0017616C" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру ұйымының алқалы басқару органы айқындайтын білім алушылар мен тәрбиеленушілердің өзге де санаттарына жататын балал</w:t>
+      </w:r>
+      <w:r w:rsidR="001F3AB9" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00054856" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>р үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidR="003472A6" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>отбасының материалдық-тұрмыстық ахуалын зерделеу</w:t>
+      </w:r>
+      <w:r w:rsidR="00591995" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, сондай-ақ қаржылай және материалдық көмек көрсету туралы шешім қабылдау үшін басқа да қажетті құжаттардың негізінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім алушылар мен тәрбиеленушілердің өзге де санаттарына </w:t>
+      </w:r>
+      <w:r w:rsidR="00201093" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тегін және жеңілдікпен тамақтандыруды ұсыну туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00D86DD1" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру ұйымының </w:t>
+      </w:r>
+      <w:r w:rsidR="00D86DD1" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алқалық орган</w:t>
+      </w:r>
+      <w:r w:rsidR="00871289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның шешім</w:t>
+      </w:r>
+      <w:r w:rsidR="00E77A7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p w:rsidR="000E574A" w:rsidRPr="0017616C" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құжаттар салыстыру үшiн түпнұсқада ұсынылады, содан кейiн түпнұсқалар көрсетілетін қызметті алушыға қайтарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="0017616C" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Құжаттарды қабылдау кезінде көрсетілетін қызметті беруші көрсетілетін қызметті алушыға мынадай мәліметтерді көрсетіп, тиісті құжаттардың қабылданғаны туралы қолхат береді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="0017616C" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>порталда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00475677" w:rsidRPr="0017616C" w:rsidRDefault="00475677" w:rsidP="00475677">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z46"/>
+      <w:bookmarkStart w:id="23" w:name="z377"/>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) көрсетілетін қызметті алушының ЭЦҚ - сымен немесе бір рет пайдаланатын құпиясөзбен куәландырылған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, көрсетілетін қызметті алушының ұялы байланыс операторы ұсынған абоненттік номері порталдың есеп жазбасына тіркелген және қосылған жағдайда, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электрондық құжат нысанындағы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p w:rsidR="000E574A" w:rsidRPr="0017616C" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) бала 2007 жылғы 13 тамызға дейін не Қазақстан Республикасынан тыс жерде туылған жағдайда баланың туу туралы куәлігінің электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="0017616C" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z378"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) 2008 жылға дейін не Қазақстан Республикасынан тыс жерде некеге тұрған немесе бұзған жағдайда некеге тұру немесе бұзу туралы куәліктің электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p w:rsidR="009E5D21" w:rsidRPr="0017616C" w:rsidRDefault="009E5D21" w:rsidP="009E5D21">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) статусты дәлелдейтін құжаттың </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF251E" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электрондық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көшірмесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5D21" w:rsidRPr="0017616C" w:rsidRDefault="009E5D21" w:rsidP="009E5D21">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік атаулы әлеуметтік көмекті алуға құқығы бар отбасылардан шыққан балалар үшін - мемлекеттік атаулы әлеуметтік көмекті алуға құқығы бар отбасылардан шыққан көрсетілетін қызметті алушылар санаты үшін көрсетілетін қызметті алушының (отбасының) жергілікті атқарушы органдар ұсынатын мемлекеттік атаулы әлеуметтік көмекті тұтынушылар қатарына жататынын растайтын анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5D21" w:rsidRPr="0017616C" w:rsidRDefault="009E5D21" w:rsidP="009E5D21">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жан басына шаққанда орташа табысы күн көріс деңгейінен төмен, мемлекеттік атаулы әлеуметтік көмек алмайтын отбасылардан шыққан балалар үшін - алған табысы туралы құжаттар</w:t>
+      </w:r>
+      <w:r w:rsidR="00C912BF" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (жұмыс істейтін ата-аналардың немесе оларды алмастыратын адамдардың жалақылары туралы, кәсіпкерліктен және басқа да қызмет түрлерлерінен түсетін табыстары туралы, балаларға және басқа да асырандыларға төленетін алимент түріндегі табыстары туралы анықтама);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5D21" w:rsidRPr="0017616C" w:rsidRDefault="009E5D21" w:rsidP="009E5D21">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отбасында тәрбиеленетін жетім балалар, ата-анасының қамқорлығынсыз қалған балалар үшін </w:t>
+      </w:r>
+      <w:r w:rsidR="00544303" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қамқоршылықты (қорғаншылықты) бекіту туралы уәкілетті органның шешімі, жетім баланың (балалардың) немесе ата-анасының қамқорлығынсыз қалған баланың (балалардың) патронаттық тәрбиеге берілгені туралы шарт</w:t>
+      </w:r>
+      <w:r w:rsidR="00C912BF" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тың электрондық көшірмесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5D21" w:rsidRPr="0017616C" w:rsidRDefault="009E5D21" w:rsidP="009E5D21">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>төтенше жағдайлардың салдарынан шұғыл жәрдемді талап ететін отбасылардан шыққан балалар үшін – төтенше жағдайлардың салдарынан шұғыл жәрдемнің қажеттілігін дәлелдейтін құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5D21" w:rsidRPr="0017616C" w:rsidRDefault="009E5D21" w:rsidP="009E5D21">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім беру ұйымының алқалы басқару органы айқындайтын білім алушылар мен тәрбиеленушілердің өзге де санаттарына жататын балалар үшін - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отбасының материалдық-тұрмыстық ахуалын зерделеу, сондай-ақ қаржылай және материалдық көмек көрсету туралы шешім қабылдау үшін басқа да қажетті құжаттардың негізінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім алушылар мен тәрбиеленушілердің өзге де санаттарына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тегін және жеңілдікпен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>тамақтандыруды ұсыну туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру ұйымының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алқалық орган</w:t>
+      </w:r>
+      <w:r w:rsidR="00E77A7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешім</w:t>
+      </w:r>
+      <w:r w:rsidR="00E77A7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="0017616C" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті алушының жеке басын куәландыратын, баланың туылғанын (бала 2007 жылғы 13 тамызға кейін туған жағдайда), некеге тұру немесе бұзу (неке 2008 жылдан кейін жасалған немесе бұзылған жағдайда), жұмыссыз ретінде тіркелу туралы, көрсетілетін қызметті алушының (отбасының) мемлекеттік атаулы әлеуметтік көмек алушылар қатарына жататындығы туралы, көрсетілетін қызметті беруші тиісті мемлекеттік ақпараттық жүйелерден «электронды үкімет» шлюзі арқылы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="0017616C" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Портал арқылы жүгінген кезде көрсетілетін қызметті алушының «жеке кабинетіне» мемлекеттік көрсетілетін қызмет нәтижесін алу күнін және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уақытын көрсете отырып, мемлекеттік қызметті көрсетуге сұраудың қабылданған</w:t>
+      </w:r>
+      <w:r w:rsidR="000429FA" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы туралы хабарлама жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA70AD" w:rsidRPr="0017616C" w:rsidRDefault="00AA70AD" w:rsidP="00AA70AD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Көрсетілетін қызметті алушы осы мемлекеттік көрсетілетін қызмет стандартының 9-тармағына сәйкес құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайларда, көрсетілетін қызметті беруші өтінішті қабылдаудан бас тартады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="0017616C" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="004E72DB" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Мемлекеттік қызметті көрсетуден бас тартуға негіздемелер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="0017616C" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="0017616C" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік білім беру мекемелерінің мемлекеттік атаулы әлеуметтік көмек алуға құқығы бар отбасылардан, сондай-ақ мемлекеттік атаулы әлеуметтік көмек алмайтын, жан басына шаққандағы табысы ең төменгі күнкөріс деңгейінің шамасынан төмен отбасылардан шыққан білім алушылары мен тәрбиеленушілеріне және жетім балаларға, ата-анасының қамқорлығынсыз қалып, отбасыларда тұратын балаларға, төтенше жағдайлардың салдарынан шұғыл жәрдемді талап ететін отбасылардан шыққан балаларға және өзге де санаттағы білім алушылар мен тәрбиеленушілерге қаржылай және материалдық көмек көрсетуге бөлінетін қаражатты қалыптастыру, жұмсау бағыты мен оларды есепке алу қағидаларын бекіту туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="00405288" w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасының Үкіметінің        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2008 жылғы 25 қаңтардағы № 64 Қаулысында белгіленген талаптарға сәйкес келмеуі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017616C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) көрсетілетін қызметті алушыға қатысты соттың заңды күшіне енген үкімінің болуы, оның негізінде көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алумен байланысты арнаулы құқығынан айырылуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005605BA" w:rsidRDefault="005605BA" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005605BA" w:rsidRPr="002A7FBD" w:rsidRDefault="005605BA" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C930F4" w:rsidRDefault="0025327F" w:rsidP="005605BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z381"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="005605BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-тарау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Мемлекеттік қызмет көрсету мәселелері бойынша облыстардың,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C930F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>республикалық маңызы бар қалалардың, астананың, аудандардың,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C930F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>облыстық маңызы бар қалалардың жергілікті атқарушы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C930F4" w:rsidRDefault="0025327F" w:rsidP="005605BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>органдарының, сондай-ақ көрсетілетін қызметті берушілердің және</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C930F4" w:rsidRDefault="0025327F" w:rsidP="005605BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(немесе) олардың лауазымды адамдарының шешімдеріне, әрекетіне</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0025327F" w:rsidRDefault="0025327F" w:rsidP="005605BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005605BA" w:rsidRPr="002A7FBD" w:rsidRDefault="005605BA" w:rsidP="005605BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p w:rsidR="000E574A" w:rsidRPr="002A7FBD" w:rsidRDefault="00BD5222" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="000E574A" w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану: шағым көрсетілетін қызметті берушінің басшысының атына не осы мемлекеттік көрсетілетін қызмет стандартының 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="000E574A" w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-тармағында көрсетілген мекенжай бойынша облыстардың, республикалық маңызы бар қаланың, астананың тиісті жергілікті атқарушы органы (бұдан әрі – әкімдік) басшысының атына беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="002A7FBD" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шағымдар жазбаша нысанда пошта немесе көрсетілетін қызметті берушінің немесе әкімдіктің кеңсесі арқылы қолма-қол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="002A7FBD" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жеке тұлғаның шағымында оның тегі, аты, әкесінің аты (бар болған жағдайда), пошталық мекенжайы, байланыс телефоны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="002A7FBD" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шағымды қабылдаған адамның тегі, аты, әкесінің аты берілген шағымға жауап алу мерзімі және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орны көрсетіліп, көрсетілетін қызметті берушінің немесе әкімдіктің кеңсесінде (мөртабан, кіріс нөмірі мен күні) тіркелуі шағымның қабылдануын растау болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="00965707" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00965707">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Портал арқылы жүгінген кезде шағымдану тәртібі туралы ақпаратты Бірыңғай байланыс орталығының 1414, 8 800 080 7777 телефоны бойынша алуға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="002A7FBD" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00965707">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шағымды портал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы «жеке кабинетінен» жолдаған кезде көрсетілетін қызметті алушыға көрсетілетін қызметті берушінің шағымды өндеуі барысында жаңартылып тұратын ақпарат қолжетімді болады (жеткізілгені, тіркелгені, орындалуы, қарастырылғаны немесе қарастырудан бас тартқандығы туралы белгі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="002A7FBD" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті берушінің, әкімдіктің мекенжайына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап бес жұмыс күні ішінде қарастыруға жатады. Шағымды қарастыру нәтижелері туралы дәлелді жауап көрсетілетін қызметті алушыға пошта арқылы жіберіледі не көрсетілетін қызметті берушінің, әкімдіктің кеңсесінде қолма-қол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="002A7FBD" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілген мемлекеттік қызмет нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға шағыммен жүгіне алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="002A7FBD" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қарастыруға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E574A" w:rsidRPr="00965707" w:rsidRDefault="000E574A" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00965707">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Сон</w:t>
+      </w:r>
+      <w:r w:rsidR="00276C47" w:rsidRPr="00965707">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дай-ақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00965707">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының әрекетіне (әрекетсіздігіне) шағымдану тәртібі туралы ақпаратты Бірыңғай байланыс орталығының 1414, 8 800 080 7777 телефоны бойынша алуға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00673247" w:rsidRDefault="003D406F" w:rsidP="00B72DBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00965707">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidR="00673247" w:rsidRPr="00965707">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Көрсетілген мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidR="00673247" w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B72DBB" w:rsidRDefault="00B72DBB" w:rsidP="00B72DBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B72DBB" w:rsidRPr="002A7FBD" w:rsidRDefault="00B72DBB" w:rsidP="00B72DBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00673247" w:rsidRDefault="00673247" w:rsidP="00B72DBB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z384"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00B72DBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-тарау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Мемлекеттік қызмет көрсетудің ерекшеліктері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ескерілген өзге де талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B72DBB" w:rsidRPr="002A7FBD" w:rsidRDefault="00B72DBB" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63513" w:rsidRPr="00D63513" w:rsidRDefault="00673247" w:rsidP="00D63513">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z385"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="003D406F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D63513" w:rsidRPr="00D63513">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63513" w:rsidRPr="00D63513" w:rsidRDefault="00D63513" w:rsidP="00D63513">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63513">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D63513">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Министрліктің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D63513">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D63513">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D63513">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D63513">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D63513">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D63513">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D63513">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D63513">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D63513">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интернет-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D63513">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ресурсында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D63513">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63513" w:rsidRDefault="00D63513" w:rsidP="00D63513">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63513">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D63513">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D63513">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D63513">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>egov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D63513">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D63513">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D63513">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D63513">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>порталында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D63513">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D63513">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орналасқан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D63513">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p w:rsidR="000E574A" w:rsidRPr="002A7FBD" w:rsidRDefault="00D63513" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="003D406F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="000E574A" w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Көрсетілетін қызметті алушы мемлекеттік қызмет көрсетудің тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде, порталдағы «жеке кабинеті», сондай-ақ, Бірыңғай байланыс орталығының 1414, 8 800 080 7777 телефо</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC76BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ны арқылы алу мүмкіндігіне ие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="002A7FBD" w:rsidRDefault="00CD2047" w:rsidP="00475493">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00475493">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Көрсетілетін қызметті берушінің Мемлекеттік қызмет көрсету мәселелері бойынша анықтама қызметтерінің байланыс телефондары Министрліктің www.edu.gov.kz, көрсетілетін қызмет берушінің www.bala-kkk.kz интернет-ресурстарында орналастырылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009075BB" w:rsidRPr="002A7FBD" w:rsidRDefault="009075BB" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00160E79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00160E79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00160E79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00160E79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00160E79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00160E79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00160E79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00160E79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00160E79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00160E79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00160E79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00160E79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00160E79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00160E79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00160E79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00160E79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00160E79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00160E79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00160E79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00160E79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00160E79" w:rsidRDefault="00160E79" w:rsidP="00160E79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Приложение 1</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2047" w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы білім беретін мектептердегі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00160E79" w:rsidRDefault="00CD2047" w:rsidP="00160E79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім алушылар мен тәрбиеленушілердің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00160E79" w:rsidRDefault="00CD2047" w:rsidP="00160E79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жекелеген санаттарына тегін және жеңілдетілген</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00160E79" w:rsidRDefault="00CD2047" w:rsidP="00160E79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тамақтандыруды ұсыну</w:t>
+      </w:r>
+      <w:r w:rsidR="00160E79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік көрсетілетін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00160E79" w:rsidRDefault="00CD2047" w:rsidP="00160E79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қызмет стандартына </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="002A7FBD" w:rsidRDefault="00CD2047" w:rsidP="00160E79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRDefault="00160E79" w:rsidP="00160E79">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2047" w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00160E79" w:rsidRPr="002A7FBD" w:rsidRDefault="00160E79" w:rsidP="002A7FBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="0032546B" w:rsidRDefault="00CD2047" w:rsidP="009F050A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z389"/>
+      <w:r w:rsidRPr="0032546B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы білім беретін мектептерде жекелеген санаттарына тегін және жеңілдетілген тамақтандыруды ұсыну туралы анықтама</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00446DBC" w:rsidRPr="0032546B" w:rsidRDefault="00446DBC" w:rsidP="009F050A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="002A7FBD" w:rsidRDefault="00CD2047" w:rsidP="009F050A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осы анықтама ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="002A7FBD" w:rsidRDefault="00CD2047" w:rsidP="009F050A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Т.А.Ә. (бар болғанда))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRDefault="00CD2047" w:rsidP="009F050A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20__ - 20__ оқу жылында тегін және жеңілдетілген тамақтандырумен қамтамасыз етілетін білім алушылар мен тәрбиеленушілердің тізіміне енгізілгендігі үшін берілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A3705B" w:rsidRPr="00446DBC" w:rsidRDefault="00A3705B" w:rsidP="009F050A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="00446DBC" w:rsidRDefault="00CD2047" w:rsidP="009F050A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Астана және Алматы қалаларының,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="00446DBC" w:rsidRDefault="00CD2047" w:rsidP="009F050A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>облыстық маңызына ие аудандық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="00446DBC" w:rsidRDefault="00CD2047" w:rsidP="009F050A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және қалалық жергілікті атқарушы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="00446DBC" w:rsidRDefault="00CD2047" w:rsidP="009F050A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>органдар басшысының қолы, күні</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="00446DBC" w:rsidRDefault="00CD2047" w:rsidP="009F050A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRDefault="00CD2047" w:rsidP="009F050A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мөрдің орны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00446DBC" w:rsidRDefault="00446DBC" w:rsidP="009F050A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00446DBC" w:rsidRPr="00446DBC" w:rsidRDefault="00446DBC" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032546B" w:rsidRDefault="0032546B" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00446DBC" w:rsidRDefault="00446DBC" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2047" w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы білім беретін мектептердегі</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2047" w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00AF0D9C">
-[...12 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00CD2047" w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім алушылар мен тәрбиеленушілердің</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2047" w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="003D1A33">
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00CD2047" w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жекелеген санаттарына тегін және жеңілдетілген</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2047" w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00CD2047" w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тамақтандыруды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұсыну» </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2047" w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2047" w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00CD2047" w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызмет стандартына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="00446DBC" w:rsidRDefault="00CD2047" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="00446DBC" w:rsidRDefault="00CD2047" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="00446DBC" w:rsidRDefault="00CD2047" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Астана</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Алматы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қалаларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="00446DBC" w:rsidRDefault="00CD2047" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аудандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="00446DBC" w:rsidRDefault="00CD2047" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>атқарушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="00446DBC" w:rsidRDefault="00CD2047" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>органның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басшысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="002A7FBD" w:rsidRDefault="00CD2047" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="002A7FBD" w:rsidRDefault="00CD2047" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>органының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="002A7FBD" w:rsidRDefault="00CD2047" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(_________ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, _______ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ауданы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A7FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="00446DBC" w:rsidRDefault="00CD2047" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="00446DBC" w:rsidRDefault="00CD2047" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басшының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т.А.Ә. (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>болғанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="00446DBC" w:rsidRDefault="00CD2047" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="00446DBC" w:rsidRDefault="00CD2047" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өтініш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т.А.Ә. (бар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="00446DBC" w:rsidRDefault="00CD2047" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>болғанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкестендіру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="00446DBC" w:rsidRDefault="00CD2047" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нөмері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="00446DBC" w:rsidRDefault="00CD2047" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тұратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="00446DBC" w:rsidRDefault="00CD2047" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="00446DBC" w:rsidRDefault="00CD2047" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>елді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ғылықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRDefault="00CD2047" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, телефоны)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00B67BC3" w:rsidRPr="00446DBC" w:rsidRDefault="00B67BC3" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="0032546B" w:rsidRDefault="00CD2047" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z391"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0032546B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00B67BC3" w:rsidRPr="00B67BC3" w:rsidRDefault="00B67BC3" w:rsidP="00446DBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="00B67BC3" w:rsidRDefault="00CD2047" w:rsidP="00B67BC3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Менің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кәмелет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жасқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>толмаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E369C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Т.А.Ә. (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>болғанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>туған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкестенді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өмері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E369C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>литерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқитын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>баламды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жылын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тегін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тамақтандырумен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>етілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиеленушілердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тізіміне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қосуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сұраймын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B67BC3" w:rsidRPr="00B67BC3" w:rsidRDefault="00B67BC3" w:rsidP="00B67BC3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00186096" w:rsidRDefault="00B67BC3" w:rsidP="00186096">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF0D9C">
-[...64 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00CD2047" w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-    </w:p>
-[...1101 lines deleted...]
-        <w:t>от гражданина (</w:t>
+      <w:r w:rsidR="00CD2047" w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________20__ </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00AF0D9C">
-[...6 lines deleted...]
-        <w:t>ки</w:t>
+      <w:r w:rsidR="00CD2047" w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00AF0D9C">
-[...544 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId20"/>
+      <w:r w:rsidR="00CD2047" w:rsidRPr="00B67BC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00186096">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>азаматтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00186096">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00186096">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>азаматшаның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00186096">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00186096">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CD2047" w:rsidRPr="002A7FBD" w:rsidRDefault="00CD2047" w:rsidP="00186096">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00CD2047" w:rsidRPr="002A7FBD" w:rsidSect="00BF693A">
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="even" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00882B53" w:rsidRDefault="00882B53" w:rsidP="00F16D31">
+    <w:p w:rsidR="00053A33" w:rsidRDefault="00053A33" w:rsidP="00BF693A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00882B53" w:rsidRDefault="00882B53" w:rsidP="00F16D31">
+    <w:p w:rsidR="00053A33" w:rsidRDefault="00053A33" w:rsidP="00BF693A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Consolas">
-[...12 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00186725" w:rsidRDefault="00186725">
+  <w:p w:rsidR="00BF693A" w:rsidRDefault="00BF693A">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00186725" w:rsidRDefault="00186725">
+  <w:p w:rsidR="00BF693A" w:rsidRDefault="00BF693A">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00186725" w:rsidRDefault="00186725">
+  <w:p w:rsidR="00BF693A" w:rsidRDefault="00BF693A">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
-[...5 lines deleted...]
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00882B53" w:rsidRDefault="00882B53" w:rsidP="00F16D31">
+    <w:p w:rsidR="00053A33" w:rsidRDefault="00053A33" w:rsidP="00BF693A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00882B53" w:rsidRDefault="00882B53" w:rsidP="00F16D31">
+    <w:p w:rsidR="00053A33" w:rsidRDefault="00053A33" w:rsidP="00BF693A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00186725" w:rsidRDefault="00186725">
+  <w:p w:rsidR="00BF693A" w:rsidRDefault="00BF693A">
     <w:pPr>
-      <w:pStyle w:val="a3"/>
+      <w:pStyle w:val="a4"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="1977717076"/>
+      <w:id w:val="-1299148421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr>
-[...5 lines deleted...]
-    </w:sdtEndPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00186725" w:rsidRPr="00E56937" w:rsidRDefault="00186725">
+      <w:p w:rsidR="00BF693A" w:rsidRDefault="00BF693A">
         <w:pPr>
-          <w:pStyle w:val="a3"/>
+          <w:pStyle w:val="a4"/>
           <w:jc w:val="center"/>
-          <w:rPr>
-[...3 lines deleted...]
-          </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="00E56937">
+        <w:r w:rsidRPr="00C342E4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00E56937">
+        <w:r w:rsidRPr="00C342E4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00E56937">
+        <w:r w:rsidRPr="00C342E4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00296D2D">
+        <w:r w:rsidR="0066338F" w:rsidRPr="0066338F">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidRPr="00E56937">
+        <w:r w:rsidRPr="00C342E4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00186725" w:rsidRDefault="00186725">
+  <w:p w:rsidR="00BF693A" w:rsidRDefault="00BF693A">
     <w:pPr>
-      <w:pStyle w:val="a3"/>
+      <w:pStyle w:val="a4"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00E56937" w:rsidRDefault="00E56937">
+  <w:p w:rsidR="00C342E4" w:rsidRDefault="00C342E4">
     <w:pPr>
-      <w:pStyle w:val="a3"/>
+      <w:pStyle w:val="a4"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00186725" w:rsidRDefault="00186725">
+  <w:p w:rsidR="00BF693A" w:rsidRDefault="00BF693A">
     <w:pPr>
-      <w:pStyle w:val="a3"/>
+      <w:pStyle w:val="a4"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="0049152E"/>
+    <w:nsid w:val="68AF3F94"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6164C7CC"/>
-[...88 lines deleted...]
-    <w:tmpl w:val="8940D748"/>
+    <w:tmpl w:val="0DBAD7E0"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8673,5721 +7469,225 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-[...1242 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
-    <w:lvlOverride w:ilvl="0">
-[...97 lines deleted...]
-    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="116"/>
+  <w:zoom w:percent="124"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E63844"/>
-[...4299 lines deleted...]
-    <w:rsid w:val="00FF7678"/>
+    <w:rsidRoot w:val="007747D2"/>
+    <w:rsid w:val="00005142"/>
+    <w:rsid w:val="0001264C"/>
+    <w:rsid w:val="000429FA"/>
+    <w:rsid w:val="00053A33"/>
+    <w:rsid w:val="00054856"/>
+    <w:rsid w:val="000E574A"/>
+    <w:rsid w:val="000E73A0"/>
+    <w:rsid w:val="00160E79"/>
+    <w:rsid w:val="001723E1"/>
+    <w:rsid w:val="0017616C"/>
+    <w:rsid w:val="001767F8"/>
+    <w:rsid w:val="00186096"/>
+    <w:rsid w:val="001A4662"/>
+    <w:rsid w:val="001E6FEF"/>
+    <w:rsid w:val="001F3AB9"/>
+    <w:rsid w:val="00201093"/>
+    <w:rsid w:val="0020758A"/>
+    <w:rsid w:val="0025327F"/>
+    <w:rsid w:val="0025675B"/>
+    <w:rsid w:val="00276271"/>
+    <w:rsid w:val="00276C47"/>
+    <w:rsid w:val="002A7FBD"/>
+    <w:rsid w:val="002C66F0"/>
+    <w:rsid w:val="002D4FD4"/>
+    <w:rsid w:val="0030678B"/>
+    <w:rsid w:val="0032546B"/>
+    <w:rsid w:val="003472A6"/>
+    <w:rsid w:val="003A5954"/>
+    <w:rsid w:val="003B27EE"/>
+    <w:rsid w:val="003C0E58"/>
+    <w:rsid w:val="003D406F"/>
+    <w:rsid w:val="003E4E3F"/>
+    <w:rsid w:val="00405288"/>
+    <w:rsid w:val="004079AA"/>
+    <w:rsid w:val="00421AB4"/>
+    <w:rsid w:val="00427F1A"/>
+    <w:rsid w:val="00442E68"/>
+    <w:rsid w:val="00446DBC"/>
+    <w:rsid w:val="00447E21"/>
+    <w:rsid w:val="00475493"/>
+    <w:rsid w:val="00475677"/>
+    <w:rsid w:val="004A1739"/>
+    <w:rsid w:val="004A4F4E"/>
+    <w:rsid w:val="004C04E9"/>
+    <w:rsid w:val="004C0982"/>
+    <w:rsid w:val="004C123B"/>
+    <w:rsid w:val="004D1C2A"/>
+    <w:rsid w:val="004E0425"/>
+    <w:rsid w:val="004E72DB"/>
+    <w:rsid w:val="00544303"/>
+    <w:rsid w:val="005605BA"/>
+    <w:rsid w:val="00573746"/>
+    <w:rsid w:val="00591995"/>
+    <w:rsid w:val="005A455B"/>
+    <w:rsid w:val="005C0F29"/>
+    <w:rsid w:val="00604016"/>
+    <w:rsid w:val="00652E13"/>
+    <w:rsid w:val="0066338F"/>
+    <w:rsid w:val="00673247"/>
+    <w:rsid w:val="00676F96"/>
+    <w:rsid w:val="00680491"/>
+    <w:rsid w:val="006D65DE"/>
+    <w:rsid w:val="00700F34"/>
+    <w:rsid w:val="00717BF2"/>
+    <w:rsid w:val="007534BF"/>
+    <w:rsid w:val="0076060E"/>
+    <w:rsid w:val="00767635"/>
+    <w:rsid w:val="00774750"/>
+    <w:rsid w:val="007747D2"/>
+    <w:rsid w:val="00810537"/>
+    <w:rsid w:val="00811AED"/>
+    <w:rsid w:val="0083354B"/>
+    <w:rsid w:val="0084216C"/>
+    <w:rsid w:val="00871289"/>
+    <w:rsid w:val="00877BBD"/>
+    <w:rsid w:val="008E2D4B"/>
+    <w:rsid w:val="00901C30"/>
+    <w:rsid w:val="009075BB"/>
+    <w:rsid w:val="009229CE"/>
+    <w:rsid w:val="009273E9"/>
+    <w:rsid w:val="0093162C"/>
+    <w:rsid w:val="00941512"/>
+    <w:rsid w:val="00950171"/>
+    <w:rsid w:val="00954A8A"/>
+    <w:rsid w:val="00961912"/>
+    <w:rsid w:val="00965707"/>
+    <w:rsid w:val="00971A88"/>
+    <w:rsid w:val="009909E4"/>
+    <w:rsid w:val="009926F7"/>
+    <w:rsid w:val="009B3ADA"/>
+    <w:rsid w:val="009E5D21"/>
+    <w:rsid w:val="009F050A"/>
+    <w:rsid w:val="009F7EA0"/>
+    <w:rsid w:val="00A3705B"/>
+    <w:rsid w:val="00A71681"/>
+    <w:rsid w:val="00AA65F2"/>
+    <w:rsid w:val="00AA70AD"/>
+    <w:rsid w:val="00AA7A7C"/>
+    <w:rsid w:val="00AF662E"/>
+    <w:rsid w:val="00B3631E"/>
+    <w:rsid w:val="00B459EF"/>
+    <w:rsid w:val="00B62BD2"/>
+    <w:rsid w:val="00B67BC3"/>
+    <w:rsid w:val="00B72DBB"/>
+    <w:rsid w:val="00BA6BC4"/>
+    <w:rsid w:val="00BD5222"/>
+    <w:rsid w:val="00BF693A"/>
+    <w:rsid w:val="00C106D5"/>
+    <w:rsid w:val="00C342E4"/>
+    <w:rsid w:val="00C357C1"/>
+    <w:rsid w:val="00C56B75"/>
+    <w:rsid w:val="00C912BF"/>
+    <w:rsid w:val="00C930F4"/>
+    <w:rsid w:val="00CC4998"/>
+    <w:rsid w:val="00CC5C89"/>
+    <w:rsid w:val="00CD2047"/>
+    <w:rsid w:val="00CE6089"/>
+    <w:rsid w:val="00D10388"/>
+    <w:rsid w:val="00D1228F"/>
+    <w:rsid w:val="00D20798"/>
+    <w:rsid w:val="00D46DDA"/>
+    <w:rsid w:val="00D55B94"/>
+    <w:rsid w:val="00D63513"/>
+    <w:rsid w:val="00D86DD1"/>
+    <w:rsid w:val="00D8742A"/>
+    <w:rsid w:val="00D95F18"/>
+    <w:rsid w:val="00DB540E"/>
+    <w:rsid w:val="00DD431C"/>
+    <w:rsid w:val="00DD4F95"/>
+    <w:rsid w:val="00DE4934"/>
+    <w:rsid w:val="00DF04E2"/>
+    <w:rsid w:val="00E11FC6"/>
+    <w:rsid w:val="00E12867"/>
+    <w:rsid w:val="00E313A4"/>
+    <w:rsid w:val="00E369C9"/>
+    <w:rsid w:val="00E64276"/>
+    <w:rsid w:val="00E77A7A"/>
+    <w:rsid w:val="00ED4D26"/>
+    <w:rsid w:val="00EF251E"/>
+    <w:rsid w:val="00F23ABF"/>
+    <w:rsid w:val="00F46505"/>
+    <w:rsid w:val="00F67372"/>
+    <w:rsid w:val="00FA1603"/>
+    <w:rsid w:val="00FA6357"/>
+    <w:rsid w:val="00FB169A"/>
+    <w:rsid w:val="00FC76BD"/>
+    <w:rsid w:val="00FD00C3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -14530,410 +7830,193 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-[...13 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="000E574A"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...51 lines deleted...]
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...134 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
-    <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0048295C"/>
+    <w:rsid w:val="000E574A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
-      <w:sz w:val="32"/>
-      <w:szCs w:val="32"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ac">
-    <w:name w:val="FollowedHyperlink"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="002A7FBD"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BF693A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00BF693A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BF693A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00BF693A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00153A42"/>
-[...77 lines deleted...]
-    <w:rsid w:val="00BC729E"/>
+    <w:rsid w:val="00C357C1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
-    <w:qFormat/>
-[...4 lines deleted...]
-    </w:pPr>
+    <w:semiHidden/>
+    <w:rsid w:val="00C357C1"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -15054,987 +8137,275 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-[...13 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="000E574A"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...51 lines deleted...]
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...134 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
-    <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0048295C"/>
+    <w:rsid w:val="000E574A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
-      <w:sz w:val="32"/>
-      <w:szCs w:val="32"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ac">
-    <w:name w:val="FollowedHyperlink"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="002A7FBD"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BF693A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00BF693A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BF693A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00BF693A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00153A42"/>
-[...77 lines deleted...]
-    <w:rsid w:val="00BC729E"/>
+    <w:rsid w:val="00C357C1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
-    <w:qFormat/>
-[...4 lines deleted...]
-    </w:pPr>
+    <w:semiHidden/>
+    <w:rsid w:val="00C357C1"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="205139064">
+    <w:div w:id="280723240">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="241185418">
+    <w:div w:id="441993598">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="265583147">
+    <w:div w:id="1117527238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="270357855">
+    <w:div w:id="1733313907">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="282617521">
-[...494 lines deleted...]
-    <w:div w:id="2025595396">
+    <w:div w:id="1989090025">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000246_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -16287,78 +8658,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{240BDDCE-2E2A-4D6C-B0E9-3CA9A0CF9D44}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8BDFB540-8484-44BD-9ADF-84497F084641}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>2400</Words>
-  <Characters>13685</Characters>
+  <Words>2510</Words>
+  <Characters>14308</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>114</Lines>
-  <Paragraphs>32</Paragraphs>
+  <Lines>119</Lines>
+  <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16053</CharactersWithSpaces>
+  <CharactersWithSpaces>16785</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Бегалина Махаббат</dc:creator>
+  <dc:creator>Исмуханова Ляззат Исламбековна</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>