--- v0 (2025-12-16)
+++ v1 (2026-03-06)
@@ -1,792 +1,626 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00E741E6" w:rsidRPr="00E741E6" w:rsidRDefault="009E2170" w:rsidP="00E741E6">
+    <w:p w:rsidR="009E2170" w:rsidRDefault="009E2170" w:rsidP="009E2170">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...28 lines deleted...]
-        <w:t xml:space="preserve">                                        № 27 ЖОМ директоры</w:t>
+        <w:t xml:space="preserve"> Утверждаю</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E741E6" w:rsidRDefault="00E741E6" w:rsidP="00E741E6">
-[...158 lines deleted...]
-    <w:p w:rsidR="009E2170" w:rsidRDefault="009E2170" w:rsidP="00E741E6">
+    <w:p w:rsidR="009E2170" w:rsidRDefault="009E2170" w:rsidP="009E2170">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Директор школы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E2170" w:rsidRDefault="009E2170" w:rsidP="009E2170">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Асылов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЖС </w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="009E2170" w:rsidRDefault="009E2170" w:rsidP="009E2170">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="00F01E20" w:rsidRPr="00F01E20" w:rsidRDefault="00F01E20" w:rsidP="009E2170">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F01E20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>План мероприятий по реализа</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00F01E20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ции программы « </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F01E20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F01E20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F01E20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жаңғыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F01E20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="009849A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F01E20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> СОШ №27 на</w:t>
+      </w:r>
+      <w:r w:rsidR="000E63A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B91C27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F01E20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2017-2018 учебн</w:t>
+      </w:r>
+      <w:r w:rsidR="000E63A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ого </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F01E20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>год</w:t>
+      </w:r>
+      <w:r w:rsidR="000E63A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="10915" w:type="dxa"/>
         <w:tblInd w:w="-1026" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="4225"/>
         <w:gridCol w:w="1593"/>
         <w:gridCol w:w="1981"/>
         <w:gridCol w:w="2549"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F01E20" w:rsidTr="009E2170">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F01E20" w:rsidRDefault="00F01E20" w:rsidP="00F01E20">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01E20" w:rsidRDefault="00C156DB" w:rsidP="00F01E20">
+          <w:p w:rsidR="00F01E20" w:rsidRDefault="00F01E20" w:rsidP="00F01E20">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C156DB">
-[...5 lines deleted...]
-              <w:t>Мазмұны</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Содержание </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01E20" w:rsidRDefault="00C156DB" w:rsidP="00F01E20">
+          <w:p w:rsidR="00F01E20" w:rsidRDefault="00F01E20" w:rsidP="00F01E20">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сроки </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1981" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01E20" w:rsidRDefault="00C156DB" w:rsidP="00F01E20">
+          <w:p w:rsidR="00F01E20" w:rsidRDefault="00F01E20" w:rsidP="00F01E20">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Классы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2549" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01E20" w:rsidRDefault="00C156DB" w:rsidP="00F01E20">
+          <w:p w:rsidR="00F01E20" w:rsidRDefault="00F01E20" w:rsidP="00F01E20">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ответственные </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F01E20" w:rsidTr="009E2170">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F01E20" w:rsidRDefault="00F01E20" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F01E20" w:rsidRDefault="00F01E20" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «</w:t>
-[...8 lines deleted...]
-            </w:r>
+              <w:t>Проведение урока знаний «Я патриот»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F01E20" w:rsidRDefault="00F01E20" w:rsidP="00F01E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>02.09</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1981" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F01E20" w:rsidRDefault="00F01E20" w:rsidP="00F01E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F01E20" w:rsidRDefault="00F01E20" w:rsidP="00F01E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="006A6C31" w:rsidRPr="006A6C31">
-[...5 lines deleted...]
-              <w:t>патриотпын</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Бергузинова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>»</w:t>
-[...53 lines deleted...]
-          </w:tcPr>
+              <w:t xml:space="preserve"> ГЖ</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00F01E20" w:rsidRDefault="00F01E20" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>02.09</w:t>
-[...79 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Классные  руководители </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B91C27" w:rsidTr="009E2170">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B91C27" w:rsidRDefault="00B91C27" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B91C27" w:rsidRPr="006A6C31" w:rsidRDefault="00B91C27" w:rsidP="00F01E20">
-            <w:pPr>
+          <w:p w:rsidR="00B91C27" w:rsidRDefault="00B91C27" w:rsidP="00F01E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Выставка « Б</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-            </w:r>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>і</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>р</w:t>
-[...8 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> ел- бір кітап</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="006A6C31">
-[...15 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B91C27" w:rsidRPr="006A6C31" w:rsidRDefault="006A6C31" w:rsidP="00F01E20">
-[...15 lines deleted...]
-              <w:t>қыркүйек</w:t>
+          <w:p w:rsidR="00B91C27" w:rsidRDefault="00B91C27" w:rsidP="00F01E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сентябрь </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1981" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B91C27" w:rsidRDefault="00B91C27" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2549" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B91C27" w:rsidRDefault="00B91C27" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -835,89 +669,52 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F01E20" w:rsidRDefault="00F01E20" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «</w:t>
-[...37 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Фестиваль языков народов Казахстана «Полиглот-это модно»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F01E20" w:rsidRDefault="00F01E20" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>22.09</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -995,106 +792,69 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B91C27" w:rsidRDefault="00B91C27" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «</w:t>
-[...54 lines deleted...]
-              <w:t>ертеңгілігін өткізу</w:t>
+              <w:t xml:space="preserve">Проведение утренника «Все мы </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>разные-все</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мы равные»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B91C27" w:rsidRDefault="00B91C27" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>22.09</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1176,143 +936,87 @@
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009E2170" w:rsidRDefault="009E2170" w:rsidP="00F01E20">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E2170" w:rsidRDefault="00124F2C" w:rsidP="00F01E20">
-[...67 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="009E2170" w:rsidRDefault="009E2170" w:rsidP="00F01E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Посещение музеев города (по графику)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E2170" w:rsidRPr="006A6C31" w:rsidRDefault="006A6C31" w:rsidP="00F01E20">
-[...15 lines deleted...]
-              <w:t>Жыл бойы</w:t>
+          <w:p w:rsidR="009E2170" w:rsidRDefault="009E2170" w:rsidP="00F01E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В течение года </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1981" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009E2170" w:rsidRDefault="009E2170" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2-10</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1404,461 +1108,229 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F01E20" w:rsidRDefault="00F01E20" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «</w:t>
-            </w:r>
+              <w:t>Проведение классных часов «Перспективы перехода на латинскую графику»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F01E20" w:rsidRDefault="00475BB1" w:rsidP="00F01E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Октябрь </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1981" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F01E20" w:rsidRDefault="00475BB1" w:rsidP="00F01E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F01E20" w:rsidRDefault="00475BB1" w:rsidP="00F01E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="004F79B1" w:rsidRPr="004F79B1">
-[...5 lines deleted...]
-              <w:t>Латын</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Искакова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="004F79B1" w:rsidRPr="004F79B1">
-[...174 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> РР</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00475BB1" w:rsidRDefault="00D55D85" w:rsidP="00F01E20">
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00475BB1" w:rsidRDefault="00475BB1" w:rsidP="00F01E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Классные руководители </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F01E20" w:rsidTr="009E2170">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F01E20" w:rsidRDefault="009E2170" w:rsidP="00F01E20">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01E20" w:rsidRPr="004F79B1" w:rsidRDefault="004F79B1" w:rsidP="00222613">
-[...132 lines deleted...]
-              <w:t>і</w:t>
+          <w:p w:rsidR="00F01E20" w:rsidRDefault="00222613" w:rsidP="00222613">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Книжная выставка</w:t>
+            </w:r>
+            <w:r w:rsidR="00B91C27">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в кабинете Первого Президента </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> « Наследие наших предков сохраним и преумножим»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01E20" w:rsidRPr="00124F2C" w:rsidRDefault="00124F2C" w:rsidP="00F01E20">
-[...15 lines deleted...]
-              <w:t>қазан</w:t>
+          <w:p w:rsidR="00F01E20" w:rsidRDefault="00222613" w:rsidP="00F01E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Октябрь </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1981" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F01E20" w:rsidRDefault="00B91C27" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1909,103 +1381,65 @@
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F01E20" w:rsidRDefault="009E2170" w:rsidP="00F01E20">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01E20" w:rsidRDefault="004F79B1" w:rsidP="00F01E20">
-[...51 lines deleted...]
-              <w:t xml:space="preserve"> күніне арналған әдебиеттер көрмесі</w:t>
+          <w:p w:rsidR="00F01E20" w:rsidRDefault="00222613" w:rsidP="00F01E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Выставка литературы ко Дню Духовного согласия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F01E20" w:rsidRDefault="00222613" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>18.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2062,236 +1496,109 @@
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F01E20" w:rsidRDefault="009E2170" w:rsidP="00F01E20">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01E20" w:rsidRPr="004F79B1" w:rsidRDefault="00222613" w:rsidP="004F79B1">
-[...130 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+          <w:p w:rsidR="00F01E20" w:rsidRDefault="00222613" w:rsidP="00F01E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Виртуальная экскурсия в Евразийский университет, посвященная 105летию со дня рожденияЛ.Н.Гумилева </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F01E20" w:rsidRDefault="00222613" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>23.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1981" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01E20" w:rsidRPr="004F79B1" w:rsidRDefault="00222613" w:rsidP="004F79B1">
-[...23 lines deleted...]
-              <w:t>сынып</w:t>
+          <w:p w:rsidR="00F01E20" w:rsidRDefault="00222613" w:rsidP="00F01E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>10-11кл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2549" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F01E20" w:rsidRDefault="00222613" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Темирбаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -2312,169 +1619,131 @@
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F01E20" w:rsidRDefault="009E2170" w:rsidP="00F01E20">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01E20" w:rsidRDefault="00222613" w:rsidP="008F13EC">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00F01E20" w:rsidRDefault="000E63A3" w:rsidP="00F01E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Беседа на уроках истории</w:t>
+            </w:r>
+            <w:r w:rsidR="00222613">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="008F13EC" w:rsidRPr="008F13EC">
+            <w:r w:rsidR="00222613">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Рухани</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="008F13EC" w:rsidRPr="008F13EC">
-[...33 lines deleted...]
-            <w:r w:rsidR="008F13EC">
+            <w:r w:rsidR="00222613">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="008F13EC" w:rsidRPr="008F13EC">
-[...5 lines deleted...]
-              <w:t>тарих</w:t>
+            <w:r w:rsidR="00222613">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жангыру</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="008F13EC" w:rsidRPr="008F13EC">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> сабағында әңгіме</w:t>
+            <w:r w:rsidR="00222613">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-взгляд в будущее»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01E20" w:rsidRDefault="00222613" w:rsidP="00124F2C">
-[...30 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00F01E20" w:rsidRDefault="00222613" w:rsidP="00F01E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Октябрь </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1981" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F01E20" w:rsidRDefault="000E63A3" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2525,101 +1794,83 @@
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F01E20" w:rsidRDefault="009E2170" w:rsidP="00F01E20">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01E20" w:rsidRPr="008F13EC" w:rsidRDefault="00222613" w:rsidP="00F01E20">
+          <w:p w:rsidR="00F01E20" w:rsidRPr="00222613" w:rsidRDefault="00222613" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «</w:t>
+              <w:t>Выставка поделок «</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ұлы дала өнері</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
-            </w:r>
-[...16 lines deleted...]
-              <w:t>көрмесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F01E20" w:rsidRPr="00222613" w:rsidRDefault="00222613" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r>
@@ -2720,148 +1971,126 @@
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B91C27" w:rsidRDefault="009E2170" w:rsidP="00F01E20">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B91C27" w:rsidRPr="00E53A4C" w:rsidRDefault="00B91C27" w:rsidP="00B91C27">
-            <w:pPr>
+          <w:p w:rsidR="00B91C27" w:rsidRDefault="00B91C27" w:rsidP="00B91C27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Выставка «</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-            <w:r w:rsidR="00E53A4C" w:rsidRPr="00E53A4C">
+              <w:t>Болашаққа бағдар рухани жаңғыру</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Болашаққа көзқарас-рухани жаңарту</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t xml:space="preserve"> .</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> .</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00E53A4C">
+              <w:t>Курс в будущее духовное обновление»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00E53A4C" w:rsidRPr="00E53A4C">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B91C27" w:rsidRDefault="00B91C27" w:rsidP="00F01E20">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Болашаққа бағыт рухани жаңару</w:t>
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>»</w:t>
-[...40 lines deleted...]
-              <w:t>Тұрақты</w:t>
+              <w:t xml:space="preserve">Постоянно </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1981" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B91C27" w:rsidRDefault="00B91C27" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2549" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B91C27" w:rsidRDefault="00B91C27" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2910,146 +2139,95 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F01E20" w:rsidRDefault="00222613" w:rsidP="00222613">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «</w:t>
-[...46 lines deleted...]
-              <w:t>дөңгелек үстелі</w:t>
+              <w:t>Круглый стол «Великие люди нашей земли»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01E20" w:rsidRPr="00124F2C" w:rsidRDefault="00124F2C" w:rsidP="00F01E20">
-[...15 lines deleted...]
-              <w:t>қараша</w:t>
+          <w:p w:rsidR="00F01E20" w:rsidRDefault="00222613" w:rsidP="00F01E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ноябрь </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1981" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F01E20" w:rsidRPr="00124F2C" w:rsidRDefault="00124F2C" w:rsidP="00F01E20">
-[...15 lines deleted...]
-              <w:t>9 сынып</w:t>
+          <w:p w:rsidR="00F01E20" w:rsidRDefault="00222613" w:rsidP="00F01E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9кл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2549" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F01E20" w:rsidRDefault="00222613" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Симбаев</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -3092,146 +2270,78 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00222613" w:rsidRDefault="00222613" w:rsidP="00222613">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> өмі</w:t>
+              <w:t xml:space="preserve">Общешкольный проект «Яркие мгновения </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="00967886" w:rsidRPr="00967886">
-[...5 lines deleted...]
-              <w:t>р</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>школьной</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00967886" w:rsidRPr="00967886">
-[...64 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жизни</w:t>
+            </w:r>
+            <w:r w:rsidR="000E63A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-8»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00222613" w:rsidRDefault="000E63A3" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>27-29.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -3287,194 +2397,122 @@
               <w:t xml:space="preserve"> ГЖ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E63A3" w:rsidTr="009E2170">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000E63A3" w:rsidRDefault="000E63A3" w:rsidP="009E2170">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="009E2170">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000E63A3" w:rsidRDefault="00967886" w:rsidP="00222613">
-[...102 lines deleted...]
-              <w:t>»</w:t>
+          <w:p w:rsidR="000E63A3" w:rsidRDefault="000E63A3" w:rsidP="00222613">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Спортивная эстафета «</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Здоровый</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> я-здоровая семья»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000E63A3" w:rsidRDefault="00124F2C" w:rsidP="00F01E20">
-[...15 lines deleted...]
-              <w:t>қараша</w:t>
+          <w:p w:rsidR="000E63A3" w:rsidRDefault="000E63A3" w:rsidP="00F01E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ноябрь </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1981" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000E63A3" w:rsidRDefault="000E63A3" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5абв</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3509,378 +2547,260 @@
               <w:t xml:space="preserve"> АТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E63A3" w:rsidTr="009E2170">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000E63A3" w:rsidRDefault="000E63A3" w:rsidP="009E2170">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="009E2170">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000E63A3" w:rsidRPr="005E2E32" w:rsidRDefault="005E2E32" w:rsidP="00222613">
-[...14 lines deleted...]
-              <w:t>«</w:t>
+          <w:p w:rsidR="000E63A3" w:rsidRDefault="000E63A3" w:rsidP="00222613">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Классные часы «Под </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>единым</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Бі</w:t>
-[...8 lines deleted...]
-              <w:t>р</w:t>
+              <w:t>шаныраком</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramEnd"/>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00EA2B65" w:rsidRPr="00EA2B65">
-[...24 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000E63A3" w:rsidRDefault="00124F2C" w:rsidP="00F01E20">
-[...14 lines deleted...]
-              <w:t>қараша</w:t>
+          <w:p w:rsidR="000E63A3" w:rsidRDefault="000E63A3" w:rsidP="00F01E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ноябрь </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1981" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000E63A3" w:rsidRDefault="000E63A3" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2549" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000E63A3" w:rsidRDefault="00D55D85" w:rsidP="00F01E20">
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="000E63A3" w:rsidRDefault="000E63A3" w:rsidP="00F01E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Классные руководители </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E63A3" w:rsidTr="009E2170">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000E63A3" w:rsidRDefault="000E63A3" w:rsidP="009E2170">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="009E2170">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000E63A3" w:rsidRDefault="005E2E32" w:rsidP="00222613">
-[...74 lines deleted...]
-              <w:t xml:space="preserve"> қызықты қарым-қатынас сағаты</w:t>
+          <w:p w:rsidR="000E63A3" w:rsidRDefault="000E63A3" w:rsidP="00222613">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Час интересных общений «Прошлое и настоящее» на уроках общественных дисциплин</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000E63A3" w:rsidRDefault="00124F2C" w:rsidP="00F01E20">
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="000E63A3" w:rsidRDefault="000E63A3" w:rsidP="00F01E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Декабрь </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1981" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000E63A3" w:rsidRDefault="000E63A3" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3931,76 +2851,65 @@
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="009E2170">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000E63A3" w:rsidRPr="006373D5" w:rsidRDefault="006373D5" w:rsidP="000E63A3">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> дөңгелек үстелі (Президенттің Қазақстан Тәуелсіздігінің құрылысына қосқан үлесі туралы)</w:t>
+          <w:p w:rsidR="000E63A3" w:rsidRDefault="000E63A3" w:rsidP="000E63A3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Назарбаев и Астана» круглый стол  (о вкладе Президента в строительство независимости Казахстана)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000E63A3" w:rsidRDefault="000E63A3" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>04.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4082,215 +2991,83 @@
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000E63A3" w:rsidRDefault="009E2170" w:rsidP="00F01E20">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000E63A3" w:rsidRDefault="006373D5" w:rsidP="000E63A3">
-[...92 lines deleted...]
-              <w:t>мейі</w:t>
+          <w:p w:rsidR="000E63A3" w:rsidRDefault="000E63A3" w:rsidP="000E63A3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Торжественный концерт «Все наши мысли и дела для Родины, добра </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>р</w:t>
+              <w:t>с</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>імділік</w:t>
-[...52 lines deleted...]
-              <w:t xml:space="preserve"> концерт</w:t>
+              <w:t xml:space="preserve"> справедливости»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000E63A3" w:rsidRDefault="000E63A3" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>15.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4355,98 +3132,87 @@
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000E63A3" w:rsidRDefault="009E2170" w:rsidP="00F01E20">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000E63A3" w:rsidRPr="006373D5" w:rsidRDefault="00B91C27" w:rsidP="006373D5">
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> фотоальбомының көрмесі</w:t>
+          <w:p w:rsidR="000E63A3" w:rsidRDefault="00B91C27" w:rsidP="00222613">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Презентация фотоальбома «Павлодар»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000E63A3" w:rsidRPr="00124F2C" w:rsidRDefault="00124F2C" w:rsidP="00F01E20">
-[...15 lines deleted...]
-              <w:t>қаңтар</w:t>
+          <w:p w:rsidR="000E63A3" w:rsidRDefault="00B91C27" w:rsidP="00F01E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Январь </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1981" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000E63A3" w:rsidRDefault="00B91C27" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4абв</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4508,110 +3274,76 @@
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B91C27" w:rsidRDefault="009E2170" w:rsidP="00F01E20">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B91C27" w:rsidRPr="00B91C27" w:rsidRDefault="006373D5" w:rsidP="006373D5">
-[...49 lines deleted...]
-            <w:r w:rsidR="00B91C27">
+          <w:p w:rsidR="00B91C27" w:rsidRPr="00B91C27" w:rsidRDefault="00B91C27" w:rsidP="00B91C27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Парад отличников «Поколение </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Next</w:t>
             </w:r>
-            <w:r w:rsidR="00B91C27">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B91C27" w:rsidRDefault="00B91C27" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
@@ -4709,146 +3441,87 @@
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B91C27" w:rsidRDefault="009E2170" w:rsidP="00F01E20">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B91C27" w:rsidRPr="006373D5" w:rsidRDefault="006373D5" w:rsidP="00B91C27">
-[...70 lines deleted...]
-              <w:t xml:space="preserve"> фотоконкурсын өткізу</w:t>
+          <w:p w:rsidR="00B91C27" w:rsidRDefault="00B91C27" w:rsidP="00B91C27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Проведение  фотоконкурса «Моя маленькая планета» в рамках общешкольного проекта «Яркие мгновения школьной жизни»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B91C27" w:rsidRPr="00124F2C" w:rsidRDefault="00124F2C" w:rsidP="00F01E20">
-[...15 lines deleted...]
-              <w:t>ақпан</w:t>
+          <w:p w:rsidR="00B91C27" w:rsidRDefault="00B91C27" w:rsidP="00F01E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Февраль </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1981" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B91C27" w:rsidRDefault="00B91C27" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2-10</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4861,181 +3534,134 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Бергузинова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> ГЖ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B91C27" w:rsidRDefault="00D55D85" w:rsidP="00F01E20">
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00B91C27" w:rsidRDefault="00B91C27" w:rsidP="00F01E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Классные руководители </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B91C27" w:rsidTr="009E2170">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B91C27" w:rsidRDefault="009E2170" w:rsidP="00F01E20">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B91C27" w:rsidRDefault="006373D5" w:rsidP="00222613">
-[...50 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00B91C27" w:rsidRDefault="00B91C27" w:rsidP="00222613">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Интеллектуальная игра «Лидер 21 века»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B91C27" w:rsidRPr="00124F2C" w:rsidRDefault="00124F2C" w:rsidP="00F01E20">
-[...15 lines deleted...]
-              <w:t>ақпан</w:t>
+          <w:p w:rsidR="00B91C27" w:rsidRDefault="00B91C27" w:rsidP="00F01E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Февраль </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1981" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B91C27" w:rsidRDefault="00B91C27" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8аб</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5078,261 +3704,205 @@
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B91C27" w:rsidRDefault="009E2170" w:rsidP="00F01E20">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E2170" w:rsidRDefault="006373D5" w:rsidP="00222613">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="009E2170" w:rsidRDefault="009E2170" w:rsidP="00222613">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Празднование </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Н</w:t>
-[...7 lines deleted...]
-              <w:t>аурыз</w:t>
+              <w:t>наурыз</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="009E2170">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="009E2170">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>мейрамы</w:t>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          </w:p>
+          <w:p w:rsidR="00B91C27" w:rsidRDefault="009E2170" w:rsidP="00222613">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>( по отдельному плану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B91C27" w:rsidRDefault="009E2170" w:rsidP="00F01E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Март </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1981" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B91C27" w:rsidRDefault="009E2170" w:rsidP="00F01E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2-10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B91C27" w:rsidRDefault="009E2170" w:rsidP="00F01E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МО </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>тойлау</w:t>
+              <w:t>каз</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.я</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>зыка</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...139 lines deleted...]
-            </w:r>
           </w:p>
           <w:p w:rsidR="009E2170" w:rsidRDefault="009E2170" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Бопышева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -5347,146 +3917,83 @@
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B91C27" w:rsidRDefault="009E2170" w:rsidP="00F01E20">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E2170" w:rsidRDefault="006373D5" w:rsidP="00222613">
-[...94 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00B91C27" w:rsidRDefault="009E2170" w:rsidP="00222613">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс знаменных групп «Равнение на флаг» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E2170">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в рамках общешкольного проекта «Яркие мгновения школьной жизни»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E2170" w:rsidRDefault="009E2170" w:rsidP="00222613">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B91C27" w:rsidRDefault="009E2170" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>20-23.04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -5520,250 +4027,124 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E2170">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Бергузинова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E2170">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> ГЖ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B91C27" w:rsidRPr="00D55D85" w:rsidRDefault="00D55D85" w:rsidP="009E2170">
-[...43 lines deleted...]
-              <w:t>ілер</w:t>
+          <w:p w:rsidR="00B91C27" w:rsidRDefault="009E2170" w:rsidP="009E2170">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2170">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E2170" w:rsidTr="009E2170">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009E2170" w:rsidRDefault="009E2170" w:rsidP="00F01E20">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E2170" w:rsidRDefault="00D55D85" w:rsidP="009E2170">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="009E2170" w:rsidRDefault="009E2170" w:rsidP="009E2170">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Урок мужества  «Вспомним всех поименно»  (о  героях-</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D55D85">
-[...5 lines deleted...]
-              <w:t>Ерлік</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>павлодарцах</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55D85">
-[...103 lines deleted...]
-            <w:r w:rsidR="009E2170">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E2170" w:rsidRDefault="009E2170" w:rsidP="009E2170">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009E2170" w:rsidRDefault="009E2170" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
@@ -5843,121 +4224,106 @@
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009E2170" w:rsidRDefault="009E2170" w:rsidP="00F01E20">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E2170" w:rsidRPr="009E2170" w:rsidRDefault="00D55D85" w:rsidP="009E2170">
+          <w:p w:rsidR="009E2170" w:rsidRDefault="009E2170" w:rsidP="009E2170">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...54 lines deleted...]
-            </w:r>
+              <w:t>Проведение общешкольной научно-практической конференции «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рухани жаңғыру </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-е</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лдіктің тірегі»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E2170" w:rsidRPr="009E2170" w:rsidRDefault="009E2170" w:rsidP="009E2170">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009E2170" w:rsidRDefault="009E2170" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 20.04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -6038,91 +4404,65 @@
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009E2170" w:rsidRDefault="009E2170" w:rsidP="00F01E20">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E2170" w:rsidRDefault="00D55D85" w:rsidP="009E2170">
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> өткізу</w:t>
+          <w:p w:rsidR="009E2170" w:rsidRDefault="009E2170" w:rsidP="009E2170">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Проведение праздника «Маевка-2018»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009E2170" w:rsidRDefault="009E2170" w:rsidP="00F01E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>02.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -6170,151 +4510,139 @@
               <w:t>Бергузинова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> ГЖ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="006679FD" w:rsidRPr="00F01E20" w:rsidRDefault="006679FD" w:rsidP="00F01E20">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="006679FD" w:rsidRPr="00F01E20" w:rsidSect="007E27BA">
+    <w:sectPr w:rsidR="006679FD" w:rsidRPr="00F01E20">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00264572"/>
     <w:rsid w:val="000E63A3"/>
-    <w:rsid w:val="00124F2C"/>
     <w:rsid w:val="00222613"/>
     <w:rsid w:val="00264572"/>
-    <w:rsid w:val="004209B0"/>
     <w:rsid w:val="00475BB1"/>
-    <w:rsid w:val="004F79B1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006373D5"/>
     <w:rsid w:val="006679FD"/>
-    <w:rsid w:val="006A6C31"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00967886"/>
     <w:rsid w:val="009849A6"/>
     <w:rsid w:val="009E2170"/>
     <w:rsid w:val="00B91C27"/>
-    <w:rsid w:val="00C156DB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D62D88"/>
     <w:rsid w:val="00DD4DA4"/>
-    <w:rsid w:val="00E53A4C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EA2B65"/>
     <w:rsid w:val="00F01E20"/>
-    <w:rsid w:val="00F0475E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -6428,104 +4756,94 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007E27BA"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F01E20"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -6696,59 +5014,59 @@
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F01E20"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6994,73 +5312,73 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2468</Characters>
+  <Pages>1</Pages>
+  <Words>433</Words>
+  <Characters>2470</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2895</CharactersWithSpaces>
+  <CharactersWithSpaces>2898</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>777</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>