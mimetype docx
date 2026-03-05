--- v0 (2025-12-14)
+++ v1 (2026-03-05)
@@ -1,4414 +1,2574 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00014033" w:rsidRDefault="00014033" w:rsidP="00014033">
+    <w:p w:rsidR="00EC1DED" w:rsidRPr="004450D2" w:rsidRDefault="00EC1DED" w:rsidP="00EC1DED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Отчет </w:t>
+      </w:r>
+      <w:r w:rsidR="004450D2" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">деятельности </w:t>
+      </w:r>
+      <w:r w:rsidR="0010343B" w:rsidRPr="004450D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">2017 жылы мемлекеттік қызметерді көрсету мәселесі бойынша </w:t>
+        <w:t xml:space="preserve">отдела </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования</w:t>
+      </w:r>
+      <w:r w:rsidR="004450D2" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC1DED" w:rsidRPr="004450D2" w:rsidRDefault="00014033" w:rsidP="00014033">
+    <w:p w:rsidR="00EC1DED" w:rsidRPr="004450D2" w:rsidRDefault="00EC1DED" w:rsidP="00EC1DED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-        <w:t>Павлодар қаласы білім беру бөлімінің қызметі туралы есебі</w:t>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по вопросам оказания государственных услуг</w:t>
       </w:r>
       <w:r w:rsidR="00DE1010" w:rsidRPr="004450D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> за 201</w:t>
+      </w:r>
+      <w:r w:rsidR="0007309B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE1010" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> год </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DE1010" w:rsidRPr="004450D2" w:rsidRDefault="00DE1010" w:rsidP="00EC1DED">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EC1DED" w:rsidRPr="00014033" w:rsidRDefault="00EC1DED" w:rsidP="00EC1DED">
+    <w:p w:rsidR="00EC1DED" w:rsidRPr="004450D2" w:rsidRDefault="00EC1DED" w:rsidP="00EC1DED">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...20 lines deleted...]
-        <w:t>Жалпы ережелер</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC1DED" w:rsidRPr="00014033" w:rsidRDefault="00EC1DED" w:rsidP="00EC1DED">
+    <w:p w:rsidR="00EC1DED" w:rsidRPr="004450D2" w:rsidRDefault="00EC1DED" w:rsidP="00EC1DED">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00014033">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC1DED" w:rsidRPr="00014033" w:rsidRDefault="00EC1DED" w:rsidP="00EC1DED">
+    <w:p w:rsidR="00EC1DED" w:rsidRPr="004450D2" w:rsidRDefault="00EC1DED" w:rsidP="00EC1DED">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00014033">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004450D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00014033">
+        </w:rPr>
+        <w:t xml:space="preserve">1) Сведения об </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004450D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...34 lines deleted...]
-      <w:r w:rsidRPr="00014033">
+        </w:rPr>
+        <w:t>услугодателе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004450D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00014033" w:rsidRDefault="00014033" w:rsidP="00014033">
-[...2 lines deleted...]
-        <w:ind w:firstLine="567"/>
+    <w:p w:rsidR="00EC1DED" w:rsidRPr="004450D2" w:rsidRDefault="0010343B" w:rsidP="00EC1DED">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Отдел </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC1DED" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">города Павлодара </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC1DED" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC1DED" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">является исполнительным органом, финансируемым из </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>городск</w:t>
+      </w:r>
+      <w:r w:rsidR="004450D2" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>го</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC1DED" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бюджета, уполномоченным в пределах, предусмотренных законодательством Республики Казахстан, на осуществление государственной политики в сфере образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00415C0A" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">городском </w:t>
+      </w:r>
+      <w:r w:rsidR="00415C0A" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уровне</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC1DED" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1DED" w:rsidRPr="004450D2" w:rsidRDefault="00EC1DED" w:rsidP="00EC1DED">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...56 lines deleted...]
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...37 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В структуру </w:t>
+      </w:r>
+      <w:r w:rsidR="0010343B" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отдела </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">входят </w:t>
+      </w:r>
+      <w:r w:rsidR="0010343B" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>135</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>самостоятельны</w:t>
+      </w:r>
+      <w:r w:rsidR="0010343B" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0010343B" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000F1BE5" w:rsidRDefault="00EC1DED" w:rsidP="000F1BE5">
+    <w:p w:rsidR="00EC1DED" w:rsidRPr="004450D2" w:rsidRDefault="00EC1DED" w:rsidP="00EC1DED">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) Информация о государственных услугах</w:t>
+      </w:r>
+      <w:r w:rsidR="00415C0A" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0010343B" w:rsidRPr="004450D2" w:rsidRDefault="00EC1DED" w:rsidP="0010343B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0010343B" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Отделом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образова</w:t>
+      </w:r>
+      <w:r w:rsidR="00415C0A" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ни</w:t>
+      </w:r>
+      <w:r w:rsidR="0010343B" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">я </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и подведомствен</w:t>
+      </w:r>
+      <w:r w:rsidR="0010343B" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ными организациями оказывается 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00640611" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вид</w:t>
+      </w:r>
+      <w:r w:rsidR="00640611" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="0010343B" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственных услуг,</w:t>
+      </w:r>
+      <w:r w:rsidR="0010343B" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из них непосредственно в отделе образования - 15 услуг, в том числе 8 - в</w:t>
+      </w:r>
+      <w:r w:rsidR="0010343B" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> электронном виде </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB04C0" w:rsidRPr="00AB04C0" w:rsidRDefault="004450D2" w:rsidP="00AB04C0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>За  201</w:t>
+      </w:r>
+      <w:r w:rsidR="0007309B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00C861A1" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">год </w:t>
+      </w:r>
+      <w:r w:rsidR="00C861A1" w:rsidRPr="00AB04C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оказано </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB04C0" w:rsidRPr="00B02281">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="00B02281" w:rsidRPr="00B02281">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB04C0" w:rsidRPr="00B02281">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>66</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB04C0" w:rsidRPr="00AB04C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB04C0" w:rsidRPr="00AB04C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услуг</w:t>
+      </w:r>
+      <w:r w:rsidR="00C861A1" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, из них через Государственную корпорацию «Правительство для граждан» </w:t>
+      </w:r>
+      <w:r w:rsidR="00C861A1" w:rsidRPr="00B02281">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB04C0" w:rsidRPr="00B02281">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00B02281" w:rsidRPr="00B02281">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB04C0" w:rsidRPr="00B02281">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>74.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C861A1" w:rsidRPr="00B02281">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1DED" w:rsidRPr="004450D2" w:rsidRDefault="00C861A1" w:rsidP="00AB04C0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EC1DED" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоб на качество, а также нарушение сроков оказания государственных услуг, в том числе через ЦОН и в электронном виде, не поступало. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A71AEE" w:rsidRPr="004450D2" w:rsidRDefault="00A71AEE" w:rsidP="00A71AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) Информация о наиболее востребованных государственных услугах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004450D2" w:rsidRPr="004450D2" w:rsidRDefault="00A71AEE" w:rsidP="004450D2">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Исходя из аналитических данных, полученных по итогам оказания государственных услуг в 201</w:t>
+      </w:r>
+      <w:r w:rsidR="0007309B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> году, наиболее </w:t>
+      </w:r>
+      <w:r w:rsidR="00415C0A" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>востребованной государственной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>слуг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00415C0A" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>является услуга</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004450D2" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Постановка на очередь детей дошкольного возраста (до 7 лет) для направления в детские дошкольные организации».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A71AEE" w:rsidRPr="004450D2" w:rsidRDefault="00A71AEE" w:rsidP="00A71AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Р</w:t>
+      </w:r>
+      <w:r w:rsidR="00415C0A" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>абота с услугополучат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>елями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A71AEE" w:rsidRPr="004450D2" w:rsidRDefault="00A71AEE" w:rsidP="00A71AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A71AEE" w:rsidRPr="004450D2" w:rsidRDefault="00A71AEE" w:rsidP="00A71AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) Сведения об источниках и местах доступа к информации о порядке оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615009" w:rsidRPr="004450D2" w:rsidRDefault="00615009" w:rsidP="00615009">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="708"/>
+          <w:tab w:val="left" w:pos="1416"/>
+          <w:tab w:val="left" w:pos="2124"/>
+          <w:tab w:val="left" w:pos="3084"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A71AEE" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В целях информатизации населения </w:t>
+      </w:r>
+      <w:r w:rsidR="0010343B" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">города </w:t>
+      </w:r>
+      <w:r w:rsidR="00A71AEE" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A71AEE" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информация об оказываемых услугах размещена на официальном сайте </w:t>
+      </w:r>
+      <w:r w:rsidR="0010343B" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отдела </w:t>
+      </w:r>
+      <w:r w:rsidR="00A71AEE" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образования, сайтах подведомственных организаций, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A71AEE" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в фойе зданий </w:t>
+      </w:r>
+      <w:r w:rsidR="0010343B" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r w:rsidR="00A71AEE" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на специальных стендах в доступных для посететителей местах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A71AEE" w:rsidRPr="004450D2" w:rsidRDefault="00A71AEE" w:rsidP="00A71AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) Информация о публичных обсуждениях проектов стандартов государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C861A1" w:rsidRPr="004450D2" w:rsidRDefault="00C861A1" w:rsidP="00C861A1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="708"/>
+          <w:tab w:val="left" w:pos="1416"/>
+          <w:tab w:val="left" w:pos="2124"/>
+          <w:tab w:val="left" w:pos="3084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">На официальных сайтах всех учреждений образования </w:t>
+      </w:r>
+      <w:r w:rsidR="0010343B" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">города </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">размещена информация об оказании </w:t>
+      </w:r>
+      <w:r w:rsidR="00697B0B" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услуг. В</w:t>
+      </w:r>
+      <w:r w:rsidR="00697B0B" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о всех </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебн</w:t>
+      </w:r>
+      <w:r w:rsidR="00697B0B" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ых заведениях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и в </w:t>
+      </w:r>
+      <w:r w:rsidR="0010343B" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отделе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования  в фойе  размещен информационный стенд с перечнем необходимых документов  для получения государственной  услуги. Также учебными заведениями </w:t>
+      </w:r>
+      <w:r w:rsidR="0010343B" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">города </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">публикуются объявления в периодических </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">изданиях, по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бегущей строке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в телеканалах, организуются выступления в СМИ по вопросу оказания государственных услуг.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A71AEE" w:rsidRPr="004450D2" w:rsidRDefault="00A71AEE" w:rsidP="00615009">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) Мероприятия, направленные на обеспечение прозрачности процесса оказания государственных услуг (разъяснительные работы, семинары, встречи, интервью и иное).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A71AEE" w:rsidRPr="004450D2" w:rsidRDefault="0010343B" w:rsidP="00A71AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Отделом </w:t>
+      </w:r>
+      <w:r w:rsidR="00615009" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образования и подведомственными организациями </w:t>
+      </w:r>
+      <w:r w:rsidR="00A71AEE" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на постоянной основе проводятся различные мероприятия, направленные на обеспечение прозрачности процесса оказания государственных услуг, такие как семинары, </w:t>
+      </w:r>
+      <w:r w:rsidR="00615009" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">совещания, родительские собрания. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A71AEE" w:rsidRPr="004450D2" w:rsidRDefault="00A71AEE" w:rsidP="00A71AEE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A71AEE" w:rsidRPr="004450D2" w:rsidRDefault="00A71AEE" w:rsidP="00A71AEE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z36"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Деятельность по совершенствованию процессов </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A71AEE" w:rsidRPr="004450D2" w:rsidRDefault="00A71AEE" w:rsidP="00A71AEE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A71AEE" w:rsidRPr="004450D2" w:rsidRDefault="00A71AEE" w:rsidP="00A71AEE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A71AEE" w:rsidRPr="004450D2" w:rsidRDefault="00A71AEE" w:rsidP="00615009">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) Результаты оптимизации и автоматизации процессов оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A71AEE" w:rsidRPr="004450D2" w:rsidRDefault="00A71AEE" w:rsidP="00A71AEE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Результаты оптимизации и автоматизации процессов оказания государственных услуг положительно сказываются на качестве </w:t>
+      </w:r>
+      <w:r w:rsidR="00415C0A" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">их </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оказания. Упрощается процедура оказания государственных услуг, сокращаются сроки и административные барьеры в процессе оказания государственных услуг. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A71AEE" w:rsidRPr="004450D2" w:rsidRDefault="00A71AEE" w:rsidP="00615009">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) Мероприятия, направленные на повышение квалификации сотрудников в сфере оказания государственных услуг.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="000F1BE5">
-[...50 lines deleted...]
-          <w:color w:val="000000"/>
+    </w:p>
+    <w:p w:rsidR="00A71AEE" w:rsidRPr="0022263D" w:rsidRDefault="00A71AEE" w:rsidP="008D5FAF">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:r w:rsidR="009D2812" w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ноябре месяце </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>201</w:t>
+      </w:r>
+      <w:r w:rsidR="0007309B" w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> год</w:t>
+      </w:r>
+      <w:r w:rsidR="009D2812" w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проводил</w:t>
+      </w:r>
+      <w:r w:rsidR="005310BD" w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ась </w:t>
+      </w:r>
+      <w:r w:rsidR="00B84A7A" w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Ярмарка государственных услуг – Равный с равным» с участием представителей департаментов и управлений области. В ярмарке приняли участие представители ЦОН, «Земельного кадастра и технического обследования недвижимости», межведомственный расчетный центр социальных выплат филиала НАО «Государственная корпорация «Правительство для граждан» Павлодарской области, а также госорганы Павлодара, оказывающие наиболее востребованные государственные услуги в сферах земельных отношений, архитектуры, образования, социальной защиты населения, ЖКХ и регистрации актов гражданского состояния.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B84A7A" w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00311A3B" w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Управлением образования  совместно с Департаментом Аген</w:t>
+      </w:r>
+      <w:r w:rsidR="005310BD" w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="00311A3B" w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ства РК по делам государственной службы и противодействию коррупции по Павлодарской области </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>был проведен</w:t>
+      </w:r>
+      <w:r w:rsidR="00D13EE3" w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000F1BE5">
-[...12 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D13EE3" w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> семинар</w:t>
+      </w:r>
+      <w:r w:rsidR="00D13EE3" w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на тему</w:t>
+      </w:r>
+      <w:r w:rsidR="005310BD" w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidR="005310BD" w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="00311A3B" w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">казание </w:t>
+      </w:r>
+      <w:r w:rsidR="008D5FAF" w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidR="00311A3B" w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осударственных услуг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00D92671" w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="000F1BE5">
-[...48 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00A71AEE" w:rsidRPr="004450D2" w:rsidRDefault="00A71AEE" w:rsidP="00A71AEE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z37"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Контроль за качеством оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A71AEE" w:rsidRPr="004450D2" w:rsidRDefault="00A71AEE" w:rsidP="00615009">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) Информация о жалобах </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг</w:t>
+      </w:r>
+      <w:r w:rsidR="007A77B9" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="000F1BE5">
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="000F1BE5" w:rsidRPr="00102301" w:rsidRDefault="000F1BE5" w:rsidP="000F1BE5">
+    <w:p w:rsidR="007A77B9" w:rsidRPr="004450D2" w:rsidRDefault="007A77B9" w:rsidP="00615009">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52738" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалобы не поступ</w:t>
+      </w:r>
+      <w:r w:rsidR="00240611">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00D52738" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ли</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A71AEE" w:rsidRPr="004450D2" w:rsidRDefault="00A71AEE" w:rsidP="00615009">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) Результаты внутреннего контроля за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A71AEE" w:rsidRPr="004450D2" w:rsidRDefault="0010343B" w:rsidP="00A71AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...93 lines deleted...]
-        <w:t>О арқылы және электронды түрде шағымдар түскен жоқ.</w:t>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Отделом </w:t>
+      </w:r>
+      <w:r w:rsidR="00615009" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования н</w:t>
+      </w:r>
+      <w:r w:rsidR="00A71AEE" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а постоянной основе осуществляется внутренний контроль за качеством предоставляемых государственных услуг. Ежеквартально в </w:t>
+      </w:r>
+      <w:r w:rsidR="00A71AEE" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отдел развития государственных услуг и внутреннего аудита</w:t>
+      </w:r>
+      <w:r w:rsidR="00A71AEE" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A71AEE" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">аппарата </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A71AEE" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>акима</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A71AEE" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">города Павлодара </w:t>
+      </w:r>
+      <w:r w:rsidR="00A71AEE" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и Департамент Агентства Республики Казахстан по делам государственной службы направляется отчет по внутреннему контролю за качеством оказываемых государственных услуг. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A71AEE" w:rsidRPr="001C5C76" w:rsidRDefault="00A71AEE" w:rsidP="00A71AEE">
-[...298 lines deleted...]
-    <w:p w:rsidR="00A71AEE" w:rsidRPr="001C5C76" w:rsidRDefault="00A71AEE" w:rsidP="00A71AEE">
+    <w:p w:rsidR="00A71AEE" w:rsidRPr="004450D2" w:rsidRDefault="00A71AEE" w:rsidP="00615009">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...88 lines deleted...]
-        <w:t>.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) Результаты контроля за качеством оказания государственных услуг, проведенного уполномоченным органом по оценке и контролю за качеством оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00252C08" w:rsidRDefault="00615009" w:rsidP="00252C08">
-[...2328 lines deleted...]
-    <w:p w:rsidR="00676442" w:rsidRPr="009F24BC" w:rsidRDefault="00615009" w:rsidP="00676442">
+    <w:p w:rsidR="00676442" w:rsidRPr="0022263D" w:rsidRDefault="00615009" w:rsidP="00676442">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004450D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009F24BC">
-[...14 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+      <w:r w:rsidR="00676442" w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>За истекший период 201</w:t>
+      </w:r>
+      <w:r w:rsidR="0007309B" w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00676442" w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+      <w:r w:rsidR="00676442" w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отделом </w:t>
+      </w:r>
+      <w:r w:rsidR="008D5FAF" w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не </w:t>
+      </w:r>
+      <w:r w:rsidR="00676442" w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>было допущено нарушени</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5FAF" w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidR="00676442" w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     сроков оказания государственных услуг</w:t>
+      </w:r>
+      <w:r w:rsidR="0007309B" w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00676442" w:rsidRPr="0022263D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00676442" w:rsidRPr="009F24BC">
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w:rsidR="00676442" w:rsidRPr="0037226F" w:rsidRDefault="00676442" w:rsidP="00676442">
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="00676442" w:rsidRDefault="00676442" w:rsidP="00676442">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00A71AEE" w:rsidRPr="0037226F">
-[...180 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00A71AEE" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) Результаты общественного мониторинга качества оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00676442" w:rsidRPr="00527EF7" w:rsidRDefault="00A71AEE" w:rsidP="00676442">
+    <w:p w:rsidR="00676442" w:rsidRDefault="00A71AEE" w:rsidP="00676442">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
+        <w:t xml:space="preserve">Общественный мониторинг качества оказания государственных услуг государственными органами и организациями проводился </w:t>
+      </w:r>
+      <w:r w:rsidR="001707A8" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">исследовательским институтом «Общественное мнение». </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Целью мониторинга было выявление административных барьеров в сфере оказания государственных услуг, имеющихся процедурных и субъективных нарушений государственных служащих, выработка предложений по внесению изменений в стандарты и регламенты государственных услуг для их дальнейшей оптимизации. Все недостатки, выявленные в ходе мониторинга, были рассмотрены и приняты действенные меры по устранению имеющихся недостатков.</w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="z38"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidR="00527EF7">
-[...347 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00527EF7" w:rsidRDefault="00A71AEE" w:rsidP="00527EF7">
+    <w:p w:rsidR="00676442" w:rsidRDefault="00A71AEE" w:rsidP="00676442">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-        <w:t>     </w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Перспективы дальнейшей эффективности и повышения удовлетворенности услугополучателей качеством оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00527EF7" w:rsidRDefault="00527EF7" w:rsidP="00527EF7">
-[...200 lines deleted...]
-    <w:p w:rsidR="00527EF7" w:rsidRDefault="00527EF7" w:rsidP="00527EF7">
+    <w:p w:rsidR="00A71AEE" w:rsidRPr="004450D2" w:rsidRDefault="00676442" w:rsidP="00676442">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A71AEE" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В 201</w:t>
+      </w:r>
+      <w:r w:rsidR="0007309B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00A71AEE" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> году </w:t>
+      </w:r>
+      <w:r w:rsidR="0010343B" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отделом </w:t>
+      </w:r>
+      <w:r w:rsidR="00615009" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования и подведомственными организациями </w:t>
+      </w:r>
+      <w:r w:rsidR="00A71AEE" w:rsidRPr="004450D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">будет продолжена работа по обеспечению физических и юридических лиц доступными и качественными государственными услугами, в том числе в электронном формате. </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00527EF7" w:rsidRPr="00217511" w:rsidRDefault="00527EF7" w:rsidP="00527EF7">
-[...8 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="00A71AEE" w:rsidRPr="004450D2" w:rsidRDefault="00A71AEE" w:rsidP="00676442">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="1"/>
-[...37 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A71AEE" w:rsidRPr="00527EF7" w:rsidRDefault="00A71AEE" w:rsidP="00527EF7">
-[...21 lines deleted...]
-    <w:sectPr w:rsidR="00A71AEE" w:rsidRPr="00527EF7" w:rsidSect="00676442">
+    <w:sectPr w:rsidR="00A71AEE" w:rsidRPr="004450D2" w:rsidSect="00676442">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Asylbek MerekeU3+Tms">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="041C5F43"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="73643C50"/>
     <w:lvl w:ilvl="0" w:tplc="E89EB760">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5075,509 +3235,630 @@
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="180"/>
-      </w:pPr>
-[...88 lines deleted...]
-        <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9">
-[...1 lines deleted...]
-  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00993150"/>
     <w:rsid w:val="00005DFC"/>
-    <w:rsid w:val="00014033"/>
     <w:rsid w:val="0007309B"/>
     <w:rsid w:val="000D7604"/>
-    <w:rsid w:val="000F1BE5"/>
     <w:rsid w:val="0010343B"/>
     <w:rsid w:val="00105F0A"/>
     <w:rsid w:val="00147D03"/>
     <w:rsid w:val="00156BC9"/>
     <w:rsid w:val="00166CB4"/>
     <w:rsid w:val="001707A8"/>
     <w:rsid w:val="00170F72"/>
     <w:rsid w:val="001A63E4"/>
     <w:rsid w:val="001C5C1B"/>
-    <w:rsid w:val="001C5C76"/>
     <w:rsid w:val="001E61AC"/>
     <w:rsid w:val="001F0BAE"/>
     <w:rsid w:val="001F3FF0"/>
     <w:rsid w:val="001F64E4"/>
-    <w:rsid w:val="00205A58"/>
+    <w:rsid w:val="0022263D"/>
     <w:rsid w:val="00240611"/>
-    <w:rsid w:val="0024206F"/>
     <w:rsid w:val="00243509"/>
-    <w:rsid w:val="00252C08"/>
     <w:rsid w:val="0025730D"/>
-    <w:rsid w:val="00262299"/>
     <w:rsid w:val="002B151D"/>
     <w:rsid w:val="002C1CCC"/>
     <w:rsid w:val="002C58BF"/>
     <w:rsid w:val="002E008B"/>
     <w:rsid w:val="003042B5"/>
     <w:rsid w:val="00311A3B"/>
     <w:rsid w:val="003167E2"/>
-    <w:rsid w:val="003359CB"/>
     <w:rsid w:val="00353901"/>
     <w:rsid w:val="003661D1"/>
-    <w:rsid w:val="0037226F"/>
     <w:rsid w:val="00377ABF"/>
     <w:rsid w:val="003B1894"/>
-    <w:rsid w:val="003B1D0A"/>
-    <w:rsid w:val="003E7F05"/>
     <w:rsid w:val="003F2A45"/>
     <w:rsid w:val="004011F1"/>
-    <w:rsid w:val="00413D32"/>
     <w:rsid w:val="00415C0A"/>
     <w:rsid w:val="00425D1B"/>
     <w:rsid w:val="00440D54"/>
     <w:rsid w:val="004450D2"/>
     <w:rsid w:val="00475163"/>
     <w:rsid w:val="004C765D"/>
     <w:rsid w:val="004E590D"/>
-    <w:rsid w:val="00527EF7"/>
     <w:rsid w:val="005310BD"/>
     <w:rsid w:val="00537619"/>
-    <w:rsid w:val="005939C8"/>
     <w:rsid w:val="00615009"/>
     <w:rsid w:val="00640611"/>
     <w:rsid w:val="00676442"/>
     <w:rsid w:val="00697B0B"/>
     <w:rsid w:val="006D59B8"/>
-    <w:rsid w:val="006F5DF2"/>
     <w:rsid w:val="00764EC3"/>
     <w:rsid w:val="00771E85"/>
     <w:rsid w:val="00783F96"/>
     <w:rsid w:val="007A77B9"/>
     <w:rsid w:val="007E3C65"/>
     <w:rsid w:val="007E70FD"/>
-    <w:rsid w:val="008239E0"/>
-    <w:rsid w:val="00884AC3"/>
     <w:rsid w:val="00890E18"/>
     <w:rsid w:val="008D5FAF"/>
     <w:rsid w:val="00900DEC"/>
     <w:rsid w:val="00967226"/>
     <w:rsid w:val="00993150"/>
     <w:rsid w:val="009B016F"/>
     <w:rsid w:val="009D2812"/>
-    <w:rsid w:val="009F24BC"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A45700"/>
     <w:rsid w:val="00A61458"/>
     <w:rsid w:val="00A71AEE"/>
     <w:rsid w:val="00AB04C0"/>
     <w:rsid w:val="00AC29D0"/>
     <w:rsid w:val="00AE5CCD"/>
     <w:rsid w:val="00B02281"/>
-    <w:rsid w:val="00B31C0B"/>
     <w:rsid w:val="00B649D8"/>
-    <w:rsid w:val="00B668DF"/>
     <w:rsid w:val="00B81E68"/>
     <w:rsid w:val="00B84A7A"/>
     <w:rsid w:val="00BA0A64"/>
     <w:rsid w:val="00BC0230"/>
-    <w:rsid w:val="00BE622C"/>
     <w:rsid w:val="00BF41F8"/>
     <w:rsid w:val="00C06D4D"/>
     <w:rsid w:val="00C1473C"/>
     <w:rsid w:val="00C17625"/>
     <w:rsid w:val="00C861A1"/>
     <w:rsid w:val="00CA2E46"/>
     <w:rsid w:val="00CC02B8"/>
     <w:rsid w:val="00CD5618"/>
     <w:rsid w:val="00D02E4F"/>
     <w:rsid w:val="00D13EE3"/>
     <w:rsid w:val="00D52738"/>
     <w:rsid w:val="00D92671"/>
     <w:rsid w:val="00DA21D2"/>
     <w:rsid w:val="00DC2748"/>
     <w:rsid w:val="00DE1010"/>
     <w:rsid w:val="00E71199"/>
     <w:rsid w:val="00E82926"/>
     <w:rsid w:val="00E82FF5"/>
     <w:rsid w:val="00EA2B4E"/>
     <w:rsid w:val="00EA5129"/>
     <w:rsid w:val="00EC1DED"/>
     <w:rsid w:val="00EC7ACB"/>
     <w:rsid w:val="00F12857"/>
     <w:rsid w:val="00F31DBC"/>
-    <w:rsid w:val="00FB21D3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w15:docId w15:val="{846DF7C7-6CBF-499C-9920-8DD2906F128C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="360" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...138 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00993150"/>
     <w:pPr>
       <w:spacing w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00EC1DED"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
@@ -5620,84 +3901,55 @@
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00676442"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...27 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
     <w:div w:id="424769570">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="468598729">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -5730,51 +3982,51 @@
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1152331765">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6016,86 +4268,70 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>906</Words>
-  <Characters>5169</Characters>
+  <Words>904</Words>
+  <Characters>5155</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>43</Lines>
+  <Lines>42</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>yo</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6063</CharactersWithSpaces>
+  <CharactersWithSpaces>6047</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>