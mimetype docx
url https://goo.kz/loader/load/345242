--- v0 (2025-12-15)
+++ v1 (2026-03-06)
@@ -1,2229 +1,2543 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="005D1F0C" w:rsidRDefault="005D1F0C">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="002F1E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>О внесении изменения в постановление Правительства Республики Казахстан от 19 января 2012 года № 127 "Об утверждении Типовых правил приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="002F1E43">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="666666"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="666666"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Постановление Правительства Республики Казахстан от 10 мая 2018 года № 254</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00007118" w:rsidRPr="002F1E43" w:rsidRDefault="00007118" w:rsidP="002F1E43">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="666666"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="002F1E43">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Правительство Республики Казахстан ПОСТАНОВЛЯЕТ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="002F1E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Внести в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="002F1E43">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> Правительства Республики Казахстан от 19 января 2012 года № 127 "Об утверждении Типовых правил приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования" (САПП</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Республики Казахстан, 2012 г., № 27-28, ст. 375) следующее изменение:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="002F1E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z6"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...165 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="002F1E43">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Типовые правила</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования, утвержденные указанным постановлением, изложить в новой редакции согласно приложению к настоящему постановлению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="00007118">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="00007118">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      3. Приостановить до 1 января 2019 года действие части первой </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z26" w:history="1">
+        <w:r w:rsidRPr="002F1E43">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>пункта 10</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> Типовых правил приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования, изложенных в редакции согласно приложению к настоящему постановлению, установив, что в период приостановления данная часть действует в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="002F1E43">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      "10. Организации образования, реализующие общеобразовательные учебные программы начального образования, обеспечивают прием в первый класс всех детей семи лет и детей, которым исполняется шесть лет в текущем календарном году, с обеспечением доступа всех детей, проживающих на территории обслуживания организации образования, независимо от уровня подготовки</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.".</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-[...8 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblW w:w="9000" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6003"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="292"/>
+        <w:gridCol w:w="5845"/>
+        <w:gridCol w:w="3155"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005D1F0C">
-[...5 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidTr="002F1E43">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7791" w:type="dxa"/>
+            <w:tcW w:w="6000" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D1F0C" w:rsidRDefault="00FC6D80">
+          <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="002F1E43">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="002F1E43">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
-                <w:color w:val="000000"/>
+                <w:iCs/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
+              <w:t>      </w:t>
             </w:r>
-          </w:p>
-[...30 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="1" w:name="z10"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="002F1E43">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
-                <w:color w:val="000000"/>
+                <w:iCs/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Премьер-Министрі </w:t>
+              <w:t>Премьер-Министр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F1E43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4209" w:type="dxa"/>
+            <w:tcW w:w="3225" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D1F0C" w:rsidRDefault="00FC6D80">
+          <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="002F1E43">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="002F1E43">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
-                <w:color w:val="000000"/>
+                <w:iCs/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
-              <w:t>Б. Сағынтаев</w:t>
+              <w:t xml:space="preserve">Б. </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F1E43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t>Сагинтаев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D1F0C">
-[...3 lines deleted...]
-        </w:trPr>
+    </w:tbl>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="002F1E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vanish/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5805"/>
+        <w:gridCol w:w="3420"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidTr="002F1E43">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcW w:w="5805" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D1F0C" w:rsidRDefault="00FC6D80">
+          <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="002F1E43">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="002F1E43">
               <w:rPr>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D1F0C" w:rsidRDefault="00FC6D80">
+          <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="002F1E43">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:bookmarkStart w:id="2" w:name="z11"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="002F1E43">
               <w:rPr>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан</w:t>
+              <w:t>Приложение</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002F1E43">
               <w:rPr>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Республикасы</w:t>
+              <w:br/>
+              <w:t>к постановлению Правительства</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002F1E43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:br/>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002F1E43">
               <w:rPr>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Үкіметінің</w:t>
-[...1 lines deleted...]
-            <w:r>
               <w:br/>
-            </w:r>
-[...32 lines deleted...]
-              <w:t>қосымша</w:t>
+              <w:t>от 10 мая 2018 года № 127</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...29 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidTr="002F1E43">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcW w:w="5805" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D1F0C" w:rsidRDefault="00FC6D80">
+          <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="002F1E43">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="002F1E43">
               <w:rPr>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D1F0C" w:rsidRDefault="00FC6D80">
+          <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="002F1E43">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:bookmarkStart w:id="3" w:name="z12"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidRPr="002F1E43">
               <w:rPr>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан</w:t>
+              <w:t>Утверждены</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002F1E43">
               <w:rPr>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Республикасы</w:t>
+              <w:br/>
+              <w:t>постановлением Правительства</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002F1E43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:br/>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002F1E43">
               <w:rPr>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Үкіметінің</w:t>
-[...1 lines deleted...]
-            <w:r>
               <w:br/>
-            </w:r>
-[...25 lines deleted...]
-              <w:t>бекітілген</w:t>
+              <w:t>от 19 января 2012 года № 127</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005D1F0C" w:rsidRDefault="00FC6D80">
-[...42 lines deleted...]
-          <w:sz w:val="20"/>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="002F1E43">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Типовые правила приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="002F1E43">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="002F1E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Настоящие Типовые правила приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына (бұдан әрі – білім беру ұйымдары) оқуға қабылдау тәртібін айқындайды.</w:t>
-[...361 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:t>основного среднего, общего среднего образования, (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="002F1E43">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> Республики Казахстан от 27 июля 2007 года "Об образовании" (далее – Закон) и определяют порядок приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования, (далее – организации образования) независимо</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от форм их собственности и ведомственной подчиненности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="00E929CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2. Организации образования осуществляют прием на обучение в соответствии с Конституцией Республики Казахстан, Законом, настоящими Правилами, иными нормативными правовыми актами, а также разработанными на их основе уставами организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="00E929CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Зачисление в число </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> производится на основании приказа руководителя организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="00E929CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. Не допускается комплектование классов по уровню подготовки и степени развития обучающихся. При этом предельная наполняемость в классе составляет не более 25 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="00E929CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      5. При приеме обучающихся в организации образования руководители организаций образования заключают с родителями или иными законными представителями детей или обучающихся договора на оказание образовательных услуг в соответствии с типовым договором оказания образовательных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="00E929CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6. Обучающимся и родителям или иным законным представителям обучающихся предоставляется возможность ознакомления с настоящими Правилами, уставом организации образования, лицензией на </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>право ведения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образовательной деятельности, правилами приема в организации образования, утверждаемыми местными исполнительными органами, и другими документами, регламентирующими деятельность организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="00E929CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. Прием на обучение в организации образования детей с особыми образовательными потребностями осуществляется с учетом заключения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>педагого-медико-психологической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> консультации при согласии родителей или иных законных представителей ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="00E929CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      8. Родители или иные законные представители ребенка или обучающегося имеют право выбора любой организации образования для обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="00E929CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      9. В случае отказа в приеме на обучение в организацию образования, родители или иные законные представители обучающегося обращаются по месту жительства в местные органы управления образованием.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="00E929CC">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="0" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Глава 2. Порядок приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="00E929CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      10. Организации образования, реализующие общеобразовательные учебные программы начального образования, обеспечивают прием в первый класс всех детей, которым исполняется шесть лет в текущем календарном году, с обеспечением доступа всех детей, проживающих на территории обслуживания организации образования, независимо от уровня подготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="002F1E43">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Для приема детей в первый класс необходимы следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="00E929CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      1) заявление от родителей или иных законных представителей ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="00E929CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2) копия свидетельства о рождении ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="00E929CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      3) справка о состоянии здоровья (форма 026/у-3);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="00E929CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      4) фотографии размером 3х4 см – в количестве 2 штук.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="00E929CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>алтыншы, жетінші, сегізінші, тоғызыншы сыныптарына қабылдау білім беру ұйымының қызмет көрсету аумағында тұратын білім а</w:t>
-[...177 lines deleted...]
-      <w:cols w:space="720"/>
+        <w:t>      Прием документов, указанных в настоящем пункте, от родителей или иных законных представителей детей, поступающих в первый класс организаций образования, реализующих общеобразовательные учебные программы начального образования, производится с 1 июня по 30 августа текущего календарного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="00E929CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      11. При приеме детей в первый класс организаций образования, реализующих общеобразовательные учебные программы начального образования, кроме специализированных организаций образования, гимназий и лицеев, экзамены, тестирование, зачеты, конкурсы не проводятся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="00E929CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Для детей, не посещавших дошкольные учреждения или не прошедших </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>предшкольную</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подготовку, организациями образования организуются подготовительные курсы до начала учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="00E929CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      12. Прием обучающихся во вторые, третьи, четвертые, пятые, шестые, седьмые, восьмые, девятые классы организаций образования, реализующих общеобразовательные учебные программы начального и основного среднего образования, осуществляется с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="00E929CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      13. Прием обучающихся в десятые, одиннадцатые классы организаций образования, реализующих общеобразовательные учебные программы общего среднего образования, осуществляется с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования, и на основании личного заявления обучающихся либо заявления их родителей или иных законных представителей и наличия документа государственного образца об основном среднем образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="00E929CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Прием заявлений начинается после вручения документа государственного образца об основном среднем образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="00E929CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14. Прием обучающихся в десятые, одиннадцатые классы гимназий, лицеев осуществляется в соответствии с уставом гимназии, лицея на основании личного заявления обучающихся либо заявления их родителей или иных законных представителей и наличия документа государственного образца об основном среднем образовании без учета </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>территории обслуживания данных видов организаций образования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="00E929CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      15. Гимназии и лицеи формируют общеобразовательные классы для обеспечения получения обязательного объема знаний, определенных государственными общеобязательными стандартами образования Республики Казахстан, с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="00E929CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      16. Прием на обучение в специализированные организации образования производится на конкурсной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1E43" w:rsidRPr="002F1E43" w:rsidRDefault="002F1E43" w:rsidP="002F1E43">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      17. Специализированными организациями образования устанавливаются дополнительные конкурсные туры приема на обучение. Содержание и форма проведения отбора </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F1E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, порядок зачисления, перевода и выпуска обучающихся осуществляются в соответствии с уставом данной организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB5EFC" w:rsidRDefault="00EB5EFC"/>
+    <w:sectPr w:rsidR="00EB5EFC">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="052508E4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D61EF8BE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005D1F0C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FC6D80"/>
+    <w:rsidRoot w:val="002F1E43"/>
+    <w:rsid w:val="00007118"/>
+    <w:rsid w:val="002F1E43"/>
+    <w:rsid w:val="00E929CC"/>
+    <w:rsid w:val="00EB5EFC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{88839B37-3AB2-43D9-9883-171492965A56}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...361 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004A3277"/>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00841CD9"/>
+    <w:rsid w:val="002F1E43"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="480"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
-  </w:style>
-[...14 lines deleted...]
-    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
-    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00841CD9"/>
+    <w:rsid w:val="002F1E43"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="200"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
-  </w:style>
-[...14 lines deleted...]
-    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...22 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00841CD9"/>
+    <w:rsid w:val="002F1E43"/>
     <w:rPr>
-      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
-[...9 lines deleted...]
-      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00841CD9"/>
+    <w:rsid w:val="002F1E43"/>
     <w:rPr>
-      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="40">
-[...4 lines deleted...]
-    <w:rsid w:val="00841CD9"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F1E43"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...70 lines deleted...]
-  <w:style w:type="character" w:styleId="ab">
+  <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-[...29 lines deleted...]
-    <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-[...10 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="002F1E43"/>
     <w:rPr>
-      <w:sz w:val="18"/>
-      <w:szCs w:val="18"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
     </w:rPr>
-  </w:style>
-[...1 lines deleted...]
-    <w:name w:val="DocDefaults"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se"/>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="1641425212">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="393116601">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1374694963">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="514000608">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="710417716">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1787843974">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200000127" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200000127" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200000127" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>7146</Characters>
+  <Pages>1</Pages>
+  <Words>1298</Words>
+  <Characters>7401</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>59</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>61</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8383</CharactersWithSpaces>
+  <CharactersWithSpaces>8682</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Пользователь Windows</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>