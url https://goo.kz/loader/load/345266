--- v0 (2025-12-08)
+++ v1 (2026-02-07)
@@ -29,81 +29,102 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005B1ABE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Бекітемін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00295673" w:rsidRPr="005B1ABE" w:rsidRDefault="008847F4" w:rsidP="00295673">
+    <w:p w:rsidR="00295673" w:rsidRPr="005B1ABE" w:rsidRDefault="00295673" w:rsidP="00295673">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B1ABE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Утверждаю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B1ABE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00295673" w:rsidRPr="005B1ABE" w:rsidRDefault="00295673" w:rsidP="00295673">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005B1ABE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мектеп директоры</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Директор школы:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00295673" w:rsidRPr="005B1ABE" w:rsidRDefault="00295673" w:rsidP="00295673">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B1ABE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>______Л.В. Задубняк</w:t>
       </w:r>
     </w:p>
@@ -111,3598 +132,3204 @@
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00295673">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008847F4" w:rsidRDefault="0048464D" w:rsidP="00295673">
+    <w:p w:rsidR="00295673" w:rsidRPr="00496E91" w:rsidRDefault="00295673" w:rsidP="00295673">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00496E91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>План</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00496E91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГУ СОШ № 40</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00295673" w:rsidRPr="00496E91" w:rsidRDefault="00295673" w:rsidP="00295673">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00496E91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по реализации государственной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00295673" w:rsidRPr="00496E91" w:rsidRDefault="00295673" w:rsidP="00295673">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00496E91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00496E91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00496E91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00496E91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00496E91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">2017-2018 оқу жылына </w:t>
+        <w:t>ңғыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00496E91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0048464D" w:rsidRDefault="0048464D" w:rsidP="00295673">
+    <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00295673">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00496E91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«Рухани жаңғыру» мемлекеттік бағдарламасын жүзеге асыру бойынша №40 ЖОМ ММ жоспары</w:t>
+        <w:t xml:space="preserve">на  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00496E91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2017-2018 учебный год</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00295673" w:rsidRPr="008847F4" w:rsidRDefault="00295673" w:rsidP="00295673">
+    <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00295673">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="11199" w:type="dxa"/>
         <w:tblInd w:w="-1168" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="4961"/>
         <w:gridCol w:w="2393"/>
         <w:gridCol w:w="2853"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB259E" w:rsidRPr="00496E91" w:rsidTr="00F56B60">
+      <w:tr w:rsidR="00295673" w:rsidRPr="00496E91" w:rsidTr="00F56B60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00295673" w:rsidRPr="00496E91" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00496E91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00295673" w:rsidRPr="00496E91" w:rsidRDefault="0048464D" w:rsidP="0048464D">
+          <w:p w:rsidR="00295673" w:rsidRPr="00496E91" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00496E91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Іс-шараның атауы</w:t>
+              </w:rPr>
+              <w:t>Название мероприятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00295673" w:rsidRPr="00496E91" w:rsidRDefault="0048464D" w:rsidP="0048464D">
+          <w:p w:rsidR="00295673" w:rsidRPr="00496E91" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00496E91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00295673" w:rsidRPr="00496E91">
+              </w:rPr>
+              <w:t xml:space="preserve">Ответственные </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00295673" w:rsidRPr="00496E91" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...10 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00496E91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:t>Мерзімі</w:t>
+              <w:t>Сроки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00295673" w:rsidTr="00F56B60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11199" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00295673" w:rsidRPr="00496E91" w:rsidRDefault="0048464D" w:rsidP="0048464D">
+          <w:p w:rsidR="00295673" w:rsidRPr="00496E91" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00496E91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1026 lines deleted...]
-              <w:t>құқықтық клубының жоспары бойынша</w:t>
+              </w:rPr>
+              <w:t>Историко-познавательное направление</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00295673" w:rsidTr="00F56B60">
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Дебаты «Взгляд в будущее»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МО истории и географии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Октябрь </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00295673" w:rsidTr="00F56B60">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Обсуждение программного проекта Н.А Назарбаева «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Болашаққа бағда</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рухани жаңғыру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00295673" w:rsidRPr="00D36093" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>МО истории и географии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00295673" w:rsidTr="00F56B60">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00295673" w:rsidRPr="00E2034C" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Духовные святыни» разъяснение инициативы Н.А Назарбаева</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МО истории и географии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00295673" w:rsidTr="00F56B60">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Экспедиции по памятным местам </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Баянаульского</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ДОО «Содружество»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Июль </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00295673" w:rsidTr="00F56B60">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Посещение краеведческого музея г. Павлодара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В период каникул</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00295673" w:rsidTr="00F56B60">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Исследовательская деятельность учащихся. Работа по сбору информации для зала боевой славы школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Руководитель НОУ «Эрудит»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00295673" w:rsidTr="00F56B60">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00295673" w:rsidRPr="00E2034C" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Обсуждение кодовых понятий «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>», «Ел», «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ата баба</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>», «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тіл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Тегі»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Жеті  ата»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00295673" w:rsidRPr="00D36093" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Руководитель клуба </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Фемида»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По плану правового клуба «Фемида»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00295673" w:rsidTr="00F56B60">
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="11199" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00295673" w:rsidRPr="00496E91" w:rsidRDefault="00B1051C" w:rsidP="00B1051C">
+          <w:p w:rsidR="00295673" w:rsidRPr="00496E91" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00496E91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Патриот</w:t>
-[...9 lines deleted...]
-              <w:t>тық тәрбие</w:t>
+              <w:t>Патриотическое воспитание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB259E" w:rsidTr="00F56B60">
+      <w:tr w:rsidR="00295673" w:rsidTr="00F56B60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00295673" w:rsidRPr="00B1051C" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="645"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:t>«</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Месячник «</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ері</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>к</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00B1051C">
-[...17 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00295673" w:rsidRDefault="00B1051C" w:rsidP="00B1051C">
-[...15 lines deleted...]
-              <w:t>АӘД мұғалімі</w:t>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Учитель НВП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2853" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00295673" w:rsidRDefault="00B1051C" w:rsidP="00B1051C">
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="555"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мектеп жоспары бойынша</w:t>
+              </w:rPr>
+              <w:t>По плану школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB259E" w:rsidTr="00F56B60">
+      <w:tr w:rsidR="00295673" w:rsidTr="00F56B60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00B1051C" w:rsidP="00F56B60">
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRPr="008B4B57" w:rsidRDefault="00B1051C" w:rsidP="00F56B60">
-[...16 lines deleted...]
-              <w:t>Ерлік сабақтары</w:t>
+          <w:p w:rsidR="00295673" w:rsidRPr="008B4B57" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уроки мужества</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00B1051C" w:rsidP="00B1051C">
-[...15 lines deleted...]
-              <w:t>Сынып жетекшілері, АӘД мұғалімі</w:t>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители, учитель НВП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2853" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00B1051C" w:rsidP="0001355F">
-[...18 lines deleted...]
-              <w:t>Мектеп жоспары бойынша</w:t>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По плану школы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB259E" w:rsidTr="00F56B60">
+      <w:tr w:rsidR="00295673" w:rsidTr="00F56B60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00B1051C" w:rsidP="00F56B60">
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRPr="008B4B57" w:rsidRDefault="00B1051C" w:rsidP="00B1051C">
-[...16 lines deleted...]
-              <w:t>Мемлекеттік мерекелерді тойлау</w:t>
+          <w:p w:rsidR="00295673" w:rsidRPr="008B4B57" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Празднование государственных праздников</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00B1051C" w:rsidP="00B1051C">
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мектеп ұжымы</w:t>
+              </w:rPr>
+              <w:t>Коллектив школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2853" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00B1051C" w:rsidP="00F56B60">
-[...15 lines deleted...]
-              <w:t>Мектеп жоспары бойынша</w:t>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По плану школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB259E" w:rsidTr="00F56B60">
+      <w:tr w:rsidR="00295673" w:rsidTr="00F56B60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00B1051C" w:rsidP="00F56B60">
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRPr="00B1051C" w:rsidRDefault="00B1051C" w:rsidP="00F56B60">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> әскери-патриоттық ойынын өткізу</w:t>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Проведение военно-патриотической игры «Зарница»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00B1051C" w:rsidP="00F56B60">
-[...15 lines deleted...]
-              <w:t>АӘД мұғалімі</w:t>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Учитель НВП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2853" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00B1051C" w:rsidP="00B1051C">
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Қаңтар-ақпан</w:t>
+              </w:rPr>
+              <w:t>Январь-февраль</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB259E" w:rsidTr="00F56B60">
+      <w:tr w:rsidR="00295673" w:rsidTr="00F56B60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00B1051C" w:rsidP="00F56B60">
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRPr="008A244A" w:rsidRDefault="00B1051C" w:rsidP="00F56B60">
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00295673" w:rsidRPr="008B4B57" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B4B57">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>«Патриот»</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> айлығы</w:t>
+              <w:t>Месячник «Патриот»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00B1051C" w:rsidP="00F56B60">
-[...15 lines deleted...]
-              <w:t>АӘД мұғалімі</w:t>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Учитель НВП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2853" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00B1051C" w:rsidP="00F56B60">
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> 10.02-10.05</w:t>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>С 10.02-10.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB259E" w:rsidTr="00F56B60">
+      <w:tr w:rsidR="00295673" w:rsidTr="00F56B60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00B1051C" w:rsidP="00F56B60">
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="008A244A" w:rsidP="008A244A">
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> жауынгерлерімен бірлесе спорттық іс-шараларын өткізу</w:t>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение спортивных мероприятий совместно с воинами </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>КАЗБАТа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, участниками ликвидации аварии Чернобыльской АЭС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="008A244A" w:rsidP="008A244A">
-[...15 lines deleted...]
-              <w:t>Дене-шынықтыру ӘБ, сынып жетекшілері</w:t>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МО физической культуры, классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2853" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="008A244A" w:rsidP="008A244A">
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мектеп жоспары бойынша</w:t>
+              </w:rPr>
+              <w:t>По плану школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB259E" w:rsidTr="00F56B60">
+      <w:tr w:rsidR="00295673" w:rsidTr="00F56B60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00B1051C" w:rsidP="00F56B60">
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="008A244A" w:rsidP="00067AAB">
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="495"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> қоғамдық бірлестігі </w:t>
+              </w:rPr>
+              <w:t>Сотрудничество с внешкольными организациями: Дом дружбы, дворец  школьников, библиотека села Павлодарское, ДК «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нуртас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>», Общественное объединение «КАЗБАТ»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00067AAB" w:rsidP="00067AAB">
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-              <w:t>Мектеп ұжымы</w:t>
+              </w:rPr>
+              <w:t>Коллектив школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2853" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00067AAB" w:rsidP="00067AAB">
-[...15 lines deleted...]
-              <w:t>Жыл бойы</w:t>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB259E" w:rsidTr="00F56B60">
+      <w:tr w:rsidR="00295673" w:rsidTr="00F56B60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00B1051C" w:rsidP="00F56B60">
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00067AAB" w:rsidP="00067AAB">
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="495"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Оқушылардың сабақтан тыс бос уақытын ұйымдастыру, арнайы курстар, факультативтер өткізу </w:t>
+              </w:rPr>
+              <w:t>Организация внеурочной занятости учащихся, проведение спецкурсов, факультативов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00067AAB" w:rsidP="00067AAB">
-[...15 lines deleted...]
-              <w:t>Үйірмелер, секциялар жетекшілері</w:t>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Руководители кружков, секций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2853" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00067AAB" w:rsidP="00067AAB">
-[...15 lines deleted...]
-              <w:t>Жыл бойы</w:t>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB259E" w:rsidTr="00F56B60">
+      <w:tr w:rsidR="00295673" w:rsidTr="00F56B60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00B1051C" w:rsidP="00F56B60">
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRPr="00D36093" w:rsidRDefault="00B1051C" w:rsidP="00F56B60">
+          <w:p w:rsidR="00295673" w:rsidRPr="00D36093" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="495"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «</w:t>
+              <w:t>Работа агитбригад школы «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Здоровячок</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>», «</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Адал ұрпақ»</w:t>
             </w:r>
-            <w:r w:rsidR="00067AAB">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00FB259E" w:rsidP="00FB259E">
-[...15 lines deleted...]
-              <w:t>Үгітбригадалар жетекшілері</w:t>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Руководители агитбригад</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2853" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00FB259E" w:rsidP="00FB259E">
-[...15 lines deleted...]
-              <w:t>Жыл бойы</w:t>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1051C" w:rsidTr="00F56B60">
+      <w:tr w:rsidR="00295673" w:rsidTr="00F56B60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11199" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRPr="00FB259E" w:rsidRDefault="00FB259E" w:rsidP="00F56B60">
+          <w:p w:rsidR="00295673" w:rsidRPr="008B4B57" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Рухани-адамгершілік тәрбие</w:t>
+              </w:rPr>
+              <w:t>Духовно-нравственное воспитание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB259E" w:rsidTr="00F56B60">
+      <w:tr w:rsidR="00295673" w:rsidTr="00F56B60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00B1051C" w:rsidP="00F56B60">
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRPr="00FB259E" w:rsidRDefault="00B1051C" w:rsidP="00FB259E">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> «Т</w:t>
+          <w:p w:rsidR="00295673" w:rsidRPr="00E2034C" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Конкурс стихотворений «Т</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ұған жерім, мақтанышым!</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00FB259E">
-[...27 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRPr="00A42C2F" w:rsidRDefault="00FB259E" w:rsidP="00FB259E">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Қазақ тілі мен әдебиетінің ӘБ </w:t>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МО казахского языка и литературы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2853" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00FB259E" w:rsidP="00FB259E">
-[...15 lines deleted...]
-              <w:t>Қараша</w:t>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ноябрь </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB259E" w:rsidTr="00F56B60">
+      <w:tr w:rsidR="00295673" w:rsidTr="00F56B60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRPr="00E2034C" w:rsidRDefault="00B1051C" w:rsidP="00F56B60">
+          <w:p w:rsidR="00295673" w:rsidRPr="00E2034C" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRPr="00FB259E" w:rsidRDefault="00B1051C" w:rsidP="00F56B60">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> «</w:t>
+          <w:p w:rsidR="00295673" w:rsidRPr="00E2034C" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Внеклассное мероприятие «</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Салтын сүйген, халқын сүйер</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00FB259E">
-[...27 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00FB259E" w:rsidP="00FB259E">
-[...15 lines deleted...]
-              <w:t>Бастауыш сыныптар ӘБ</w:t>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МО начальных классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2853" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00FB259E" w:rsidP="00FB259E">
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Қаңтар</w:t>
+            <w:r w:rsidRPr="005B1ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB259E" w:rsidTr="00F56B60">
+      <w:tr w:rsidR="00295673" w:rsidTr="00F56B60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00B1051C" w:rsidP="00F56B60">
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRPr="00FB259E" w:rsidRDefault="00B1051C" w:rsidP="00F56B60">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00295673" w:rsidRPr="008B4B57" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B4B57">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «</w:t>
+              <w:t>Внеклассное мероприятие «</w:t>
             </w:r>
             <w:r w:rsidRPr="008B4B57">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Қазақтың салт-дә</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008B4B57">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ст</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="008B4B57">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>үрі ата баба мұрасы</w:t>
             </w:r>
             <w:r w:rsidRPr="008B4B57">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00FB259E">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRPr="00FB259E" w:rsidRDefault="00FB259E" w:rsidP="00FB259E">
-[...16 lines deleted...]
-              <w:t>Орыс тілі мен әдебиетінің ӘБ</w:t>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МО русского языка и литературы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2853" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00FB259E" w:rsidP="00FB259E">
-[...15 lines deleted...]
-              <w:t>Ақпан</w:t>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Февраль</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB259E" w:rsidTr="00F56B60">
+      <w:tr w:rsidR="00295673" w:rsidTr="00F56B60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRPr="008B4B57" w:rsidRDefault="00B1051C" w:rsidP="00F56B60">
+          <w:p w:rsidR="00295673" w:rsidRPr="008B4B57" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRPr="008B4B57" w:rsidRDefault="00B1051C" w:rsidP="00F56B60">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00295673" w:rsidRPr="008B4B57" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B4B57">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Книжная выставка</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> «</w:t>
             </w:r>
             <w:r w:rsidRPr="008B4B57">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> Рухани қазына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00FB259E">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00FB259E" w:rsidP="00FB259E">
-[...15 lines deleted...]
-              <w:t>Кітапханашылар</w:t>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Библиотекари</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2853" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00FB259E" w:rsidP="00FB259E">
-[...15 lines deleted...]
-              <w:t>Кітапхана жоспары бойынша</w:t>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По плану библиотеки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB259E" w:rsidTr="00F56B60">
+      <w:tr w:rsidR="00295673" w:rsidTr="00F56B60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00B1051C" w:rsidP="00F56B60">
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRPr="008B4B57" w:rsidRDefault="00B1051C" w:rsidP="00F56B60">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> «</w:t>
+          <w:p w:rsidR="00295673" w:rsidRPr="008B4B57" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Внеклассное мероприятие «</w:t>
             </w:r>
             <w:r w:rsidRPr="008B4B57">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Салт-дәстүрдің сырын ашқан әжелер</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>»</w:t>
-            </w:r>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> сыныптан тыс іс-шарасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FB259E" w:rsidRDefault="00FB259E" w:rsidP="00F56B60">
-[...27 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00295673" w:rsidRPr="008B4B57" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители 6-х классов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2853" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00FB259E" w:rsidP="00FB259E">
-[...15 lines deleted...]
-              <w:t>Наурыз</w:t>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Март</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB259E" w:rsidTr="00F56B60">
+      <w:tr w:rsidR="00295673" w:rsidTr="00F56B60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00B1051C" w:rsidP="00F56B60">
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRPr="008B4B57" w:rsidRDefault="00B1051C" w:rsidP="00FB259E">
-[...23 lines deleted...]
-              <w:t>Туған өлкенің табиғат бояулары</w:t>
+          <w:p w:rsidR="00295673" w:rsidRPr="008B4B57" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Фотовыставка «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B4B57">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Краски природы родного края</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">» </w:t>
-            </w:r>
-[...7 lines deleted...]
-              <w:t>фото көрмесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRPr="008B4B57" w:rsidRDefault="00B1051C" w:rsidP="00FB259E">
-[...43 lines deleted...]
-              <w:t xml:space="preserve"> БҰҚ</w:t>
+          <w:p w:rsidR="00295673" w:rsidRPr="008B4B57" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ДОО «Содружество»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2853" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00FB259E" w:rsidP="00FB259E">
-[...15 lines deleted...]
-              <w:t>Сәуір</w:t>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Апрель</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB259E" w:rsidTr="00F56B60">
+      <w:tr w:rsidR="00295673" w:rsidTr="00F56B60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00B1051C" w:rsidP="00F56B60">
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRDefault="00FB259E" w:rsidP="008847F4">
-[...23 lines deleted...]
-              <w:t xml:space="preserve">түсіндіру жұмысы </w:t>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Разъяснительная работа по переходу казахской письменности на латиницу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRPr="008B4B57" w:rsidRDefault="008847F4" w:rsidP="00F56B60">
-[...16 lines deleted...]
-              <w:t>Қазақ тілі мен әдебиетінің ӘБ</w:t>
+          <w:p w:rsidR="00295673" w:rsidRPr="008B4B57" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>МО казахского языка и литературы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2853" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRPr="008847F4" w:rsidRDefault="008847F4" w:rsidP="00F56B60">
-[...16 lines deleted...]
-              <w:t>Жыл бойы</w:t>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB259E" w:rsidTr="00F56B60">
+      <w:tr w:rsidR="00295673" w:rsidTr="00F56B60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRPr="008B4B57" w:rsidRDefault="00B1051C" w:rsidP="00F56B60">
+          <w:p w:rsidR="00295673" w:rsidRPr="008B4B57" w:rsidRDefault="00295673" w:rsidP="00F56B60">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRPr="008847F4" w:rsidRDefault="00B1051C" w:rsidP="008847F4">
-[...40 lines deleted...]
-              <w:t xml:space="preserve"> эссе сайысы</w:t>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Конкурс эссе «Страна, которой я горжусь!»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRPr="008B4B57" w:rsidRDefault="008847F4" w:rsidP="008847F4">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Қазақ тілі мен әдебиетінің ӘБ </w:t>
+          <w:p w:rsidR="00295673" w:rsidRPr="008B4B57" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>МО казахского языка и литературы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2853" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1051C" w:rsidRPr="008847F4" w:rsidRDefault="008847F4" w:rsidP="00F56B60">
-[...16 lines deleted...]
-              <w:t>Желтоқсан</w:t>
+          <w:p w:rsidR="00295673" w:rsidRDefault="00295673" w:rsidP="00F56B60">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00295673" w:rsidRPr="00496E91" w:rsidRDefault="00295673" w:rsidP="00295673">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00295673" w:rsidRPr="00496E91" w:rsidSect="00F64431">
+    <w:p w:rsidR="00A63094" w:rsidRDefault="00A63094">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="00A63094" w:rsidSect="0089730C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00295673"/>
-    <w:rsid w:val="00067AAB"/>
-    <w:rsid w:val="000B7F27"/>
     <w:rsid w:val="00295673"/>
-    <w:rsid w:val="0048464D"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00A50B4A"/>
+    <w:rsid w:val="0089730C"/>
     <w:rsid w:val="00A63094"/>
-    <w:rsid w:val="00B1051C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FB259E"/>
+    <w:rsid w:val="00E63B68"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -4124,51 +3751,50 @@
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -4422,66 +4048,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2214</Characters>
+  <Pages>2</Pages>
+  <Words>401</Words>
+  <Characters>2291</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
+  <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2597</CharactersWithSpaces>
+  <CharactersWithSpaces>2687</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>comp5</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>