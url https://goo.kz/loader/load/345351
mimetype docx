--- v0 (2025-12-14)
+++ v1 (2025-12-15)
@@ -1,892 +1,1264 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="006535B3" w:rsidRDefault="006535B3" w:rsidP="006535B3">
-[...12 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="003520BC" w:rsidRPr="00BE2F55" w:rsidRDefault="003520BC" w:rsidP="006535B3">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Құтқарушы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003520BC" w:rsidRPr="005A0A16" w:rsidRDefault="003520BC" w:rsidP="00BE2F55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мінездемелер </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003520BC" w:rsidRPr="005A0A16" w:rsidRDefault="003520BC" w:rsidP="00BE2F55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Еңбек түрлері Қызмет көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00193FD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қорғау Адамның кәсіби бағыты-адам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00193FD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> / </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>техника</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003520BC" w:rsidRPr="005A0A16" w:rsidRDefault="003520BC" w:rsidP="00BE2F55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қызмет сферасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қауіпсіздік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> /</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00193FD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қызмет көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00193FD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> / </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003520BC" w:rsidRPr="00193FD9" w:rsidRDefault="003520BC" w:rsidP="00BE2F55">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Еңбек сферасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Адам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00193FD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> / </w:t>
+      </w:r>
       <w:r w:rsidRPr="006535B3">
-        <w:t>Характеристики</w:t>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Техника</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003520BC" w:rsidRPr="00BE2F55" w:rsidRDefault="003520BC" w:rsidP="006535B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003520BC" w:rsidRPr="005A0A16" w:rsidRDefault="003520BC" w:rsidP="000E377E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Суреттеу </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003520BC" w:rsidRPr="005A0A16" w:rsidRDefault="003520BC" w:rsidP="000E377E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Еңбек мазмұны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003520BC" w:rsidRPr="00191546" w:rsidRDefault="003520BC" w:rsidP="006535B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құтқарылушылардың кезекші экипажы үнемі толық әскери даярлықта болады және дабыл берген жағдайда бір минуттың ішінде жиналып шығуға дайын болады. оқиға болған жерге арнайы жабдықталған автокөлікпен, қысылтаяң қызметтерде құтқару операцияларын жүргізуге қажетті барлық құралдарымен шығады. Шақыру болмаған жағдйда құтқарушылар уақыттарын, жаттығу залында, спорт залында өткізеді, жабықтарды жөндейді және байқайды.</w:t>
+      </w:r>
       <w:r w:rsidRPr="006535B3">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кезекшілік арасында да олар үнемі ұялы телефонда болулары керек, демалыс уақытынан басқа, жедел жете алмайтын орындарға кетуге хақылары жоқ</w:t>
+      </w:r>
       <w:r w:rsidRPr="006535B3">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-        <w:t>–</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Егер үлкен төтенше жағдай болған жағдайда, олардың зардап шекпеулері үшін кезекші емес қызметкерлерді де шақырады</w:t>
       </w:r>
       <w:r w:rsidRPr="006535B3">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көмек көрсететін құтқарушы – ер адам мамандығы; әйелдер бұл сферада, басқару мен мәлімет жинауға байланысты мамандықты таба алады.</w:t>
+      </w:r>
       <w:r w:rsidRPr="006535B3">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...86 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құтқарушы міндетті түрде бірінші медициналық көмек көрсету ережесін есте сақтауы керек, әртүрлі жағдайларда және климатта адамдарды қалай эвакуациялау керектігін есте сақтауы керек, әртүрлі жағдайда зардап шегушілерді іздеу техникасын білуі керек, зардап шегушілерді бұзылған ғимараттан, апаттық көліктен және т.б. қалай дұрыс шығару керектігін еске түсіруі керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003520BC" w:rsidRPr="004E3686" w:rsidRDefault="003520BC" w:rsidP="000E377E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білуі керек</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003520BC" w:rsidRPr="00791CA1" w:rsidRDefault="003520BC" w:rsidP="006535B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кәсіптік жабдықты қалай ұстау керектігін, апаттар мен стихиялық құбылыс ауыртпалығында жұмыс аймағы үшін белгіленген белгілі жерлерді білуі керек, асқарпаздық дайындықтың негіздерін білу керек. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003520BC" w:rsidRPr="004E3686" w:rsidRDefault="003520BC" w:rsidP="000E377E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіптік қажет сапалар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003520BC" w:rsidRPr="008F65E9" w:rsidRDefault="003520BC" w:rsidP="008F65E9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өте жақсы физикалық дайындық</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F65E9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003520BC" w:rsidRPr="008F65E9" w:rsidRDefault="003520BC" w:rsidP="008F65E9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мықты денсаулық</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F65E9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003520BC" w:rsidRPr="008F65E9" w:rsidRDefault="003520BC" w:rsidP="008F65E9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тұрақты жүйке жүйесі</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F65E9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003520BC" w:rsidRPr="008F65E9" w:rsidRDefault="003520BC" w:rsidP="008F65E9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қатты мінез</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F65E9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003520BC" w:rsidRPr="008F65E9" w:rsidRDefault="003520BC" w:rsidP="008F65E9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ықтиярлық</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F65E9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003520BC" w:rsidRPr="008F65E9" w:rsidRDefault="003520BC" w:rsidP="008F65E9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жауаптылық</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F65E9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003520BC" w:rsidRPr="008F65E9" w:rsidRDefault="003520BC" w:rsidP="008F65E9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұқыптылық</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F65E9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003520BC" w:rsidRPr="008F65E9" w:rsidRDefault="003520BC" w:rsidP="008F65E9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қозғалыстың ширақ жұмысын басқару</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F65E9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003520BC" w:rsidRPr="008F65E9" w:rsidRDefault="003520BC" w:rsidP="008F65E9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жылдам әрекет ету</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F65E9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003520BC" w:rsidRPr="004E3686" w:rsidRDefault="003520BC" w:rsidP="000E377E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193FD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Медицин</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алық кері әсер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003520BC" w:rsidRPr="008F65E9" w:rsidRDefault="003520BC" w:rsidP="008F65E9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жүйке және психикалық аурулар</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F65E9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003520BC" w:rsidRPr="008F65E9" w:rsidRDefault="003520BC" w:rsidP="008F65E9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қозғалғыш апараттарының функцияларының бұзылуы</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F65E9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003520BC" w:rsidRPr="008F65E9" w:rsidRDefault="003520BC" w:rsidP="008F65E9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тыныс алу жүйесі мен жүрек тамырларының аурулары</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F65E9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003520BC" w:rsidRPr="008F65E9" w:rsidRDefault="003520BC" w:rsidP="008F65E9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>есту және көрудің тұрақты аурулары</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F65E9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003520BC" w:rsidRPr="008F65E9" w:rsidRDefault="003520BC" w:rsidP="008F65E9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>асқынған жұқпалы аурулар</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F65E9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003520BC" w:rsidRPr="008F65E9" w:rsidRDefault="003520BC" w:rsidP="008F65E9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>зиянды дағдылар</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F65E9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-    <w:sectPr w:rsidR="006535B3" w:rsidRPr="006535B3">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003520BC" w:rsidRPr="001A05FB" w:rsidRDefault="003520BC" w:rsidP="000E377E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E377E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мамандық алу жолдары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E377E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ҚР ТЖМ </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="003520BC" w:rsidRPr="001A05FB" w:rsidSect="00DC50BC">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0E463759"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B1CEB1EA"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="59C642E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B26EBDA2"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:useNormalStyleForList/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:useAltKinsokuLineBreakRules/>
+    <w:allowSpaceOfSameStyleInTable/>
+    <w:doNotSuppressIndentation/>
+    <w:doNotAutofitConstrainedTables/>
+    <w:autofitToFirstFixedWidthCell/>
+    <w:underlineTabInNumList/>
+    <w:displayHangulFixedWidth/>
+    <w:splitPgBreakAndParaMark/>
+    <w:doNotVertAlignCellWithSp/>
+    <w:doNotBreakConstrainedForcedTable/>
+    <w:doNotVertAlignInTxbx/>
+    <w:useAnsiKerningPairs/>
+    <w:cachedColBalance/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00682BF8"/>
+    <w:rsid w:val="00012959"/>
+    <w:rsid w:val="000E377E"/>
+    <w:rsid w:val="00191546"/>
+    <w:rsid w:val="00193FD9"/>
+    <w:rsid w:val="001A05FB"/>
+    <w:rsid w:val="003520BC"/>
+    <w:rsid w:val="00413EFC"/>
     <w:rsid w:val="00472650"/>
+    <w:rsid w:val="004911E3"/>
+    <w:rsid w:val="004E3686"/>
+    <w:rsid w:val="005451F5"/>
+    <w:rsid w:val="005A0A16"/>
     <w:rsid w:val="006535B3"/>
     <w:rsid w:val="00682BF8"/>
+    <w:rsid w:val="006D006F"/>
+    <w:rsid w:val="00791CA1"/>
     <w:rsid w:val="008F65E9"/>
+    <w:rsid w:val="00937ADE"/>
+    <w:rsid w:val="009B583C"/>
     <w:rsid w:val="00A24655"/>
+    <w:rsid w:val="00A94412"/>
+    <w:rsid w:val="00AF0851"/>
+    <w:rsid w:val="00AF403D"/>
+    <w:rsid w:val="00B739EE"/>
+    <w:rsid w:val="00BC10C2"/>
+    <w:rsid w:val="00BE2F55"/>
+    <w:rsid w:val="00BF209B"/>
+    <w:rsid w:val="00C32F2D"/>
+    <w:rsid w:val="00C95233"/>
+    <w:rsid w:val="00CA7624"/>
+    <w:rsid w:val="00D72648"/>
+    <w:rsid w:val="00DC50BC"/>
+    <w:rsid w:val="00FA121E"/>
+    <w:rsid w:val="00FC6BBF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
+  <w:uiCompat97To2003/>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...4 lines deleted...]
-  </w:shapeDefaults>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...24 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Normal" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="caption" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -955,600 +1327,314 @@
     <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00DC50BC"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="a"/>
-[...2 lines deleted...]
-    <w:uiPriority w:val="9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="006535B3"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="right"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="a"/>
-[...3 lines deleted...]
-    <w:unhideWhenUsed/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="006535B3"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="a"/>
-[...3 lines deleted...]
-    <w:unhideWhenUsed/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="006535B3"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...3 lines deleted...]
-    <w:uiPriority w:val="9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
     <w:rsid w:val="006535B3"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-[...3 lines deleted...]
-    <w:uiPriority w:val="9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
     <w:rsid w:val="006535B3"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...3 lines deleted...]
-    <w:uiPriority w:val="9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
     <w:rsid w:val="006535B3"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="a"/>
-[...234 lines deleted...]
-    <w:name w:val="Normal Table"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-[...53 lines deleted...]
-    <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="008F65E9"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1678,72 +1764,57 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal_Wordconv</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>330</Words>
-[...1 lines deleted...]
-  <Application>Microsoft Office Word</Application>
+  <Words>303</Words>
+  <Characters>1730</Characters>
+  <Application>Microsoft Office Outlook</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>0</Lines>
+  <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2213</CharactersWithSpaces>
+  <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>