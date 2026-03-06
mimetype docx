--- v0 (2025-12-15)
+++ v1 (2026-03-06)
@@ -1,792 +1,590 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00A56B9A" w:rsidRPr="00196A0D" w:rsidRDefault="00196A0D" w:rsidP="00196A0D">
+    <w:p w:rsidR="00A56B9A" w:rsidRPr="00A56B9A" w:rsidRDefault="00A56B9A" w:rsidP="00A56B9A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00196A0D">
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A56B9A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00A56B9A" w:rsidRPr="00196A0D" w:rsidRDefault="00196A0D" w:rsidP="0077524A">
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Архитектор зданий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A56B9A" w:rsidRPr="00AA63F6" w:rsidRDefault="00A56B9A" w:rsidP="00A56B9A">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00196A0D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA63F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...26 lines deleted...]
-        </w:tabs>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Характеристики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A56B9A" w:rsidRPr="00AA63F6" w:rsidRDefault="00A56B9A" w:rsidP="00AA63F6">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...39 lines deleted...]
-        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA63F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Виды труда Обслуживание / Творчество / Производство</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A56B9A" w:rsidRPr="00AA63F6" w:rsidRDefault="00A56B9A" w:rsidP="00AA63F6">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...79 lines deleted...]
-        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA63F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Проф. Направленность человек - знак / человек - художественный образ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A56B9A" w:rsidRPr="00AA63F6" w:rsidRDefault="00A56B9A" w:rsidP="00AA63F6">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...39 lines deleted...]
-        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA63F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сферы деятельности Промышленность / Строительство / Обслуживание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A56B9A" w:rsidRPr="00AA63F6" w:rsidRDefault="00A56B9A" w:rsidP="00AA63F6">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="00A56B9A" w:rsidRPr="00196A0D" w:rsidRDefault="00196A0D" w:rsidP="00A56B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA63F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сферы труда Информация / Техника / Природные ресурсы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A56B9A" w:rsidRPr="00AA63F6" w:rsidRDefault="00A56B9A" w:rsidP="00A56B9A">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00196A0D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA63F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...106 lines deleted...]
-    <w:p w:rsidR="00A56B9A" w:rsidRPr="00196A0D" w:rsidRDefault="00196A0D" w:rsidP="00196A0D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Содержание труда</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A56B9A" w:rsidRPr="00AA63F6" w:rsidRDefault="00A56B9A" w:rsidP="00A56B9A">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...40 lines deleted...]
-    <w:p w:rsidR="00A56B9A" w:rsidRPr="00196A0D" w:rsidRDefault="00196A0D" w:rsidP="00A56B9A">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA63F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Это наиболее распространенная архитектурная специализация. Работа архитектора зданий является основой для создания практически всей среды обитания человека: жилых, производственных и общественных зданий различного типа. В процессе своей работы архитектору необходимо учитывать все нюансы структуры населения, чтобы проектировать те жилища, которые наиболее необходимы для каждого населенного пункта, жилого района или квартала. Создает проект здания, выполняет его чертежи в различных проекциях, в том числе и рисунки общего вида здания. Рассчитывает возникающие нагрузки на строительные элементы здания и определяет необходимые материалы и размеры строительных элементов. Определяет конструкцию фундамента здания в зависимости от характера почвы. Проектирует оптимальные схемы подключения коммуникаций к зданию. Разнообразие проектов зданий открывает возможности для создания запоминающихся градостроительных решений или достижения высоких образцов современного зодчества. Архитектору необходимо проявить немало выдумки, изобретательности и таланта, чтобы здание отвечало своему функциональному назначению, удовлетворяло градостроительным требованиям и эстетическим критериям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A56B9A" w:rsidRPr="00AA63F6" w:rsidRDefault="00A56B9A" w:rsidP="00A56B9A">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00196A0D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA63F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...73 lines deleted...]
-    <w:p w:rsidR="00A56B9A" w:rsidRPr="00196A0D" w:rsidRDefault="00A56B9A" w:rsidP="00A56B9A">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Должен знать</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A56B9A" w:rsidRPr="00AA63F6" w:rsidRDefault="00A56B9A" w:rsidP="00A56B9A">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00196A0D">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA63F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Основы композиции и архитектуры, основы и отдельные элементы выполнения архитекторских проектов, черчения и рисования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A56B9A" w:rsidRPr="00AA63F6" w:rsidRDefault="00A56B9A" w:rsidP="00A56B9A">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA63F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Профессионально важные качества</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A56B9A" w:rsidRPr="00AA63F6" w:rsidRDefault="00A56B9A" w:rsidP="00A56B9A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA63F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>развитое эстетическое чувство;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A56B9A" w:rsidRPr="00AA63F6" w:rsidRDefault="00A56B9A" w:rsidP="00A56B9A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA63F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>высокий уровень пространственного мышления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A56B9A" w:rsidRPr="00AA63F6" w:rsidRDefault="00A56B9A" w:rsidP="00A56B9A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA63F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хорошо развитое образное мышление и воображение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A56B9A" w:rsidRPr="00AA63F6" w:rsidRDefault="00A56B9A" w:rsidP="00A56B9A">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA63F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00196A0D" w:rsidRPr="00196A0D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Медицинские противопоказания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A56B9A" w:rsidRPr="00AA63F6" w:rsidRDefault="00A56B9A" w:rsidP="00A56B9A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA63F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заболевания кистей и пальцев рук;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A56B9A" w:rsidRPr="00AA63F6" w:rsidRDefault="00A56B9A" w:rsidP="00A56B9A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA63F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>выраженные нарушения зрения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A56B9A" w:rsidRPr="00AA63F6" w:rsidRDefault="00A56B9A" w:rsidP="00AA63F6">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA63F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пути получения профессии</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA63F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA63F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ВУЗы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A56B9A" w:rsidRPr="00AA63F6" w:rsidRDefault="00A56B9A" w:rsidP="00A56B9A">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA63F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...86 lines deleted...]
-    <w:p w:rsidR="00A56B9A" w:rsidRPr="00196A0D" w:rsidRDefault="00196A0D" w:rsidP="00A56B9A">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Родственные профессии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A56B9A" w:rsidRPr="00AA63F6" w:rsidRDefault="00A56B9A" w:rsidP="00A56B9A">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...27 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA63F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Архитектор-градостроитель, архитектор ландшафтов, художник-конструктор.</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00196A0D">
-[...23 lines deleted...]
-    <w:sectPr w:rsidR="00A56B9A" w:rsidRPr="00196A0D" w:rsidSect="00AA63F6">
+    </w:p>
+    <w:sectPr w:rsidR="00A56B9A" w:rsidRPr="00AA63F6" w:rsidSect="00AA63F6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="524E468C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5C4E8714"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -1051,95 +849,96 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CA4B58"/>
-    <w:rsid w:val="00196A0D"/>
     <w:rsid w:val="006770D4"/>
-    <w:rsid w:val="0077524A"/>
-    <w:rsid w:val="007C0266"/>
     <w:rsid w:val="00A56B9A"/>
     <w:rsid w:val="00AA63F6"/>
     <w:rsid w:val="00CA4B58"/>
-    <w:rsid w:val="00D174C2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -1253,87 +1052,85 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0266"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00A56B9A"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Title"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00A56B9A"/>
     <w:pPr>
@@ -1357,100 +1154,50 @@
     <w:link w:val="a3"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00A56B9A"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00A56B9A"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="ru-RU"/>
-[...48 lines deleted...]
-      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -1681,130 +1428,52 @@
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00A56B9A"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="165101587">
-[...76 lines deleted...]
-    </w:div>
     <w:div w:id="1354186683">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="273944033">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
@@ -1838,162 +1507,58 @@
               <w:marTop w:val="0"/>
               <w:marBottom w:val="240"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="CCCCCC"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="CCCCCC"/>
                 <w:bottom w:val="dotted" w:sz="6" w:space="0" w:color="CCCCCC"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="CCCCCC"/>
               </w:divBdr>
             </w:div>
             <w:div w:id="1318146908">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="240"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="CCCCCC"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="CCCCCC"/>
                 <w:bottom w:val="dotted" w:sz="6" w:space="0" w:color="CCCCCC"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="CCCCCC"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="1443645246">
-[...101 lines deleted...]
-    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2242,54 +1807,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>282</Words>
-  <Characters>1608</Characters>
+  <Words>294</Words>
+  <Characters>1679</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1887</CharactersWithSpaces>
+  <CharactersWithSpaces>1970</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>