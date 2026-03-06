--- v0 (2025-12-24)
+++ v1 (2026-03-06)
@@ -1,3046 +1,600 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Id="pkgRId0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p w:rsidR="003B5A81" w:rsidRDefault="003B5A81" w:rsidP="003B5A81">
-[...4 lines deleted...]
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276"/>
+        <w:ind w:right="0" w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
           <w:sz w:val="52"/>
-          <w:szCs w:val="52"/>
-[...6 lines deleted...]
-          <w:bCs/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
           <w:sz w:val="52"/>
-          <w:szCs w:val="52"/>
-[...2165 lines deleted...]
-      <w:hyperlink r:id="rId4" w:history="1">
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Профессиограмма "Визажист-стилист"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="276"/>
+        <w:ind w:right="0" w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание деятельности: Визажист-Стилист</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="276"/>
+        <w:ind w:right="0" w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Чтобы стать профессиональным стилистом, потребуются знания истории становления моды, основы парикмахерского мастерства и визажа, навыки искусства создания имиджа. Естественно, что это работа для творческих людей. Такие профессионалы необходимы для работы в салонах красоты, парикмахерских и различных SPA-клубах. Стилисты участвуют в проведении фотосессий для печатных средств массовой информации, в показах моды и разнообразных проектах и телешоу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="276"/>
+        <w:ind w:right="0" w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Характеристика сотрудника:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="276"/>
+        <w:ind w:right="0" w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Работа над созданием образа – это всегда творчество. Поэтому будущему стилисту необходима креативность, эстетический вкус, художественное воображение и гибкость мышления. Этот специалист работает с людьми. Здесь не обойтись без коммуникабельности, ответственности и организаторских способностей. Обладая этими качествами, молодой стилист непременно добьётся профессионального успеха.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="276"/>
+        <w:ind w:right="0" w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Трудовые обязанности: Визажист -Стилист</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="276"/>
+        <w:ind w:right="0" w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Какие обязанности возлагаются на человека с такой интересной творческой профессией? Стилист занимается стрижкой, окраской, укладкой волос, созданием причёсок. Использует парики, накладки и декоративные элементы. Он подбирает клиенту необходимый макияж или грим, выполняет корректировку лица. Стилист занимается составлением гардероба, подбирает необходимые аксессуары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="276"/>
+        <w:ind w:right="0" w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Особенности карьерного роста:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="276"/>
+        <w:ind w:right="0" w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Многие стилисты добились известности благодаря успешному преображению своих клиентов. Поэтому профессиональный и целеустремлённый стилист всегда сможет удачно трудоустроиться. В настоящее время внешность человека часто является его визитной карточкой. Это подтверждается появлением на телеэкранах различных передач на тему преображения личности. Возросла популярность в специалистах такого профиля не только в мире шоу-бизнеса, но и в повседневной жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="276"/>
+        <w:ind w:right="0" w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Эту профессию вы можете получить в:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="276"/>
+        <w:ind w:right="0" w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП "Павлодарский колледж сферы обслуживания</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="276"/>
+        <w:ind w:right="0" w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контакты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="276"/>
+        <w:ind w:right="0" w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Email: </w:t>
+      </w:r>
+      <w:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="docRId0">
         <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
             <w:b/>
-            <w:bCs/>
             <w:color w:val="0000FF"/>
+            <w:spacing w:val="0"/>
+            <w:position w:val="0"/>
             <w:sz w:val="28"/>
-            <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:lang w:val="en-US"/>
+            <w:shd w:fill="auto" w:val="clear"/>
           </w:rPr>
-          <w:t>natapl</w:t>
+          <w:t xml:space="preserve">natapl1@mail.ru</w:t>
         </w:r>
-        <w:r w:rsidRPr="003B5A81">
-[...50 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="003B5A81">
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B5A81" w:rsidRPr="003B5A81" w:rsidRDefault="003B5A81" w:rsidP="003B5A81">
-[...184 lines deleted...]
-    </w:sectPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="276"/>
+        <w:ind w:right="0" w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Телефон:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8 (7182) 60-13-97</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="276"/>
+        <w:ind w:right="0" w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Факс:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8 (7182) 60-14-11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="276"/>
+        <w:ind w:right="0" w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Адрес:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г. Павлодар ул. Ломова 180/7</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="276"/>
+        <w:ind w:right="0" w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276"/>
+        <w:ind w:right="0" w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="52"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276"/>
+        <w:ind w:right="0" w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="52"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="276"/>
+        <w:ind w:right="0" w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-[...71 lines deleted...]
-</w:settings>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...187 lines deleted...]
-</w:styles>
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</w:webSettings>
+<file path=word/_rels/document.xml.rels><?xml version="1.0"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship TargetMode="External" Target="http://pkso.idhost.kz/default/home.html" Id="docRId0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Target="numbering.xml" Id="docRId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering"/><Relationship Target="styles.xml" Id="docRId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/></Relationships>
 </file>
-
-[...294 lines deleted...]
-</file>