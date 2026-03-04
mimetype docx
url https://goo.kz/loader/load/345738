--- v0 (2025-12-14)
+++ v1 (2026-03-04)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8222e2b" w14:textId="8222e2b">
+    <w:p w14:paraId="8cd9315" w14:textId="8cd9315">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1905000" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -77,6923 +77,6022 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасындағы мемлекеттік жастар саясаты туралы</w:t>
+        <w:t>О государственной молодежной политике в Республике Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i/>
           <w:color w:val="888888"/>
         </w:rPr>
-        <w:t>Күшін жойған</w:t>
+        <w:t>Утративший силу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының 2004 жылғы 7 шілдедегі N 581 Заңы. Күші жойылды - Қазақстан Республикасының 2015 жылғы 9 ақпандағы № 285-V Заңымен</w:t>
+        <w:t>Закон Республики Казахстан от 7 июля 2004 года N 581. Утратил силу Законом Республики Казахстан от 9 февраля 2015 года № 285-V</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Күші жойылды - ҚР 09.02.2015 </w:t>
+        <w:t xml:space="preserve">      Сноска. Утратил силу Законом РК от 09.02.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>№ 285-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t>МАЗМҰНЫ</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Вниманию пользователей!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Для удобства пользования РЦПИ создано </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ОГЛАВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Осы Заң Қазақстан Республикасындағы мемлекеттік жастар саясатын қалыптастыру мен iске асырудың құқықтық негіздерiн анықтайды. </w:t>
+        <w:t>      Настоящий Закон определяет правовые основы формирования и реализации государственной молодежной политики в Республике Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-1-тарау. Жалпы ережелер </w:t>
+Глава 1. Общие положения </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      </w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">1-бап. Осы Заңда пайдаланылатын негiзгi ұғымдар </w:t>
+        <w:t xml:space="preserve">      Статья 1. Основные понятия, используемые в настоящем Законе </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z27" w:id="2"/>
+    <w:bookmarkStart w:name="z26" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      Осы Заңда мынадай негiзгi ұғымдар пайдаланылады:</w:t>
-[...13 lines deleted...]
-      1) жастар - Қазақстан Республикасының он төрт жастан жиырма тоғыз жасқа дейiнгi азаматтары;</w:t>
+        <w:t>      В настоящем Законе используются следующие основные понятия:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) молодежь - граждане Республики Казахстан в возрасте от четырнадцати до двадцати девяти лет;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      2) жас отбасы - ерлi-зайыптылардың екеуi де жиырма тоғыз жасқа толмаған отбасы не жиырма тоғыз жасқа толмаған ата-ананың бiреуi, соның iшiнде ажырасқан, тұл қалған еркек (жесiр әйел) балаларды (баланы) тәрбиелейтiн толық емес отбасы;</w:t>
+      2) молодая семья - семья, в которой оба супруга не достигли возраста двадцати девяти лет, либо неполная семья, в которой детей (ребенка) воспитывает один из родителей, не достигший возраста двадцати девяти лет, в том числе разведенный, вдовый;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      3) мемлекеттiк жастар саясаты - мемлекет жүзеге асыратын және жастарды қолдауға бағытталған әлеуметтiк-экономикалық, саяси, ұйымдастырушылық және құқықтық шаралар жүйесi;</w:t>
+      3) государственная молодежная политика - система социально-экономических, политических, организационных и правовых мер, осуществляемых государством и направленных на поддержку молодежи;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      4) жастарға арналған әлеуметтiк инфрақұрылым - жастар  тіршiлiгiн қамтамасыз ету үшiн қажеттi объектілер (үйлер, құрылыстар, ғимараттар), сондай-ақ жастардың денсаулығын сақтау, оларға бiлiм беру, оларды тәрбиелеу, әлеуметтiк бейiмдеу, дене тәрбиесi, рухани және имандылық жағынан дамыту, жұмыспен қамтылуын қамтамасыз ету жөнiндегi қызметтi жүзеге асыратын ұйымдар жүйесi;</w:t>
+      4) социальная инфраструктура для молодежи - система необходимых для жизнеобеспечения молодежи объектов (здания, строения, сооружения), а также организаций, которые осуществляют деятельность по охране здоровья, образованию, воспитанию, социальной адаптации, физическому, духовному и нравственному развитию, обеспечению занятости молодежи;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      5) жастарға арналған әлеуметтiк қызметтер - жастарға медициналық, психологиялық-педагогикалық, құқықтық қызметтер мен материалдық көмек көрсету, олардың әлеуметтiк бейiмделуiне және оңалуына жәрдемдесу жөнiндегi ic-шараларды жүзеге асыратын коммерциялық емес ұйымдар;</w:t>
+      5) социальные службы для молодежи - некоммерческие организации, осуществляющие мероприятия по оказанию медицинских, психолого-педагогических, правовых услуг и материальной помощи, содействию социальной адаптации и реабилитации молодежи;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      6) жастар ұйымы - негiзгi мақсаты әлеуметтiк, мәдени, бiлім беру мiндеттерiн және жастардың құқықтарын, заңды мүдделерiн қорғауға бағытталған өзге де мiндеттердi шешу, рухани және өзге де қажеттiлiктерiн қанағаттандыру болып табылатын, мүшелерi (қатысушылары) жастар өкiлдерi болып табылатын </w:t>
-[...9 lines deleted...]
-        <w:t>заңды тұлғалар қауымдастығы (одағы)</w:t>
+      6) молодежная организация - некоммерческая, негосударственная организация, основной целью которой является решение социальных, культурных, образовательных и иных задач, направленных на защиту прав, законных интересов, удовлетворение духовных и иных потребностей молодежи, созданная в форме </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ассоциации (союза) юридических лиц</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>қор</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> нысанында құрылған коммерциялық емес, мемлекеттік емес ұйым;</w:t>
+        <w:t>фонда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, а также </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>общественного объединения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, членами (участниками) которого являются представители молодежи;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      7) жастар саясаты мәселелерi жөнiндегi уәкiлеттi орган (бұдан әрi - уәкiлеттi орган) - берiлген өкiлеттiктер шегiнде мемлекеттiк жастар саясатын үйлестiрудi және iске асыруды жүзеге асыратын </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      7) уполномоченный орган по вопросам молодежной политики (далее - уполномоченный орган) - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>центральный исполнительный орган</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, осуществляющий в пределах предоставленных полномочий координацию и реализацию государственной молодежной политики. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkStart w:name="z3" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      </w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">2-бап. Қазақстан Республикасының мемлекеттiк жастар </w:t>
-[...13 lines deleted...]
-              </w:t>
+        <w:t xml:space="preserve">      Статья 2. Законодательство Республики Казахстан </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">саясаты туралы заңдары </w:t>
+        <w:t xml:space="preserve">                о государственной молодежной политике </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z34" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      1. Қазақстан Республикасының мемлекеттiк жастар саясаты туралы заңдары Қазақстан Республикасының </w:t>
-[...29 lines deleted...]
-        <w:t>нормативтiк</w:t>
+        <w:t>      1. Законодательство Республики Казахстан о государственной молодежной политике основывается на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Конституции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан и состоит из настоящего Закона и иных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>нормативных</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>құқықтық</w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t>правовых</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>актiлерiнен</w:t>
-[...13 lines deleted...]
-      </w:r>
+        <w:t>актов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      2. Егер Қазақстан Республикасы бекiткен халықаралық шартта осы Заңдағыдан өзгеше ережелер белгiленсе, онда халықаралық шарттың ережелерi қолданылады. </w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Статья 3. Цели, задачи и принципы государственной </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                молодежной политики </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Государственная молодежная политика в Республике Казахстан осуществляется в целях создания социально-экономических, правовых, организационных условий и гарантий для духовного, культурного, образовательного, профессионального становления и физического развития молодежи, раскрытия ее творческого потенциала в интересах всего общества. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Задачами государственной молодежной политики в Республике Казахстан являются: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) защита прав и законных интересов молодежи; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) предоставление помощи и социальных услуг молодежи; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) реализация социально значимых инициатив молодежи. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Государственная молодежная политика Республики Казахстан основывается на принципах: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) признания интересов и потребностей молодежи как особой социально-демографической группы; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) приоритета исторических и культурных ценностей Республики Казахстан; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) сохранения и укрепления физического здоровья; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) нравственного и духовного развития; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) формирования казахстанского патриотизма; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) формирования гражданственности; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) реализации прав и свобод молодежи; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) системности и комплексности в решении проблем молодежи; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) непосредственного участия молодежи в формировании и реализации государственной молодежной политики. </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z5" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      </w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">3-бап. Мемлекеттiк жастар саясатының мақсаттары, </w:t>
-[...13 lines deleted...]
-              </w:t>
+        <w:t xml:space="preserve">      Статья 4. Компетенция государственных органов </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">мiндеттерi және принциптері </w:t>
+        <w:t xml:space="preserve">                Республики Казахстан по реализации </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                государственной молодежной политики </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z35" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      1. Қазақстан Республикасындағы мемлекеттiк жастар саясаты жастардың рухани, мәдени, бiлiм алуы, кәсiби қалыптасуы мен дене тәрбиесiн дамытуы үшiн әлеуметтiк-экономикалық, құқықтық, ұйымдастырушылық жағдайлар мен кепiлдіктер жасау, бүкiл қоғам мүддесi үшiн олардың шығармашылық әлеуетiн ашу мақсатында жүзеге асырылады.</w:t>
-[...316 lines deleted...]
-      9) мемлекеттiк жастар саясатын қалыптастыру мeн iскe acыруға жастардың тiкелей қатысуы принциптерiне негiзделедi. </w:t>
+        <w:t xml:space="preserve">      1. Правительство Республики Казахстан: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) разрабатывает государственную молодежную политику; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>исключен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) утверждает функции, полномочия и структуру </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>уполномоченного органа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) принимает нормативные правовые акты в области государственной молодежной политики; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>создает</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> консультативно-совещательный орган по реализации государственной молодежной политики;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6) выполняет иные функции, возложенные на него </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Конституцией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Уполномоченный орган: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) реализует государственную молодежную политику; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) координирует деятельность центральных и местных исполнительных органов Республики Казахстан в области государственной молодежной политики; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>исключен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) разрабатывает нормативные правовые акты в области государственной молодежной политики; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) в пределах своей компетенции осуществляет международное сотрудничество в области молодежной политики; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) организует информационное и научное обеспечение деятельности по реализации государственной молодежной политики; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">исключен Законом РК от 13.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 159-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      8) осуществляет иные полномочия, предусмотренные настоящим Законом, иными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Иные центральные исполнительные органы в пределах своей компетенции: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) обеспечивают реализацию государственной молодежной политики; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>исключен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) разрабатывают нормативные правовые акты в области государственной молодежной политики;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) осуществляют иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Местные представительные органы в пределах своей компетенции: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>исключен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) заслушивают отчеты руководителей местных исполнительных органов и организаций о состоянии реализации государственной молодежной политики;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) осуществляют в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан иные полномочия по обеспечению прав и законных интересов граждан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Местные исполнительные органы в пределах своей компетенции: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) обеспечивают реализацию государственной молодежной политики в регионах; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>исключен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) создают и обеспечивают деятельность консультативно-совещательных органов по реализации государственной молодежной политики в регионах;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) осуществляют в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 4 с изменениями, внесенными законами РК от 05.07.2011</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 452-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие с 13.10.2011); от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 13.01.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 159-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z6" w:id="7"/>
+    <w:bookmarkStart w:name="z6" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b w:val="false"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...15 lines deleted...]
-              </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+Глава 2. Основные направления государственной </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">құзыреті </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">
+молодежной политики в Республике Казахстан </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z47" w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z7" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      1. Қазақстан Республикасының Үкiметi:</w:t>
-[...25 lines deleted...]
-        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b w:val="false"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Статья 5. Основные направления государственной </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b w:val="false"/>
-[...941 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                молодежной политики </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z7" w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b/>
-[...17 lines deleted...]
-саясатының негізгі бағыттары </w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Основными направлениями государственной молодежной политики в Республике Казахстан являются: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) обеспечение соблюдения прав и свобод молодежи; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) обеспечение гарантий в сфере труда и занятости молодежи; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) содействие предпринимательской деятельности молодежи; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) государственная поддержка молодых семей; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) обеспечение условий для реализации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>конституционного права</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на получение бесплатного основного среднего, общего среднего образования молодежью; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) обеспечение условий для воспитания и всестороннего образования молодежи; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) обеспечение гарантий прав и социальной защиты молодежи - инвалидов и воспитанников детских домов; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) обеспечение условий для патриотического и гражданского становления молодежи; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) обеспечение условий для развития национальной культуры и языка у молодежи; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) обеспечение охраны здоровья молодежи, формирование ее здорового образа жизни; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) обеспечение социальной помощи молодежи, нуждающейся в социальной поддержке; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12) обеспечение условий для культурного досуга и отдыха молодежи; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13) государственная поддержка талантливой молодежи; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14) сотрудничество уполномоченных государственных органов по осуществлению молодежной политики с молодежными некоммерческими организациями; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15) содействие международному сотрудничеству молодежи. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 5 с изменениями, внесенными Законом РК от 27 июля 2007 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z8" w:id="10"/>
+    <w:bookmarkStart w:name="z8" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        Статья 6. Социальные права молодежи </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В Республике Казахстан молодежь имеет следующие социальные права: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) на бесплатное медицинское обслуживание в государственных медицинских учреждениях в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) на бесплатное основное среднее, общее среднее образование в государственных учебных заведениях, а также на техническое и профессиональное, послесреднее, высшее образование на основе государственного образовательного заказа в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) на посещение государственных спортивно-оздоровительных и культурно-просветительных организаций на льготных условиях по решению органов местного государственного управления; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) на льготный проезд на общественном транспорте (кроме такси) для обучающихся и воспитанников организаций образования очной формы обучения по решению местных представительных органов; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">5-бап. Мемлекеттік жастар саясатының негізгі бағыттары </w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Примечание РЦПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Подпункт 5) вводится в действие с 01.01.2005.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) на льготный проезд в период зимних и летних каникул на междугородном железнодорожном и автомобильном транспорте (кроме такси) для обучающихся на основе государственного образовательного заказа в организациях образования послесреднего и высшего образования из числа молодежи в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) на получение социальных услуг в виде консультаций по правовым, психологическим, педагогическим вопросам, а также вопросам семейного и полового воспитания; услуг по реабилитации инвалидов, уволенных с воинской службы военнослужащих, лиц, освобожденных из мест лишения свободы, вернувшихся из специальных организаций образования и организаций образования с особым режимом содержания, лиц, прошедших лечение от наркомании, токсикомании, алкоголизма, лиц, инфицированных вирусом иммунодефицита человека, и больных СПИДом; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      7) на получение государственной адресной социальной помощи в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      8) на получение ежемесячной государственной стипендии для обучающихся в организациях образования по государственному образовательному гранту в размере и порядке, устанавливаемых </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      9) на получение обучающимися образовательного гранта для оплаты профессионального образования и на частичное покрытие расходов на питание, проживание и приобретение учебной литературы в период обучения в высших учебных заведениях в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      10) для граждан из числа сельской молодежи при поступлении на учебу в организации образования, реализующие профессиональные учебные программы технического и профессионального, послесреднего и высшего образования, на специальности, определяющие социально-экономическое развитие села, предусматривается квота приема в количестве, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>определяемом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительством Республики Казахстан. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 6 с изменениями, внесенными з</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аконами РК от 22.05.2007 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 255</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие со дня его официального опубликования); от 27.07.2007 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 23.11.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 354-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); Конституционным Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 121-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z68" w:id="11"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z9" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      Қазақстан Республикасындағы мемлекеттiк жастар саясатының негізгі бағыттары:</w:t>
-[...25 lines deleted...]
-        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b w:val="false"/>
-[...414 lines deleted...]
-        <w:t xml:space="preserve"> қараңыз) Заңымен. </w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Статья 7. Политические права и свободы молодежи </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z9" w:id="12"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">6-бап. Жастардың әлеуметтік құқықтары </w:t>
+        <w:t>      Молодежь Республики Казахстан имеет все политические права и свободы, предусмотренные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Конституцией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и другими законодательными актами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z83" w:id="13"/>
+    <w:bookmarkStart w:name="z10" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      Қазақстан Республикасында жастардың:</w:t>
-[...45 lines deleted...]
-        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b w:val="false"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес мемлекеттiк оқу орындарында тегiн негізгі орта, жалпы орта білім алуға, сондай-ақ мемлекеттік бiлiм беру тапсырысы негiзiнде техникалық және кәсіптік, орта білімнен кейінгі, жоғары бiлiм алуға;</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Статья 8. Гарантии в сфере труда и занятости, </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b w:val="false"/>
-[...432 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Конституциялық заңымен.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                содействие решению жилищных проблем молодежи </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z10" w:id="14"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">      1. Государственная молодежная политика в Республике Казахстан в сфере труда и занятости осуществляется посредством: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) развития общественных работ для молодежи; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>исключен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) организационной поддержки субъектов хозяйственной деятельности, создающих рабочие места для молодежи; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) создания и организации деятельности молодежных трудовых объединений в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан о труде, в том числе на базе учебных заведений. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Молодежи Республики Казахстан гарантируется: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) содействие в трудоустройстве, профессиональной подготовке, повышении квалификации; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) содействие в предоставлении рабочего места в государственных организациях или организациях, в уставном капитале которых доля государства составляет более пятидесяти процентов; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) содействие в обеспечении доступности для молодых людей, являющихся инвалидами, программ обучения, переподготовки и стажировки в высших учебных заведениях, в том числе посредством дистанционного обучения. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Решение жилищных проблем молодежи осуществляется в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">7-бап. Жастардың саяси құқықтары мен бостандықтары </w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Статья 8 с изменением, внесенным Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z11" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      Қазақстан Республикасының жастары Қазақстан Республикасының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> және басқа да заң актілерінде көзделген барлық саяси құқықтарға және бостандықтарға ие болады. </w:t>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Статья 9. Государственная поддержка предпринимательской </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                деятельности, осуществляемой молодежью </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="15"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-[...58 lines deleted...]
-        <w:t xml:space="preserve">шешуге жәрдемдесу </w:t>
+        <w:t xml:space="preserve">      1. Отношения, связанные с предпринимательской деятельностью, осуществляемой молодежью, регулируются законодательством Республики Казахстан и настоящим Законом. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Республика Казахстан устанавливает систему мер по социально-экономической, организационной и правовой поддержке предпринимательской деятельности молодежи. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. К лицам, осуществляющим предпринимательскую деятельность на территории Республики Казахстан и пользующимся государственной поддержкой в сфере молодежной политики, относятся: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) молодежь, занимающаяся предпринимательской деятельностью без образования юридического лица; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) крестьянские или фермерские хозяйства, организованные молодежью; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) организации, в которых не менее семидесяти процентов от общей численности работников составляет молодежь, являющаяся их учредителем. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Государственная поддержка предпринимательской деятельности молодежи осуществляется посредством: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) содействия центральных и местных исполнительных органов Республики Казахстан в организации предпринимательской деятельности молодежи на учебно-производственной базе учебных заведений, реализующих профессиональные учебные программы технического и профессионального, послесреднего, высшего, послевузовского и дополнительного образования; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) вовлечения социально незащищенных слоев населения из числа молодежи в предпринимательскую деятельность; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) обучения молодежи основам предпринимательской деятельности, развития сотрудничества между учебными заведениями и работодателями на договорной основе; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>исключен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) сотрудничества государственных органов с лицами, указанными в пункте 3 настоящей статьи, в целях заключения соглашений на выполнение определенных работ (услуг). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Государство поощряет предпринимателей, способствующих обеспечению занятости молодежи в различных областях промышленности и сельского хозяйства, науки и техники, культуры и искусства, образования, здравоохранения, а также оказанию социальных услуг для населения. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 9 с изменениями, внесенными законами РК от 27.07.2007 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 24.03.2011 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 420-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z93" w:id="16"/>
+    <w:bookmarkStart w:name="z12" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      1. Қазақстан Республикасындағы мемлекеттiк жастар саясаты еңбек және жұмыспен қамту саласында:</w:t>
-[...25 lines deleted...]
-        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b w:val="false"/>
-[...283 lines deleted...]
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Статья 10. Государственная поддержка молодых семей </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z12" w:id="17"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-[...34 lines deleted...]
-        <w:t xml:space="preserve">мемлекеттік қолдау </w:t>
+        <w:t>      1. Государственная поддержка молодых семей, направленная на оказание материальной и иной помощи в решении социально-экономических проблем, оказание соответствующих образовательных, медицинских, правовых, психолого-педагогических, информационных, консультативных и других услуг, в том числе по обеспечению охраны здоровья, воспитания и развития детей, социальной защиты, адаптации и реабилитации молодежи, осуществляется в соответствии с документами </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Системы государственного планирования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В целях создания благоприятных условий для развития молодых семей государственная поддержка осуществляется посредством: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) предоставления молодым семьям льготных кредитов в соответствии с законодательством Республики Казахстан; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) предоставления по согласованию с администрацией учебного заведения для родителей из числа молодежи, являющихся обучающимися, права на свободное посещение учебных занятий, получение академического отпуска на период достижения ребенком возраста полутора лет; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) развития системы консультирования по проблемам семейной жизни, психолого-педагогическим, правовым и другим вопросам молодых семей;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) развития системы некоммерческих организаций, предоставляющих социальные услуги, социальную помощь; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) сохранения и развития системы организации летнего отдыха и оздоровления детей и молодежи; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6) предоставления молодой семье в порядке, предусмотренном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, жилого помещения комнатного типа в общежитии организации образования на период обучения в высших учебных заведениях и организациях послесреднего образования; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) развития системы государственных дошкольных организаций. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 10 с изменениями, внесенными законами РК от 27.07.2007 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z101" w:id="18"/>
+    <w:bookmarkStart w:name="z13" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      1. Жастар жүзеге асыратын кәсіпкерлік қызметке байланысты қатынастар Қазақстан Республикасының заңдарымен және осы Заңмен реттеледi.</w:t>
-[...25 lines deleted...]
-        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b w:val="false"/>
-[...378 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Статья 11. Государственная поддержка талантливой молодежи </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z13" w:id="19"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">10-бап. Жас отбасыларды мемлекеттiк қолдау </w:t>
+        <w:t xml:space="preserve">      1. В целях сохранения и развития интеллектуального и творческого потенциала общества, обеспечения преемственности научных, культурных традиций Республики Казахстан осуществляется система мер по поддержке талантливых и одаренных представителей молодежи и созданию условий для их плодотворной деятельности. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Государственная поддержка талантливой молодежи оказывается государственными органами Республики Казахстан и осуществляется посредством: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) установления премий, стипендий, предоставления образовательных грантов для талантливой молодежи в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) содействия в создании творческих мастерских, школ и объединений выдающих деятелей науки, культуры и искусства; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) организации деятельности спортивных секций и творческих кружков в организациях среднего образования; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) создания и развития центров по выявлению особоодаренной и талантливой молодежи; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) организации и проведения конкурсов, выставок, фестивалей, смотров, концертов, симпозиумов, чтений, конференций и семинаров с целью выявления и распространения творческих достижений молодежи, организации международных молодежных обменов; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обеспечения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> доступа на конкурсной основе одаренной и талантливой молодежи к программам обучения, переподготовки и стажировки в образовательных и научно-исследовательских организациях зарубежных стран; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) создания условий молодым ученым, деятелям культуры, искусства и образования для проведения научно-культурной работы, содействия практическому внедрению разработок молодых ученых, а также сохранения и развития интеллектуальных кадровых ресурсов из числа молодежи; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) развития сети спортивных школ, клубов, поддержки одаренных в спорте молодых спортсменов, проведения спортивных соревнований среди молодежи; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) морального поощрения физических и юридических лиц, оказывающих поддержку талантливой молодежи. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 11 с изменениями, внесенными Законом РК от 27 июля 2007 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ст.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z112" w:id="20"/>
+    <w:bookmarkStart w:name="z14" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      1. Әлеуметтік-экономикалық проблемаларды шешуде материалдық және өзге де көмек көрсетуге, тиісті білім беру, медициналық, құқықтық, психологиялық-педагогикалық, ақпараттық, консультациялық және басқа да қызметтер, оның ішінде денсаулық сақтауды, балаларды тәрбиелеу мен дамытуды, жастарды әлеуметтік қорғауды, бейімдеу мен оңалтуды қамтамасыз ету бойынша қызметтер көрсетуге бағытталған жас отбасыларды мемлекеттік қолдау Қазақстан Республикасы </w:t>
-[...31 lines deleted...]
-        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b w:val="false"/>
-[...19 lines deleted...]
-      1) Қазақстан Республикасының заңдарына сәйкес жас отбасыларына жеңiлдiктi кредиттер беру;</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Статья 12. Содействие международному сотрудничеству </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b w:val="false"/>
-[...234 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 молодежи </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Государственные органы Республики Казахстан оказывают содействие международному сотрудничеству молодежи путем: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) заключения и реализации соглашений о молодежных международных обменах, включения молодежи в систему международных программ; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) оказания помощи организаторам и участникам международных молодежных обменов в получении информации, разработке документов и подборе партнеров в сфере международного сотрудничества молодежи. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. Содействие международному сотрудничеству молодежи осуществляется на основе </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законодательства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z14" w:id="21"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z15" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b w:val="false"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">11-бап. Талантты жастарды мемлекеттiк қолдау </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+Глава 3. Формирование и реализация государственной </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+молодежной политики </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z119" w:id="22"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z16" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      1. Қоғамның зияткерлiк және шығармашылық әлеуетiн сақтау және дамыту, Қазақстан Республикасының ғылыми, мәдени дәстүрлерiнiң сабақтастығын қамтамасыз ету мақсатында жастардың талантты және дарынды өкiлдерiн қолдау және олардың жемiстi қызметi үшiн жағдайлар жасау жөнiндегі шаралар жүйесi жүзеге асырылады.</w:t>
-[...25 lines deleted...]
-        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b w:val="false"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> белгiленген тәртiппен талантты жастар үшін сыйлықақылар, стипендиялар белгiлеу, білім беру гранттарын беру;</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Статья 13. Финансовое обеспечение государственной </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b w:val="false"/>
-[...264 lines deleted...]
-        <w:t xml:space="preserve"> қараңыз) Заңымен. </w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 молодежной политики </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z15" w:id="23"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">      1. Государственная молодежная политика в Республике Казахстан финансируется за счет: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) средств республиканского и местных бюджетов; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) добровольных имущественных взносов физических и юридических лиц; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) иных источников, не запрещенных законодательством Республики Казахстан. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В республиканском и местных бюджетах ежегодно предусматриваются средства для реализации государственной молодежной политики. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Расчетный объем финансовых средств определяется с учетом материальных и финансовых ресурсов, необходимых для реализации  государственной молодежной политики в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Финансирование мероприятий в рамках реализации государственной молодежной политики может осуществляться в форме государственного социального заказа в порядке, определяемом </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b/>
-[...28 lines deleted...]
-        <w:t xml:space="preserve">жәрдемдесу </w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Статья 13 с изменением, внесенным Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z129" w:id="24"/>
+    <w:bookmarkStart w:name="z17" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      1. Қазақстан Республикасының мемлекеттiк органдары халықаралық жастар ынтымақтастығына:</w:t>
-[...25 lines deleted...]
-        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      2) жастардың халықаралық ынтымақтастығы саласында халықаралық жастар алмасуларының ұйымдастырушылары мен қатысушыларына ақпаратты алуға, құжаттарды әзiрлеуге және әрiптестердi iрiктеуге көмек көрсету жолымен жәрдем көрсетедi.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Статья 14. Участие молодежи в формировании и реализации </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b w:val="false"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> негiзiнде жүзеге асырылады. </w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 государственной молодежной политики </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 в Республике Казахстан </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z16" w:id="25"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b/>
-[...17 lines deleted...]
-және іске асыру </w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Молодежь участвует в формировании и проведении государственной молодежной политики в Республике Казахстан посредством реализации общественно значимых инициатив, обращений в центральные и местные исполнительные органы, взаимодействия молодежных организаций с указанными органами, а также в иных формах, не запрещенных законодательством Республики Казахстан. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Вносимые молодежью, молодежными организациями в государственные органы предложения по реализации государственной молодежной политики рассматриваются государственными органами в соответствии с их полномочиями и в порядке, определяемом законодательством Республики Казахстан. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае, если для рассмотрения указанных предложений необходимы расчеты финансовых средств, сбор информации, разработка проектов документов, государственные органы осуществляют информационную помощь и проводят консультации с уполномоченными представителями молодежных организаций и молодежи, вносящих указанные предложения. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Государственные органы вправе привлекать молодежные организации с их согласия для консультаций и координации действий в области формирования и реализации государственной молодежной политики в Республике Казахстан. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      В рамках осуществления мероприятий по реализации государственной молодежной политики молодежные организации вправе  сотрудничать с государственными органами, а их уполномоченные представители – входить в состав консультативно-совещательных органов по реализации государственной молодежной политики.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. В целях привлечения молодежи к формированию и реализации государственной молодежной политики уполномоченный орган совместно с молодежными организациями Республики Казахстан не реже одного раза в два года созывает общереспубликанский форум молодежи Казахстана - форум уполномоченных представителей молодежи и молодежных организаций Республики Казахстан. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Порядок проведения общереспубликанского форума молодежи Казахстана, нормы представительства устанавливаются </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>положением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об общереспубликанском форуме молодежи Казахстана, утверждаемым Правительством Республики Казахстан по представлению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>уполномоченного органа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>консультативно-совещательного органа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по реализации государственной молодежной политики при Правительстве Республики Казахстан. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Общереспубликанский форум молодежи Казахстана в пределах своей компетенции может принимать обращения к молодежи, вырабатывать рекомендации о формировании и реализации государственной молодежной политики Республики Казахстан. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Статья 14 с изменением, внесенным Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 124-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z17" w:id="26"/>
+    <w:bookmarkStart w:name="z18" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      </w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">13-бап. Мемлекеттiк жастар саясатын қаржымен </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">қамтамасыз ету </w:t>
+        <w:t xml:space="preserve">       Статья 15. Социальные службы для молодежи </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z132" w:id="27"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      1. Қазақстан Республикасындағы мемлекеттiк жастар саясаты:</w:t>
-[...147 lines deleted...]
-        <w:t xml:space="preserve"> белгiленген тәртiппен мемлекеттiк әлеуметтiк тапсырыс нысанында жүзеге асырылуы мүмкiн.</w:t>
+        <w:t xml:space="preserve">      1. В целях социальной поддержки молодежи в Республике Казахстан социальные службы осуществляют деятельность. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Направлениями деятельности социальных служб являются: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) осуществление психолого-педагогической, медико-социальной, юридической помощи и консультирование несовершеннолетних и других представителей молодежи; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) социальная помощь лицам, оказавшимся в особо неблагоприятных условиях в силу их физических недостатков; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) социальная помощь молодым семьям; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) правовая защита молодежи в трудовых и учебных коллективах; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) социальная помощь несовершеннолетним лицам с девиантным поведением, безнадзорным и беспризорным несовершеннолетним гражданам; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) социальное восстановление (реабилитация) лиц из числа молодежи, освобожденных из мест лишения свободы, а также вернувшихся из специальных организаций образования и организаций образования с особым режимом содержания, лиц, прошедших лечение от наркомании, токсикомании, алкоголизма, лиц, инфицированных вирусом иммунодефицита человека, и больных СПИДом; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) правовая пропаганда, информирование молодежи о возможности реализации ее прав в сферах трудоустройства, образования и профессиональной подготовки, досуга, туризма и спорта; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) организация содержательного досуга молодежи по месту жительства, в том числе открытие и поддержка подростковых и молодежных дворовых клубов, и другие функции по оказанию помощи молодежи; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) оказание содействия трудоустройству и занятости молодежи. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Финансирование деятельности социальных служб для молодежи осуществляется за счет средств государственного бюджета, предусмотренных для реализации государственной молодежной политики, а также иных, не запрещенных законодательством Республики Казахстан источников. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Социальные услуги, оказываемые социальными службами для молодежи, в рамках деятельности, финансируемой за счет средств государственного бюджета, предоставляются бесплатно. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ескерту. 13-бапқа өзгеріс енгізілді - ҚР 03.07.2013 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+        <w:t xml:space="preserve">Сноска. Статья 15 с изменением, внесенным Законом РК от 23.11.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 354-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z18" w:id="28"/>
+    <w:bookmarkStart w:name="z19" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      </w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">14-бап. Қазақстан Республикасындағы мемлекеттiк </w:t>
-[...13 lines deleted...]
-               </w:t>
+        <w:t xml:space="preserve">       Статья 16. Информационное обеспечение и научное </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">жастар саясатын қалыптастыруға және iске </w:t>
-[...13 lines deleted...]
-               </w:t>
+        <w:t xml:space="preserve">                 обоснование государственной молодежной </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">асыруға жастардың қатысуы </w:t>
+        <w:t xml:space="preserve">                 политики в Республике Казахстан </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z137" w:id="29"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      1. Жастар Қазақстан Республикасында мемлекеттiк жастар саясатын қалыптастыруға және жүргiзуге қоғамдық жағынан маңызды бастамаларды iске асыру, орталық және жергiлiктi атқарушы органдарға өтiнiш жасау, жастар ұйымдарының аталған органдармен өзара iс-қимыл жасауы арқылы, сондай-ақ Қазақстан Республикасының заңдарында тыйым салынбаған өзге де нысандарда қатысады.</w:t>
-[...190 lines deleted...]
-      5. Жалпы республикалық Қазақстан жастары форумы өз құзыретi шегiнде жастарға үндеу қабылдай алады, Қазақстан Республикасының мемлекеттiк жастар саясатын қалыптастыру және iске асыру туралы ұсынымдар әзiрлей алады.</w:t>
+        <w:t xml:space="preserve">      1. Государственные органы осуществляют деятельность по информационному обеспечению государственной молодежной политики в Республике Казахстан, информированию молодежи о возможностях реализации прав на охрану здоровья, образование, социальное обслуживание, профессиональную ориентацию, трудоустройство, отдых, социальную реабилитацию, поддержку молодых семей, о формах сотрудничества с молодежными организациями и реализации других прав в области государственной молодежной политики в Республике Казахстан. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В этих целях обеспечиваются условия для расширения информационного обслуживания молодежи посредством создания информационных систем, центров информации для молодежи, осуществляется сотрудничество с представителями средств массовой информации. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Государственные органы обязаны информировать молодежь, молодежные организации через средства массовой информации о планируемых и осуществляемых мероприятиях по реализации государственной молодежной политики. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. Государственные органы в соответствии со своей компетенцией организуют научные исследования по проблемам государственной  молодежной политики в Республике Казахстан. Указанные исследования осуществляются на долговременной основе.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. На основании результатов исследований в области государственной молодежной политики в Республике Казахстан уполномоченный орган ежегодно разрабатывает и представляет Правительству Республики Казахстан доклад о положении молодежи в Республике Казахстан и публикует его в средствах массовой информации. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Доклад о положении молодежи в Республике Казахстан рассматривается центральными и местными государственными органами в пределах их компетенции для принятия соответствующих решений. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ескерту. 14-бапқа өзгеріс енгізілді - ҚР 03.07.2013 </w:t>
+        <w:t xml:space="preserve">Сноска. Статья 16 с изменением, внесенным Законом РК от 03.07.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>№ 124-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z19" w:id="30"/>
+    <w:bookmarkStart w:name="z20" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      </w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">15-бап. Жастарға арналған әлеуметтiк қызметтер </w:t>
+        <w:t xml:space="preserve">       Статья 17. Социальная инфраструктура для молодежи </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z141" w:id="31"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      1. Қазақстан Республикасында жастарды әлеуметтiк қолдау мақсатында әлеуметтік қызметтер жұмыс атқарады.</w:t>
-[...321 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t xml:space="preserve">      1. Государственные органы в соответствии с законодательством Республики Казахстан обеспечивают создание и функционирование объектов социальной инфраструктуры для молодежи. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Порядок принятия государственными органами решений об изменении назначения, о ликвидации объектов социальной инфраструктуры для молодежи предусматривает мероприятия по оценке специально созданной экспертной комиссией соответствующего государственного органа или органов последствий принятия таких решений для обеспечения жизнедеятельности, образования и воспитания, физического, духовного и нравственного развития молодежи. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Имущество, являющееся государственной собственностью (в том числе земельные участки, здания, строения, сооружения, оборудование), создание, приобретение или обособление которого связаны с обеспечением функционирования объектов социальной инфраструктуры для молодежи, может использоваться только в соответствии с указанными целями. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае, если в силу возникших обстоятельств указанное имущество не может использоваться в целях обеспечения функционирования объектов социальной инфраструктуры для молодежи, решение о его использовании в иных целях принимается соответствующим уполномоченным государственным органом с условием предварительного принятия мер, направленных на компенсацию потери объекта социальной инфраструктуры для молодежи. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4. Государственные органы в порядке, установленном законодательными актами Республики Казахстан, вправе передавать молодежным организациям в безвозмездное пользование здания, сооружения и иное, необходимое для осуществления их уставных целей имущество.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Порядок функционирования объектов социальной инфраструктуры для молодежи, находящихся в государственной собственности, меры их материальной и финансовой поддержки определяются законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z20" w:id="32"/>
+    <w:bookmarkStart w:name="z21" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b w:val="false"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...49 lines deleted...]
-        <w:t xml:space="preserve">негіздеу </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+Глава 4. Заключительные положения </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z152" w:id="33"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z22" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      1. Мемлекеттік органдар Қазақстан Республикасындағы мемлекеттiк жастар саясатын ақпараттық қамтамасыз ету, денсаулығын сақтауға, бiлім алуға, әлеуметтiк қызметке, кәсiптiк бағдар алуға, жұмысқа орналасуға, демалуға, әлеуметтiк оңалуға, жас отбасыларын қолдауға құқықтарын іске асыру мүмкiндiктерi туралы, жастар ұйымдарымен ынтымақтастық нысандары және Қазақстан Республикасындағы мемлекеттiк жастар саясаты саласындағы басқа да құқықтарды iске асыру туралы жастарды хабардар ету жөнiндегi қызметтi жүзеге асырады. </w:t>
-[...53 lines deleted...]
-        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b w:val="false"/>
-[...63 lines deleted...]
-        <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Статья 18. Ответственность за нарушение </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 законодательства Республики Казахстан </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 о государственной молодежной политике </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z21" w:id="34"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">17-бап. Жастарға арналған әлеуметтік инфрақұрылым </w:t>
+        <w:t xml:space="preserve">      Лица, виновные в нарушении законодательства Республики Казахстан о государственной молодежной политике, несут ответственность в соответствии с законами Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z154" w:id="35"/>
+    <w:bookmarkStart w:name="z23" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      1. Мемлекеттiк органдар Қазақстан Республикасының заңдарына сәйкес жастарға арналған әлеуметтік инфрақұрылым объектiлерiн құруды және оның жұмыс iстеуiн қамтамасыз етедi.</w:t>
-[...25 lines deleted...]
-        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b w:val="false"/>
-[...19 lines deleted...]
-      Егер туындаған мән-жайларға байланысты аталған мүлiктi жастарға арналған әлеуметтiк инфрақұрылым объектiлерiнiң жұмыс iстеуiн қамтамасыз ету мақсатында пайдалану мүмкiн болмаса, оны өзге мақсаттарда пайдалану туралы шешiмдi тиiстi уәкiлеттi мемлекеттiк орган жастарға арналған әлеуметтiк инфрақұрылым объектiсiнiң шығынын өтеуге бағытталған шараларды алдын ала қолдану шартымен қабылдайды.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Статья 19. Применение законодательства </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b w:val="false"/>
-[...30 lines deleted...]
-      5. Жастарға арналған мемлекеттiң меншiгiндегi әлеуметтiк инфрақұрылым объектiлерiнiң жұмыс iстеу тәртiбi, оны материалдық және қаржылай қолдау шаралары Қазақстан Республикасының заңдарымен айқындалады. </w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  Республики Казахстан </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z22" w:id="36"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b/>
-[...4 lines deleted...]
-4-тарау. Қорытынды ережелер </w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Законодательство Республики Казахстан, действующее на момент вступления в силу настоящего Закона, применяется в части, не противоречащей ему, и в течение одного года со дня введения его в действие должно быть приведено в соответствие с ним. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z23" w:id="37"/>
+    <w:bookmarkStart w:name="z24" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      </w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">18-бап. Мемлекеттік жастар саясаты туралы Қазақстан </w:t>
-[...47 lines deleted...]
-        <w:t xml:space="preserve">жауаптылық </w:t>
+        <w:t xml:space="preserve">       Статья 20. Порядок введения в действие настоящего Закона </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Мемлекеттiк жастар саясаты туралы Қазақстан Республикасы заңдарының бұзылуына кiнәлi тұлғалар Қазақстан Республикасының заңдарына сәйкес жауапты болады. </w:t>
-[...135 lines deleted...]
-      2) Қазақ ССР Жоғарғы Советiнiң "Қазақ CCP-iндегi мемлекеттiк жастар саясаты туралы" Қазақ CCP Заңын күшiне енгiзу туралы" 1991 жылғы 28 маусымдағы қаулысы (Қазақ ССР Жоғарғы Советiнiң Ведомостары, 1991 ж., N 28, 378-құжат). </w:t>
+        <w:t xml:space="preserve">      1. Настоящий Закон вводится в действие со дня его официального опубликования, за исключением подпункта 5) статьи 6, который вводится в действие с 1 января 2005 года. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Признать утратившими силу: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахской ССР от 28 июня 1991 г. "О государственной молодежной политике в Казахской ССР" (Ведомости Верховного Совета Казахской ССР, 1991 г., N 28, ст. 377; Ведомости Верховного Совета Республики Казахстан, 1994 г., N 9-10, ст. 158; 1995 г., N 20, ст. 120; Ведомости Парламента Республики Казахстан, 1997 г., N 13-14, ст. 205); </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Постановление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Верховного Совета Казахской ССР от 28 июня 1991 г. "О введении в действие Закона Казахской ССР "О государственной молодежной политике в Казахской ССР" (Ведомости Верховного Совета Казахской ССР, 1991 г., N 28, ст. 378). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
+        <w:t xml:space="preserve">      Президент </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Президентi </w:t>
+        <w:t xml:space="preserve">Республики Казахстан </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК
+					© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict>
         <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
           <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
           <w10:wrap type="square"/>
         </v:rect>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>