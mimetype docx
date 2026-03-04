--- v0 (2025-12-14)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1a82571" w14:textId="1a82571">
+    <w:p w14:paraId="0632114" w14:textId="0632114">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1905000" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -75,340 +75,342 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Педагогика кадрларының біліктілігін арттыру курстарын ұйымдастыру және жүргізу қағидаларын бекіту туралы</w:t>
+        <w:t>Об утверждении правил организации и проведения курсов повышения квалификации педагогических кадров</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2016 жылы 9 наурызда № 13420 болып тіркелді.</w:t>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 28 января 2016 года № 95. Зарегистрирован в Министерстве юстиции Республики Казахстан 9 марта 2016 года № 13420.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының 5-бабының 38-1) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес </w:t>
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>подпунктом 38-1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 27 июля 2007 года "Об образовании" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>БҰЙЫРАМЫН:</w:t>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса беріліп отырған педагогика кадрларының біліктілігін арттыру курстарын ұйымдастыру және жүргізу </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бекітілсін.</w:t>
+      1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации и проведения курсов повышения квалификации педагогических кадров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      2. Мектепке дейінгі және орта білім, ақпараттық технологиялар департаменті (Ж.А. Жонтаева) заңнамада белгіленген тәртіппен:</w:t>
+      2. Департаменту дошкольного и среднего образования, информационных технологий (Жонтаева Ж.А.) в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) в течение десяти календарных дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан его направление на официальное опубликование в периодических печатных изданиях и в информационно-правовой системе "Әділет", а также в Республиканское государственное предприятие на праве хозяйственного введения "Республиканский центр правовой информации Министерства юстиции Республики Казахстан" для размещения в Эталонном контрольном банке нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) пункта 2 настоящего приказа.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+        <w:t xml:space="preserve">
+      3. Признать утратившим силу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра образования и науки Республики Казахстан "Об утверждении Инструкции по организации повышения квалификации педагогических кадров" от 09 июля 2015 года № 447 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов 11 августа 2015 года под № 11861, опубликованный в информационно-правовой системе "Әділет" 21 августа 2015 года).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      2) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуден өткеннен кейін күнтізбелік он күн ішінде оны мерзімді баспа басылымдарында және "Әділет" ақпараттық-құқықтық жүйесінде ресми жариялауға, сондай-ақ Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде орналастыру үшін "Қазақстан Республикасы Әділет министрлігінің Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберуді;</w:t>
+      4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра образования и науки Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      3) осы бұйрықты Қазақстан Республикасы Білім және ғылым министрлігінің ресми интернет-ресурсында орналастыруды;</w:t>
+      5. Настоящий приказ вводится в действие по истечении десяти календарных дней после его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -419,51 +421,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының</w:t>
+Министр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
@@ -499,51 +501,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Білім және ғылым</w:t>
+образования и науки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
@@ -579,87 +581,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Министрі</w:t>
+Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-А. Сәрінжіпов</w:t>
+А. Саринжипов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -730,2327 +732,2375 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
-[...51 lines deleted...]
-              <w:t>бекітілген</w:t>
+              <w:t>Утверждены</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом Министра образования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и науки Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 28 января 2016 года № 95 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b/>
-[...12 lines deleted...]
-        <w:t>Педагогика кадрларының біліктілігін арттыру курстарын ұйымдастыру және жүргізу қағидалары</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила в редакции приказа Министра образования и науки РК от 18.01.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 18 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z12" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>организации и проведения курсов повышения квалификации педагогических кадров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z17" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b w:val="false"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="12"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z18" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Педагогика кадрларының біліктілігін арттыру курстарын ұйымдастыру және жүргізу қағидалары (бұдан әрі – Қағидалар) "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының 5-бабы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді және педагогика кадрларының біліктілігін арттыру курстарын (бұдан әрі – Курстар) ұйымдастыру және жүргізу тәртібін анықтайды. </w:t>
+      1. Настоящие Правила организации и проведения курсов повышения квалификации педагогических кадров (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>подпунктом 38-1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 27 июля 2007 года "Об образовании" и определяют порядок организации и проведения курсов повышения квалификации педагогических кадров (далее – Курсы).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z14" w:id="13"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z19" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+      2. В настоящих Правилах используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z15" w:id="14"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z20" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      1) біліктілік – тиісті кәсіби қызмет шеңберінде жұмыстарды орындау үшін қажет кәсіби білім, іскерлік, дағды және жұмыс тәжірибесінің жиынтығы; </w:t>
+        <w:t>
+      1) квалификация – совокупность профессиональных знаний, умений, навыков и опыта работы, необходимых для выполнения работы в рамках соответствующего вида профессиональной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z16" w:id="15"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z21" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      2) қорытынды бағалау – нәтижесінде сертификаттау туралы шешім қабылданатын, үміткердің біліктілікті беру схемасының талаптарына сәйкестігін белгілеуге көмектесетін процесс;</w:t>
+      2) итоговая оценка – процесс, с помощью которого устанавливается соответствие претендента требованиям схемы присвоение квалификации, в результате которого принимается решение о сертификации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z17" w:id="16"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z22" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-      3) мектеп практикасындағы өзгерістердің курстан кейінгі мониторингі және бағдарламаның түйінді идеяларын енгізудің тиімділігі – бұл мектеп практикасының нақты жай-күйін күтілетін нәтижелермен салыстыру мақсатында арнайы ұйымдастырылған, ғылыми негізделген, үздіксіз, мақсатты түрде білім беру процесінің және сертификатталған педагогтердің курстан кейінгі қызметінің сапасын диагностикалау, болжамды қадағалау, бағалау және басқару жүйесі;</w:t>
+        <w:t xml:space="preserve">
+      3) посткурсовой мониторинг – специально организованная, научно обоснованная, непрерывная, целевая система диагностики, прогностического отслеживания, оценивания и управления качеством образовательного процесса и посткурсовой деятельности сертифицированных педагогических кадров с целью сопоставления фактического состояния школьной практики с ожидаемыми результатами; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z18" w:id="17"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z23" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      4) педагог кадрлар – біліктілікті арттыру бағдарламалары шеңберінде оқудан өтуші педагогикалық қызметкерлер мен оларға теңестірілген тұлғалар </w:t>
+        <w:t>
+      4) педагогические кадры - педагогические работники и приравненные к ним лица, проходящие обучение в рамках программы повышения квалификации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z19" w:id="18"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z24" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      5) педагог кадрлардың біліктілігін арттыру – сабақ беру мен оқыту сапасын арттыру үшін жаңадан және бұрын алынған кәсіби білімін, іскерлігін, дағдысы мен құзыретін дамытуға, кеңейтуге, тереңдетуге және жетілдіруге мүмкіндік беретін кәсіби оқыту нысаны;</w:t>
+      5) повышение квалификации педагогических кадров – форма профессионального обучения, позволяющая приобретать новые, а также поддерживать, расширять, углублять и совершенствовать ранее приобретенные профессиональные знания, умения, навыки и компетенции для повышения качества преподавания и обучения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z20" w:id="19"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z25" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      6) сертификат – маман біліктілігінің біліктілік талаптарына, оның ішінде нақты салаға арналған стандартқа сәйкестігін және кәсіби қызмет деңгейін растайтын белгіленген үлгідегі құжат;</w:t>
+      6) сертификат – документ установленного образца, подтверждающий уровень соответствия квалификации специалиста квалификационным требованиям, а также стандартам для конкретной области и уровня профессиональной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z21" w:id="20"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z26" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      7) сертификаттау – маманның біліктілікке сәйкестігін растау және оған біліктілікті беру рәсімі. Сертификат тұлғаның біліктілік және құзыреттілік деңгейіне сәйкестігін белгілейді;</w:t>
+      7) сертификация – процедура подтверждения соответствия и присвоения квалификации специалистов. Сертификация устанавливает, что лицо соответствует определенным требованиям к уровню квалификации и компетентности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z22" w:id="21"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z27" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      8) сертификатталған педагог кадрларды курстан кейінгі қолдау – Қазақстан мектептерінде оқушылардың табысты оқуына ықпал ететін сертификатталған педагог кадрлардың мектептегі практикасының оңтайлы кәсіби дамуы және өзгеруі үшін қолайлы жағдаймен қамтамасыз ететін ресурстар, нысандар мен әдістер жүйесі.</w:t>
+      8) посткурсовая поддержка сертифицированных педагогических кадров – система ресурсов, форм и методов, обеспечивающая условия для оптимального профессионального развития и преобразования школьной практики сертифицированных педагогических кадров, содействующая успешности обучения учеников казахстанских школ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z23" w:id="22"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z28" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      9) сертификатталған тренер – тренерлерді даярлау бағдарламасы бойынша сертификатталатын оқудан өткен маман немесе педагогикалық қызметкер.</w:t>
+      9) сертифицированный тренер – специалист либо педагогический работник, прошедший сертифицированное обучение по программе подготовки тренеров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z24" w:id="23"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z29" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      3. Курстар білім беру деңгейлері бойынша құрылымдалады: </w:t>
+        <w:t>
+      3. Курсы структурируются по уровням образования:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z25" w:id="24"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z30" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      1) мектепке дейінгі тәрбие мен оқыту;</w:t>
+      1) дошкольное воспитание и обучение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z26" w:id="25"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z31" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      2) бастауыш білім беру;</w:t>
+      2) начальное образование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z27" w:id="26"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z32" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      3) негізгі орта білім беру;</w:t>
+      3) основное среднее образование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z28" w:id="27"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z33" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      4) орта білім беру (жалпы орта білім беру, техникалық және кәсіптік білім беру);</w:t>
+      4) среднее образование (общее среднее образование, техническое и профессиональное образование);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z29" w:id="28"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z34" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      5) орта білімнен кейінгі білім беру;</w:t>
+      5) послесреднее образование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z30" w:id="29"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z35" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      6) жоғары білім беру;</w:t>
+      6) высшее образование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z31" w:id="30"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z36" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      7) жоғары оқу орнынан кейінгі білім беру.</w:t>
+      7) послевузовское образование.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z32" w:id="31"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Курстарды ұйымдастыру тәртібі </w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Глава 2. Порядок организации Курсов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z33" w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      4. Курстар:</w:t>
+      4. Курсы организуются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z34" w:id="33"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z39" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      1) еңбек қызметінен қол үзбей (соның ішінде қашықтан оқу нысаны);</w:t>
+      1) без отрыва от трудовой деятельности (в том числе по дистанционной форме обучения);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z35" w:id="34"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z40" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      2) еңбек қызметінен толық қол үзу немесе жартылай қол үзу арқылы;</w:t>
+      2) с отрывом или частичным отрывом от трудовой деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z36" w:id="35"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z41" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      3) жеке білім беру бағдарламалары бойынша ұйымдастырылады.</w:t>
+      3) по индивидуальным образовательным программам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z37" w:id="36"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z42" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-      5. Курстарды педагог кадрларының біліктілігін арттыру білім беру бағдарламаларын жүзеге асыратын мынадай білім беру ұйымдары өткізеді (бұдан әрі – Ұйымдар): "Назарбаев Зияткерлік мектептері" дербес білім беру ұйымы, "Өрлеу" ұлттық біліктілікті арттыру орталығы" акционерлік қоғамы, "Бөбек" ұлттық ғылыми-практикалық, білім беру және сауықтыру орталығы", меншік нысанына қарамастан жоғары оқу орындар, білім беру орталықтар, біліктілікті арттыру институттар мен заңды тұлғалар, сонымен қатар облыстардың, Астана мен Алматы қалаларының әдістемелік кабинеттері және аудандық (қалалық) білім бөлімдерінің әдістемелік кабинеттері.</w:t>
+        <w:t xml:space="preserve">
+      5. Курсы проводятся следующими организациями образования, реализующими образовательные программы повышения квалификации педагогических кадров (далее – Организация): Автономной организацией образования "Назарбаев Интеллектуальные школы", Национальным центром повышения квалификации "Өрлеу", Национальным научно-практическим образовательным, оздоровительным центром "Бөбек", высшими учебными заведениями, образовательными центрами, институтами повышения квалификации и юридическими лицами независимо от форм собственности и осуществляющие согласно уставу деятельность по проведению Курсов, а также областными, городов Астаны и Алматы методическими кабинетами и методическими кабинетами районных (городских) отделов образования. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z38" w:id="37"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z43" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      6. Курстарға тыңдаушыларды іріктеу білім беру ұйымының педагогикалық кеңесімен өткізіледі. </w:t>
+        <w:t>
+      6. Отбор слушателей на Курсы проводится педагогическим советом организации образования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z39" w:id="38"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z44" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-      7. Курстарда оқуға үміткер педагог кадрларға мынадай талаптар белгіленеді:</w:t>
+        <w:t xml:space="preserve">
+      7. Педагогические кадры, претендующие на обучение на Курсах, имеют: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z40" w:id="39"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z45" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      1) жоғары білім және білім беру ұйымында кемінде 1 жыл педагогикалық жұмыс өтілінің болуы немесе техникалық және кәсіптік білім, білім беру ұйымында кемінде 2 жыл еңбек өтілінің болуы немесе мамандық бейіні бойынша кемінде 3 жыл еңбек өтілінің болуы;</w:t>
+      1) высшее образование и наличие педагогического стажа работы в организациях образования не менее 1 года или техническое и профессиональное образование, наличие стажа работы в организации образования не менее 2 лет или производственный стаж по профилю специальности не менее 3 лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z41" w:id="40"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z46" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      2) білім беру жүйесі қызметін регламенттейтін Қазақстан Республикасының заңнамаларын білу;</w:t>
+      2) знание законодательства Республики Казахстан, регламентирующего деятельность системы образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z42" w:id="41"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z47" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      3) ағылшын тілінің базалық білімін игеруі (тілдік құзыреттілік бойынша курстар үшін).</w:t>
+      3) владение базовыми знаниями английского языка (для Курсов по языковой компетенции).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z43" w:id="42"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z48" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8. "Педагогикалық қоғамдастықтағы мұғалім көшбасшылығы", "Мектептегі мұғалім көшбасшылығы", "Тиімді оқыту", "Мектептің біртұтас педагогикалық процесіндегі жалпыадамзаттық құндылықтар", "Сыныптың біртұтас педагогикалық процесіндегі жалпыадамзаттық құндылықтар", "Сабақтағы жалпыадамзаттық құндылықтар", тілдік құзыреттілік, білім беру ұйымдарының басшылары білім беру бағдарламалары бойынша Курстарда оқуға үміткер педагогика кадрларына қойылатын талаптар осы Қағидаларға </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес белгіленеді. </w:t>
+      8. Педагогические кадры, претендующие на обучение на Курсах по образовательным программам "Лидерство учителя в педагогическом сообществе", "Лидерство учителя в школе", "Эффективное обучение", "Общечеловеческие ценности в целостном педагогическом процессе школы", "Общечеловеческие ценности в целостном педагогическом процессе класса", "Общечеловеческие ценности на уроке", по языковой компетенции, руководителей общеобразовательных организаций, соответствуют требованиям согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z44" w:id="43"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z49" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      9. Курстарда оқуға үміткер педагогикалық қызметкер педагогикалық кеңестің қарауына мынадай құжаттарды ұсынады: </w:t>
+        <w:t>
+      9. Педагогический работник, претендующий на обучение на Курсах, представляет на рассмотрение педагогического совета следующие документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z45" w:id="44"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z50" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) осы Қағидалардың </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысанда жазылған өтініш;</w:t>
+      1) заявление по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z46" w:id="45"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z51" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) осы Қағидалардың </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысанда толтырылған педагогикалық кадрлардың біліктілігін арттыру курстары тыңдаушысының сауалнамасы; </w:t>
+      2) анкету слушателя курсов повышения квалификации педагогических кадров по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z47" w:id="46"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z52" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      3) жеке басты куәландыратын құжаттың көшірмесі;</w:t>
+      3) копию документа, удостоверяющего личность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z48" w:id="47"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z53" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) жұмыс орнынан лауазымы мен жұмыс өтілі көрсетілген анықтама; </w:t>
+      4) справку с места работы с указанием должности и стажа работы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z49" w:id="48"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z54" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      5) сертификаттар көшірмелері (бар болса).</w:t>
+      5) копии сертификатов (при наличии).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z50" w:id="49"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z55" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      10. Жыл сайын білім беру ұйымының педагогикалық кеңесі:</w:t>
+      10. Педагогический совет организации образования ежегодно:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z51" w:id="50"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z56" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      1) 20 қыркүйекке дейін Курстарда оқуға үміткер педагогикалық қызметкерлердің құжаттарын қарайды;</w:t>
+      1) рассматривает документы педагогических кадров, претендующих на обучение на Курсах, до 20 сентября;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z52" w:id="51"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z57" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-      2) 1 қазанға дейін:</w:t>
+        <w:t xml:space="preserve">
+      2) представляет на согласование до 1 октября: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z53" w:id="52"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z58" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      аудандық (қалалық) білім бөліміне (бұдан әрі – Білім бөлімі) педагогика кадрларының Курстарға жіберілгені туралы еркін нысандағы өтінімді;</w:t>
+      в районный (городской) отдел образования (далее – Отдел образования) заявку в произвольной форме о направлении педагогических кадров на Курсы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z54" w:id="53"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z59" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      облыстық, Астана және Алматы қалалары білім басқармаларына (бұдан әрі – Білім басқармасы) педагогика кадрларының курстарға жіберілгені туралы еркін нысандағы өтінімді келісуге ұсынады </w:t>
+      в областные, городов Астана и Алматы управления образования (далее – Управление образования) заявку в произвольной форме о направлении педагогических кадров на Курсы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z55" w:id="54"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z60" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      11. Білім бөлімі жыл сайын 30 қарашаға дейін ұсынылған өтінімдерді қарайды және келісілген тыңдаушылардың тізімдерін Білім басқармасына бекітуге жолдайды.</w:t>
+      11. Отдел образования рассматривает представленные заявки и направляет согласованный список слушателей на утверждение в Управление образования ежегодно до 30 ноября.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z56" w:id="55"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z61" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      12. Білім басқармасы жыл сайын 20 желтоқсанға дейін:</w:t>
+      12. Управление образования ежегодно до 20 декабря направляет список слушателей:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z57" w:id="56"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z62" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) қысқа мерзімді Курстардың Ұйымдарға; </w:t>
+      1) краткосрочных Курсов в Организацию; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z58" w:id="57"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z63" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      2) ұзақ мерзімді Курстардың тыңдаушылардың Қазақстан Республикасы Білім және ғылым министрлігіне (бұдан әрі – Министрлік) бекітілген тізімін жолдайды.</w:t>
+      2) длительных Курсов в Министерство образования и науки Республики Казахстан (далее – Министерство).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z59" w:id="58"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z64" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      13. Жыл сайын 25 желтоқсанға дейін Курстарға оқуға үміткер педагогика кадрларының тізімдерін: </w:t>
+        <w:t>
+      13. Списки педагогических кадров, претендующих на обучение на Курсах, формируются ежегодно до 25 декабря:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z60" w:id="59"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z65" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      1) қысқа мерзімді Курстардың тізімін Ұйымдар;</w:t>
+      1) на краткосрочные Курсы Организацией;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z61" w:id="60"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z66" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      2) ұзақ мерзімді Курстардың тізімін Министрлік жасайды. </w:t>
+        <w:t>
+      2) на длительные Курсы Министерством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z62" w:id="61"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z67" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      14. Курсқа тапсырыс беруші мен Ұйым арасында біліктілікті арттыру бойынша қызмет көрсету туралы жасалған шарт негізінде Курстарды өткізу Кестесі (бұдан әрі – Кесте) жасалады және Министрлікпен келісіледі. </w:t>
+        <w:t>
+      14. На основании договора на оказание услуг по повышению квалификации, заключенного между заказчиком Курса и Организацией, Организацией разрабатывается График проведения Курсов (далее – График) и согласуется с Министерством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z63" w:id="62"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z68" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      15. Ұйым біліктілікті арттыру курстарын өткізуді Кестеге сәйкес келесі күнтізбелік жылдың басынан бастайды. </w:t>
+        <w:t>
+      15. Организация начинает проведение Курсов с начала следующего календарного года в соответствии с Графиком.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z64" w:id="63"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z69" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-      16. Тыңдаушыларды Курстарына қабылдау тыңдаушылар тізімінің негізінде Ұйым басшысының бұйрығымен ресімделеді</w:t>
+        <w:t xml:space="preserve">
+      16. Зачисление слушателей на Курсы оформляется приказом руководителя Организации на основании списка слушателей. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z65" w:id="64"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z70" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      17. Білім басқармалары жыл сайын (жылына 2 рет – қаңтар, маусым) Қазақстан Республикасының педагог қызметкерлерінің біліктілік арттыру курстары тыңдаушылары туралы Бірыңғай деректер базасына (бұдан әрі – Бірыңғай деректер базасы) "Білім беру мониторингінің шеңберінде әкімшілік деректер нысандарын бекіту туралы" Қазақстан Республикасы Білім және ғылым Министрінің 2012 жылғы 27 желтоқсандағы № 570 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8369 болып тіркелген) сәйкес "Ұлттық білім беру деректер базасы" ақпараттық жүйесінің әкімшілік есептілік нысандары бойынша мәліметтер жолдайды. Бірыңғай деректер базасы "Өрлеу" БАҰО" ресми интернет-порталында қолданыста болады.</w:t>
+      17. Управлениями образования ежегодно (2 раза в год - январь, июнь) направляются в Единую базу данных слушателей курсов повышения квалификации педагогических работников Республики Казахстан (далее – Единая база данных) сведения по формам административной отчетности информационной системы "Национальная образовательная база данных" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приказу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан № 570 от 27 декабря 2012 года "Об утверждении форм административных данных в рамках образовательного мониторинга" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 8369). Единая база данных действует на официальном интернет-портале АО "НЦПК "Өрлеу".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z66" w:id="65"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Курстарды өткізу тәртібі</w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Глава 3. Порядок проведения Курсов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z67" w:id="66"/>
+    <w:bookmarkStart w:name="z72" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      18. Осы Қағидалардың 3-тармағына сәйкес білім беру деңгейлері бойынша курс өткізу тақырыбы, нысаны, мазмұны және кәсіби оқыту ұзақтығына қарай өзіндік ерекшеліктер мен өзгешеліктері болады </w:t>
+      18. Проведение Курсов по уровням образования согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пункту 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих правил имеет свою специфику и особенности по тематике, формам, содержанию и продолжительности профессионального обучения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z68" w:id="67"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z73" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      19. Курстарды Ұйымдардың келесі категориялары бар:</w:t>
+      19. Курсы проводятся преподавателями Организации следующих категорий:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z69" w:id="68"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z74" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      1) курстық даярлық бейіні бойынша 3 жылдан кем емес жұмыс өтілі бар оқытушылар;</w:t>
+      1) преподаватели, имеющие опыт и стаж работы по профилю курсовой подготовки не менее 3-х лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z70" w:id="69"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z75" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      2) қазақстандық және шетелдік сарапшылардың қатысуымен дайындалған сертификатталған тренерлер;</w:t>
+      2) сертифицированные тренеры, подготовленные с участием казахстанских и зарубежных экспертов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z71" w:id="70"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z76" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      3) курстық даярлық бейіні бойынша 3 жылдан кем емес жұмыс өтілі бар өндірістік кәсіпорындардың мамандары мен қызметкерлері;</w:t>
+      3) специалисты и работники производственных предприятий, имеющие стаж работы не менее 3-х лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z72" w:id="71"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z77" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      4) педагогикалық және бейінді мамандықтар бойынша мамандар даярлайтын жоғары оқу орындарының профессорлар-оқытушылар құрамы өткізеді.</w:t>
+      4) профессорско-преподавательский состав высших учебных заведений, осуществляющих подготовку специалистов по педагогическим и профильным специальностям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z73" w:id="72"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z78" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      20. Курстарды өткізу кезеңінде Ұйымдармен жекелеген дәрістерді оқу мен практикалық сабақтарды жүргізуде әдіскерлер, педагогтер, білім беру ұйымдарының басшылары, практиктер, өндірістік кәсіпорындардың мамандары, өңірлік кәсіпкерлер палатасы мен жұмыс берушілер қауымдастығы қызметкерлері тартылуы мүмкін.</w:t>
+      20. В период проведения курсов к чтению отдельных лекций и ведению практических занятий Организацией привлекаются методисты, педагоги, руководители организаций образования, практики, специалисты производственных предприятий, представители региональных палат предпринимателей и ассоциаций работодателей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z74" w:id="73"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z79" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      21. Курстардың ұзақтығы:</w:t>
+      21. Продолжительность Курсов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z75" w:id="74"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z80" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      1) қысқа мерзімді Курстар – кемінде 36 академиялық сағат;</w:t>
+      1) краткосрочные Курсы – не менее 36 академических часов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z76" w:id="75"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z81" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      2) ұзақ мерзімді Курстар – кемінде 108 академиялық сағат;</w:t>
+      2) длительные Курсы – не менее 108 академических часов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z77" w:id="76"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z82" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      22. Курстың бір академиялық сағаты 45 минутты құрайды.</w:t>
+      22. Академический час Курса составляет 45 минут.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z78" w:id="77"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z83" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      23. Білім беру бағдарламалары бойынша курстардың ұзақтығы:</w:t>
+      23. Продолжительность Курсов по образовательным программам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z79" w:id="78"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z84" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      1) "Педагогикалық қоғамдастықтағы мұғалім көшбасшылығы" - 344 академиялық сағаттан кем емес, "Мектептегі мұғалім көшбасшылығы" - 320 академиялық сағаттан кем емес, "Тиімді оқыту" - кемінде 296 академиялық сағат.</w:t>
+      1) "Лидерство учителя в педагогическом сообществе" - не менее 344 академических часов, "Лидерство учителя в школе" - не менее 320 академических часов, "Эффективное обучение" - не менее 296 академических часов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z80" w:id="79"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z85" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      2) "Мектептің біртұтас педагогикалық процесіндегі жалпыадамзаттық құндылықтар" - кемінде 350 академиялық сағат, "Сыныптың біртұтас педагогикалық процесіндегі жалпыадамзаттық құндылықтар" мен "Сабақтағы жалпыадамзаттық құндылықтар" - кемінде 340 академиялық сағат;</w:t>
+      2) "Общечеловеческие ценности в целостном педагогическом процессе школы" - не менее 350 академических часов, "Общечеловеческие ценности в целостном педагогическом процессе класса" и "Общечеловеческие ценности на уроке" - не менее 340 академических часов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z81" w:id="80"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z86" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      3) Орта білім беру мазмұнын жаңарту аясында "Ағылшын тілі мұғалімдерінің тілдік және кәсіби құзыреттілігін арттыру" - кемінде 320 академиялық сағат, тілдік құзыреттілік бойынша – кемінде 320 академиялық сағат; </w:t>
+        <w:t>
+      3) "Повышение языковой и профессиональной компетенции преподавателей английского языка" в рамках обновления содержания среднего образования - не менее 320 академических часов, по языковой компетенции - не менее 320 академических часов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z82" w:id="81"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z87" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      4) орта білім беру ұйымдары басшыларының біліктіліктерін арттыру бағдарламасы бойынша курстардың ұзақтығы – кемінде 640 академиялық сағат;</w:t>
+      4) руководителей общеобразовательных организаций - не менее 640 академических часов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z83" w:id="82"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z88" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      5) Жоғары оқу орындарының педагогикалық мамандықтары оқытушыларының біліктіліктерін арттыру бағдарламалары бойынша курстардың ұзақтығы – кемінде 240 академиялық сағат.</w:t>
+      5) преподавателей педагогических специальностей высших учебных заведений – не менее 240 академических часов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z84" w:id="83"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z89" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      24. Ұзақ мерзімді Курстар аяқталған соң Ұйым тыңдаушылар білімінің қорытынды бағасын Ұйым бекіткен үлгіде бойынша өткізеді. </w:t>
+        <w:t>
+      24. По завершению длительных Курсов Организация проводит итоговую оценку знаний по форме, утвержденной Организацией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z85" w:id="84"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z90" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>
-      25. Курстардан өткен тыңдаушыларға Ұйым біліктілікті арттыру курсының тақырыбына сәйкес сертификат (белгіленген формада және /немесе өз үлгісінде) береді.</w:t>
+        <w:t xml:space="preserve">
+      25. Слушателям, прошедшим Курсы, Организацией выдается сертификат (по установленной форме и/или собственного образца) по теме курсов повышения квалификации. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z86" w:id="85"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z91" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      26. Келесі білім беру бағдарламалары бойынша ұзақ мерзімді курстарды сәтті аяқтаған тыңдаушыларға Ұйым сертификат береді:</w:t>
+      26. Слушателям, успешно прошедшим длительные Курсы по следующим образовательным программам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z87" w:id="86"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z92" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) осы Қағидаларға </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Педагогикалық қоғамдастықтағы мұғалім көшбасшылығы";</w:t>
+      1) "Лидерство учителя в педагогическом сообществе" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z88" w:id="87"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z93" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) осы Қағидаларға </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Мектептегі мұғалім көшбасшылығы";</w:t>
+      2) "Лидерство учителя в школе" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z89" w:id="88"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z94" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) осы Қағидаларға </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Тиімді оқыту";</w:t>
+      3) "Эффективное обучение" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z90" w:id="89"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z95" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) осы Қағидаларға </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Мектептің біртұтас педагогикалық процесіндегі жалпыадамзаттық құндылықтар";</w:t>
+      4) "Общечеловеческие ценности в целостном педагогическом процессе школы" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приложению 7 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z91" w:id="90"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z96" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5) осы Қағидаларға </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Сыныптың біртұтас педагогикалық процесіндегі жалпыадамзаттық құндылықтар";</w:t>
+      5) "Общечеловеческие ценности в целостном педагогическом процессе класса" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложению 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z92" w:id="91"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z97" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6) осы Қағидаларға </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Сабақтағы жалпыадамзаттық құндылықтар"; </w:t>
+      6) "Общечеловеческие ценности на уроке" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложению 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z93" w:id="92"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z98" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      7) Қазақстан Республикасы орта білім беру басшыларына осы Қағидаларға </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысанда Министрлікпен келісілген үлгіде Ұйымдармен сертификат беріледі. </w:t>
+      7) руководителей общеобразовательных организаций Республики Казахстан согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложению 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам Организациями выдается сертификат по образцу, согласованному с Министерством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z94" w:id="93"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z99" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      27. 26-тармақта көрсетілген сертификат ала алмаған ұзақ мерзімді Курс тыңдаушыларына: </w:t>
+      27. Слушатели длительных Курсов, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пункте 26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, не получившие сертификат, имеют возможность:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z95" w:id="94"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z100" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      1) өз қаражаты есебінен бір жылда бір реттен артық емес білімін қайта бағалауға;</w:t>
+      1) на повторное оценивание знаний за счет собственных средств, не более одного раза в год;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z96" w:id="95"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z101" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      2) Курстың келесі легінің тыңдаушыларымен бірге білімін қайта бағалауға; </w:t>
+        <w:t>
+      2) на повторное оценивание знаний со следующим потоком Курсов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z97" w:id="96"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z102" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      3) дәлелді себептерге байланысты ағымдағы жылдың ішінде бір лектен екінші лекке ауысуға; </w:t>
+        <w:t>
+      3) на перевод по уважительной причине из одного потока на другой в течение текущего года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z98" w:id="97"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z103" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      4) дәлелді себептерге байланысты аяқталмай қалған курсты растау құжаттарын ұсына отырып, аяқтап шығуға;</w:t>
+      4) на завершение прерванного Курса по уважительной причине с предоставлением подтверждающих документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z99" w:id="98"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z104" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5) өз қаражаты есебінен дәлелді себептерге байланысты аяқталмай қалған курсты растау құжаттарын ұсына отырып, аяқтап шығуға (жоғары оқу орындарының педагогика мамандықтарының оқытушылары үшін) мүмкіндік беріледі. </w:t>
+      5) на завершение прерванного Курса по уважительной причине с предоставлением подтверждающих документов за счет собственных средств (для преподавателей педагогических специальностей высших учебных заведений). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z100" w:id="99"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z105" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      28. 26-тармақта көрсетілген, 2016 жылдың 1 қаңтарынан ұзақ мерзімді Курстардың тыңдаушыларының сертификатын алған педагогтерге келесі біліктілік деңгейінің мерзімінен бұрын берілуіне мүмкіндік беріледі. </w:t>
+      28. Педагогам, получившим с 1 января 2016 года сертификат слушателей длительных Курсов, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пункте 26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, предоставляется возможность досрочного присвоения следующего уровня квалификации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z101" w:id="100"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z106" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      29. Оқудан шығарылған тыңдаушылар Ұйым басшысының бұйрығына және Ұйым құрған ұзақ мерзімді курс тыңдаушыларының өтініштері мен шағымдарын қарау жөніндегі комиссияның шешіміне сәйкес Ұйымның шығындарын өтейді. </w:t>
+      29. Отчисленные слушатели в соответствии с приказом руководителя Организации и решением комиссии по рассмотрению обращений и заявлений слушателей длительных Курсов, созданных Организацией, производят возмещение затрат Организации. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z102" w:id="101"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z107" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      30. Сертификатқа Ұйым басшысының қолы қойылады және берілген күннен бастап 5 жыл бойы жарамды </w:t>
+      30.Сертификат подписывается руководителем Организации и действует в течение 5 лет со дня выдачи. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z103" w:id="102"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z108" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      31. Ұйымдар:</w:t>
+      31. Организациями осуществляется:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z104" w:id="103"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z109" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      1) Сертификатталған педагогика кадрларын курстан кейінгі қолдауды;</w:t>
+      1) посткурсовая поддержка сертифицированных педагогических кадров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z105" w:id="104"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z110" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      2) Курстан кейінгі қолдаудың әдістемелік ресурстары мен инструментарийлерін, Курстан кейінгі мониторингті жүргізу тетіктері мен диагностикалық инструментарийлерін жүзеге асырады.</w:t>
+      2) разработка и утверждение методических ресурсов и инструментариев для посткурсовой поддержки, диагностического инструментария и механизма проведения посткурсового мониторинга (по согласованию с Управлениями образованиями).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z106" w:id="105"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z111" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      32. Ұйымдар облыстардың, Астана және Алматы қалаларының Білім басқармаларымен Курстан кейінгі мониторингті жүргізеді. </w:t>
+        <w:t>
+      32. Организациями совместно с Управлениями образования проводится посткурсовой мониторинг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z107" w:id="106"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z112" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      33. Министрлікпен Курстан кейінгі мониторингті үйлестіріледі және Курстардың тиімділігі бағаланады.</w:t>
+      33. Министерством координируется посткурсовой мониторинг Курсов и проводится оценка эффективности Курсов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
@@ -3095,1795 +3145,1908 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогикалық кадрлардың</w:t>
-[...51 lines deleted...]
-              <w:t>1 қосымша</w:t>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и проведения курсов повышения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификации педагогических</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кадров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z109" w:id="107"/>
+    <w:bookmarkStart w:name="z114" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Білім беру бағдарламалары бойынша педагогикалық кадрлардың біліктілігін арттыру курстарында оқуға үміткерге қойылатын талаптар</w:t>
+        <w:t xml:space="preserve"> Требования к педагогическим кадрам, претендующим на обучение на курсах повышения квалификации педагогических кадров по образовательным программам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="482"/>
-        <w:gridCol w:w="11818"/>
+        <w:gridCol w:w="1020"/>
+        <w:gridCol w:w="11280"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z115" w:id="102"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="11818" w:type="dxa"/>
+          <w:bookmarkEnd w:id="102"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11280" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...10 lines deleted...]
-"Мұғалімнің педагогикалық қоғамдастықтағы көшбасшылығы"</w:t>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Лидерство учителя в педагогическом сообществе"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="11818" w:type="dxa"/>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11280" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоғары педагогикалық білім, кемінде жеті жыл педагогикалық өтіл және жоғары техникалық және кәісптік (орта кәсіптік) білім, кемінде тоғыз жыл педагогикалық өтіл;</w:t>
-[...83 lines deleted...]
-жас педагогтар үшін тәлімгер ретінде аудандық, облыстық, (қалалық), халықаралық деңгейдегі оқу-үйрену семинарларын, тренингтерді, жұмыстарды өткізу. ИКТ саласындағы функционалды сауаттылықтың жеткілікті деңгейінің болуы, кәсіптік, әлеуметтік және жеке міндеттерді шешу үшін білім қызметінде ИКТ қолданылуын негіздеу.</w:t>
+Высшее педагогическое образование, педагогический стаж не менее семи лет и высшее техническое и профессиональное (среднее профессиональное) образование, педагогический стаж не менее девяти лет;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+участие в профессиональных конкурсах районного (городского), областного, республиканского (международного) уровня подготовившие победителей, призеров предметных олимпиад, творческих и научных конкурсов, спортивных соревнований районного (городского), областного, республиканского (международного) уровня;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+использование инновационных методик и педагогических технологий в учебно-воспитательном процессе;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+разработка или участие в разработке методических пособий и учебных программ и публикации в педагогических изданиях;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+распространение опыта работы (публикации, сборники, рекомендации, пособия, выставочные материалы) в ходе подготовки и проведения республиканских (международных) конференций, семинаров, форумов;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+проведение обучающих семинаров, тренингов районного, областного (городского), международного уровня, работа в качестве наставника для молодых педагогов;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+владение знаниями в области ИКТ, MS Office, электронной почтой, сервисами Internet на уровне продвинутого пользователя. Наличие достаточно высокого уровня функциональной грамотности в сфере ИКТ, обоснованное применение ИКТ в образовательной деятельности для решения профессиональных, социальных и личностных задач.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-"Мұғалімнің мектептегі көшбасшылығы"</w:t>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Лидерство учителя в школе"
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="11818" w:type="dxa"/>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11280" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жоғары педагогикалық білім, кемінде бес жыл педагогикалық өтіл немесе жоғары техникалық және кәсіптік (орта кәсіптік) білім, кемінде жеті жыл педагогикалық өтіл;</w:t>
-[...83 lines deleted...]
-ИКТ саласындағы білімдерді меңгеру: MS Windows, MS Office, электронды пошта, Internet.</w:t>
+Высшее педагогическое образование, педагогический стаж не менее пяти лет или высшее техническое и профессиональное (среднее профессиональное) образование, педагогический стаж не менее семи лет;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+результаты участия в профессиональных конкурсах районного (городского), областного уровня;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+результаты победителей, призеров предметных олимпиад, творческих и научных конкурсов, спортивных соревнований районного (городского), областного уровня (из числа его участников);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+знание и применение инновационных методик в учебно-воспитательном процессе;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+разработка или участие в разработке методических пособий и учебных программ;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+распространение опыта работы (публикация, сборники, рекомендации, пособия, выставочные материалы) в ходе подготовки и проведения областных (республиканских) конференций, семинаров, форумов;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+владение знаниями в области ИКТ: MS Windows, MS Office, электронная почта, Internet.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-"Тиімді оқыту"</w:t>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Эффективное обучение"
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="11818" w:type="dxa"/>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11280" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жоғары педагогикалық білім, кемінде үш жыл педагогикалық өтіл және жоғары техникалық және кәісптік (орта кәсіптік) білім, кемінде бес жыл педагогикалық өтіл;</w:t>
-[...97 lines deleted...]
-1,2,3, тармақтарға ескертпе: қойылатын талаптарға сәйкес құжаттармен расталады (ұсынымдық хаттар, сараптамалық қорытындылар, алқалы органдардың шешімі, өткізілген ашық сабақтардың талдау және бағалау материалдары мен нәтижелері, тәжірибені қорыту бойынша материалдар, оқушының жетістіктері мен ілгерілеуін бағалау материалдары, әдістемелік бірлестіктер, сондай-ақ ғылыми, пәндік, ойын-сауық үйірмелерінің басшылығы растайтын сауалнамалар мен бақылау материалдары). </w:t>
+Высшее педагогическое образование, педагогический стаж не менее трех лет или высшее техническое и профессиональное (среднее профессиональное) образование, педагогический стаж не менее пяти лет;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+результаты участия в профессиональных конкурсах школьного, районного (городского) уровня;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+результаты победителей, призеров предметных олимпиад, творческих и научных конкурсов, спортивных соревнований школьного, районного (городского) уровня (из числа его участников);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+знание и применение инновационных методик в учебно-воспитательном процессе;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+распространение опыта работы (публикации, сборники, рекомендации, пособия, выставочные материалы) в ходе подготовки и проведения районных (городских) конференций, семинаров, форумов;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+владение базовыми знаниями в области информационно-коммуникационных технологий (далее - ИКТ): MS Windows, MS Office, электронная почта, Internet.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Примечание к пунктам 1, 2, 3: соответствие предъявляемым требованиям подтверждается документами (рекомендательные письма, экспертные заключения, решения коллегиальных органов, материалы и результаты анализа и оценивания проведенных открытых уроков, материалы по обобщению опыта, документальные подтверждения достижений и прогресса учащихся, результаты анкетирований и наблюдений, материалы, подтверждающие руководство методическими объединениями, а также научными, предметными, досуговыми кружками).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
+            <w:tcW w:w="1020" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:br/>
-[...4 lines deleted...]
-                <w:b w:val="false"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...33 lines deleted...]
-"Мектептің жалпы педагогикалық процесіндегі жалпыадамдық құндылықтар"</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Общечеловеческие ценности</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в целостном педагогическом процессе школы"
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z122" w:id="103"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="11818" w:type="dxa"/>
+          <w:bookmarkEnd w:id="103"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11280" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоғары педагогикалық білім, кемінде жеті жыл педагогикалық өтіл және жоғары техникалық және кәісптік (орта кәсіптік) білім, кемінде тоғыз жыл педагогикалық өтіл;</w:t>
-[...83 lines deleted...]
-ақпараттық-коммуникациялық технологиялар саласында (бұдан әрі -АҚТ) базалық білімдерді меңгеру: MS Windows, MS Office, электронды пошта, Internet.</w:t>
+Высшее педагогическое образование, педагогический стаж не менее семи лет или высшее техническое и профессиональное (среднее специальное) образование, педагогический стаж не менее девяти лет;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+распространение опыта работы (публикации, сборники, рекомендации, пособия, выставочные материалы) в ходе проведения районных, городских, областных, международных конференций, семинаров, форумов по нравственно-духовной тематике;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+публикации в педагогических изданиях нравственно-духовной направленности в РК и за рубежом или разработка/участие в разработке методических пособий и учебных программ нравственно-духовной направленности для учебных заведений;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+проведение обучающих семинаров, тренингов районного, городского, областного, международного уровней (по нравственно-духовной тематике), работа в качестве наставника для молодых педагогов самопознания;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+стаж работы в программе НДО "Самопознание" не менее семи лет;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+наличие сертификата о прохождении курсов ННПООЦ "Бөбек" "Общечеловеческие ценности в целостном педагогическом процессе класса";</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+наличие первой квалификационной категории;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+владение знаниями в области ИКТ: MS Windows, MS Office, электронная почта, Internet.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-"Сыныптың біртұтас педагогикалық процесіндегі жалпыадамзаттық құндылықтар"</w:t>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Общечеловеческие ценности</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в целостном педагогическом процессе класса"
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="11818" w:type="dxa"/>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11280" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоғары педагогикалық білім, кемінде бес жыл педагогикалық өтіл және жоғары техникалық және кәісптік (орта кәсіптік) білім, кемінде жеті жыл педагогикалық өтіл;</w:t>
-[...69 lines deleted...]
-ақпараттық-коммуникациялық технологиялар саласында (бұдан әрі - АҚТ) базалық білімдерді меңгеру: MS Windows, MS Office, электронды пошта, Internet.</w:t>
+Высшее педагогическое образование, педагогический стаж не менее пяти лет или высшее техническое и профессиональное (среднее специальное) образование, педагогический стаж не менее семи лет;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+распространение опыта работы (публикации, сборники, рекомендации, пособия, выставочные материалы) в ходе проведения районных, городских, областных конференций, семинаров, форумов по нравственно-духовной тематике;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+стаж работы в программе НДО "Самопознание" не менее пяти лет;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+наличие сертификата о прохождении курсов "Общечеловеческие ценности на уроке";</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+наличие второй квалификационной категории;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+владение знаниями в области ИКТ: MS Windows, MS Office, электронная почта, Internet.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-"Сабақтағы жалпыадамзаттық құндылықтар"</w:t>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Общечеловеческие ценности на уроке"
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="11818" w:type="dxa"/>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11280" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоғары педагогикалық білім, кемінде бір жыл педагогикалық өтіл және жоғары техникалық және кәісптік (орта кәсіптік) білім, кемінде үш жыл педагогикалық өтіл;</w:t>
-[...83 lines deleted...]
-Ескертпе: 2013 жылдың 1 сәуірінен ерте емес берілген 72-сағаттық "Бөбек" ҰҒПББжСО курстарынан өткендігі туралы сертификаттың болуы 2020 жылға дейін жеткілікті. </w:t>
+Высшее педагогическое образование, педагогический стаж не менее одного года или высшее техническое и профессиональное (среднее специальное) образование, педагогический стаж не менее трех лет;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+распространение опыта работы (публикации, выставочные материалы) в ходе проведения внутришкольных конференций, семинаров, форумов по нравственно-духовной тематике;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+стаж работы в программе нравственно-духовного образования (далее НДО) "Самопознание" не менее одного года;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+владение знаниями в области ИКТ: MS Windows, MS Office, электронная почта, Internet.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Примечание: до 2020 года достаточно наличия сертификата о прохождении 72-часовых курсов ННПООЦ "Бөбек", выданного не ранее 1 апреля 2013 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-тілдік құзырет бойынша</w:t>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по языковой компетенции
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="11818" w:type="dxa"/>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11280" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоғары педагогикалық білім, кемінде үш жыл педагогикалық өтіл немесе жоғары техникалық және кәсіптік (орта кәсіптік) білім, кемінде бес жыл педагогикалық өтіл;</w:t>
-[...41 lines deleted...]
- ИКТ саласындағы білімдерді меңгеру: MS Windows, MS Office, электронды пошта, Internet.</w:t>
+Высшее педагогическое образование с педагогическим стажем не менее трех лет или высшее техническое и профессиональное (среднее профессиональное) образование с педагогическим стажем не менее пяти лет;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+владение базовыми знаниями английского языка;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+распространение опыта работы (публикации, сборники, рекомендации, пособия, выставочные материалы) в ходе подготовки и проведения районных (городских) конференций, семинаров, форумов;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+владение знаниями в области ИКТ: MS Windows, MS Office, электронная почта, Internet.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-жалпы білім беретін ұйымдар басшылары</w:t>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководителей общеобразовательных организаций
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="482" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="11818" w:type="dxa"/>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11280" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жоғары педагогикалық білім, кемінде жеті жыл педагогикалық өтіл немесе жоғары техникалық және кәсіптік білім (орта кәсіптік) білім кемінде тоғыз жыл педагогикалық өтіл;</w:t>
+Высшее педагогическое образование, педагогический стаж не менее семи лет или высшее техническое и профессиональное (среднее профессиональное) образование, педагогический стаж не менее девяти лет;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-заманауи білім технологияларын білу; </w:t>
-[...69 lines deleted...]
-Ескертпе: қойылатын талаптарға сәйкес құжаттармен расталады (ұсынымдық хаттар, сараптамалық қорытындылар, алқалы органдардың шешімі, өткізілген ашық сабақтардың талдау және бағалау материалдары мен нәтижелері, тәжірибені қорыту бойынша материалдар, оқушының жетістіктері мен ілгерілеуін бағалау материалдары, әдістемелік бірлестіктер, сондай-ақ ғылыми, пәндік, ойын-сауық үйірмелерінің басшылығы растайтын сауалнамалар мен бақылау материалдары).</w:t>
+знание современных образовательных технологий; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+участие в международных образовательных проектах, опыт внедрения в практику работы школы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+подтверждение успешности учебного заведения, которым руководит претендент;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+распространение опыта работы (публикации, сборники, рекомендации, пособия, выставочные материалы) в ходе подготовки и проведения республиканских (международных) конференций, семинаров, форумов;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+владение знаниями в области ИКТ: MS Windows, MS Office, электронная почта, Internet. Наличие достаточного уровня функциональной грамотности в сфере ИКТ, обоснованное применение ИКТ в образовательной деятельности для решения профессиональных, социальных и личностных задач.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Примечание: соответствие предъявляемым требованиям подтверждается документами (рекомендательные письма, экспертные заключения, решения коллегиальных органов, материалы и результаты анализа и оценивания проведенных открытых уроков, материалы по обобщению опыта, документальные подтверждения достижений и прогресса учащихся, результаты анкетирований и наблюдений, материалы, подтверждающие руководство методическими объединениями, а также научными, предметными, досуговыми кружками).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -4933,103 +5096,103 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогикалық кадрлардың</w:t>
-[...51 lines deleted...]
-              <w:t>2 қосымша</w:t>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и проведения курсов повышения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификации педагогических</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кадров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5060,51 +5223,51 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5130,734 +5293,469 @@
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
-                <w:b w:val="false"/>
-[...447 lines deleted...]
-              <w:t>лауазымы</w:t>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Руководителю</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(наименование Организации)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (фамилия, имя и отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии) (далее - Ф.И.О.)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от ____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                     фамилия</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                         имя</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     Отчество (при его наличии)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                     должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Өтініш</w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      Мен, _____________________________________________________________________</w:t>
+      Я, _______________________________________________прошу</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                              (Ф.И.О.)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      (Т.А.Ә.)</w:t>
+      рассмотреть мою кандидатуру для обучения на курсах повышения</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>квалификации педагогических кадров Республики Казахстан по</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образовательной программе _____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>______________________ в группе с _____________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________ языком обучения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      рассмотреть мою кандидатуру для обучения на курсах повышения квалификации</w:t>
+      ______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    (подпись заявителя)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      педагогических кадров Республики Казахстан по образовательной программе</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      _________________________________________тілінде оқытатын</w:t>
+      "____" _____________ 201 __ года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      ____________________________________ топта білім беру бағдарламалары бойынша</w:t>
-[...107 lines deleted...]
-      (өтініш берілген күн)</w:t>
+      (дата подачи заявления)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5904,103 +5802,103 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогикалық кадрлардың</w:t>
-[...51 lines deleted...]
-              <w:t>3 қосымша</w:t>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и проведения курсов повышения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификации педагогических</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кадров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6031,138 +5929,166 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z112" w:id="108"/>
+    <w:bookmarkStart w:name="z142" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы педагогигикалық кадрларының біліктілігін арттыру курстары тыңдаушысының Сауалнамасы</w:t>
+        <w:t xml:space="preserve"> Анкета</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>слушателя курсов повышения квалификации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>педагогических кадров Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1841"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2152"/>
+        <w:gridCol w:w="4033"/>
+        <w:gridCol w:w="4047"/>
+        <w:gridCol w:w="1924"/>
+        <w:gridCol w:w="1592"/>
+        <w:gridCol w:w="704"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z145" w:id="105"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2152" w:type="dxa"/>
+Фамилия, имя, отчество (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="105"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6178,72 +6104,75 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z146" w:id="106"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Туған күні</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2152" w:type="dxa"/>
+Дата рождения</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="106"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6259,72 +6188,75 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z147" w:id="107"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лауазымы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2152" w:type="dxa"/>
+Должность</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="107"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6340,72 +6272,75 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z148" w:id="108"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Білімі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2152" w:type="dxa"/>
+Образование</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="108"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6421,72 +6356,75 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z149" w:id="109"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Біліктілік санаты (дейін жарамды)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2152" w:type="dxa"/>
+Квалификационная категория (действительная до)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="109"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6502,72 +6440,75 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z150" w:id="110"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс орны(өңірі көрсетілген ұйымның толық атауы)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2152" w:type="dxa"/>
+Место работы (полное наименование организации с указанием региона)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="110"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6583,72 +6524,75 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z151" w:id="111"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жалпы өтіл</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2152" w:type="dxa"/>
+Общий стаж</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="111"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6664,72 +6608,75 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z152" w:id="112"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Педагогикалық өтіл</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2152" w:type="dxa"/>
+Педагогический стаж</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="112"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6745,72 +6692,75 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z153" w:id="113"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оқу тілі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2152" w:type="dxa"/>
+Язык обучения</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="113"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6826,72 +6776,75 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z154" w:id="114"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ақпараттық технологияларды меңгеруі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2152" w:type="dxa"/>
+Владение информационными технологиями</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="114"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6907,72 +6860,75 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z155" w:id="115"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жарияланымдар (тақырыбы)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2152" w:type="dxa"/>
+Публикации (тема)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="115"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6988,72 +6944,75 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z156" w:id="116"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Үйінің мекенжайы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2152" w:type="dxa"/>
+Домашний адрес</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="116"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7069,72 +7028,75 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z157" w:id="117"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Байланыс телефондары</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2152" w:type="dxa"/>
+Контактные телефоны</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="117"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7150,72 +7112,75 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z158" w:id="118"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электроннды пошта</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2152" w:type="dxa"/>
+Электронная почта</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="118"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7231,746 +7196,773 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z159" w:id="119"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қосымша ақпарат</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2152" w:type="dxa"/>
+Дополнительная информация</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="119"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Алдыңғы біліктілікті арттыру курстары</w:t>
+            <w:tcW w:w="4033" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Предыдущие курсы повышения квалификации
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1841" w:type="dxa"/>
-[...137 lines deleted...]
-Курстың ұзақтығы</w:t>
+            <w:tcW w:w="4033" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4047" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вид курса и тема
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1924" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Место прохождения
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1592" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продолжительность курса
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1841" w:type="dxa"/>
+            <w:tcW w:w="4033" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z162" w:id="120"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="120"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4047" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5303" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3004" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="2152" w:type="dxa"/>
+            <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1841" w:type="dxa"/>
+            <w:tcW w:w="4033" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z163" w:id="121"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="121"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4047" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5303" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3004" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="2152" w:type="dxa"/>
+            <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1841" w:type="dxa"/>
+            <w:tcW w:w="4033" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z164" w:id="122"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="122"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4047" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5303" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3004" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="2152" w:type="dxa"/>
+            <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8053,103 +8045,103 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогикалық кадрлардың</w:t>
-[...51 lines deleted...]
-              <w:t>4 қосымша</w:t>
+              <w:t>Приложение 4</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и проведения курсов повышения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификации педагогических</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кадров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8180,746 +8172,3944 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысан</w:t>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="11459"/>
+        <w:gridCol w:w="841"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11459" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z167" w:id="123"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚАЗАҚСТАН РЕСПУБЛИКАСЫ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БІЛІМ ЖӘНЕ ҒЫЛЫМ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+МИНИСТРЛІГІ</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="123"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="841" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z169" w:id="124"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+МИНИСТЕРСТВО </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ОБРАЗОВАНИЯ И НАУКИ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="124"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11459" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z171" w:id="125"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ПЕДАГОГ КАДРЛАРДЫҢ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БІЛІКТІЛІГІН АРТТЫРУДЫҢ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БІЛІМ БЕРУ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БАҒДАРЛАМАЛАРЫ</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="125"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="841" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z174" w:id="126"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ОБРАЗОВАТЕЛЬНЫЕ ПРОГРАММЫ ПОВЫШЕНИЯ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>КВАЛИФИКАЦИИ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ПЕДАГОГИЧЕСКИХ КАДРОВ</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="126"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11459" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Т.А.Ә./Ф.И.О. ____________________________________________________
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11459" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z177" w:id="127"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы педагог кадрларының біліктілігін арттырудың</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Педагогикалық қоғамдастықтағы мұғалім көшбасшылығы"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+білім беру бағдарламасы бойынша мұғалімдерді оқыту курстарына яқтады</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="127"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="841" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z179" w:id="128"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+окончил (а) курсы обучения учителей</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по образовательной программе повышения квалификации педагогических кадров</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Лидерство учителя</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в педагогическом сообществе"</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="128"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z183" w:id="129"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұйымның атауы ___________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұйымның жетекшісі ________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Руководитель организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="129"/>
+          <w:bookmarkStart w:name="z185" w:id="130"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ПҚМК № 000000</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="130"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Берілгенкүні: 20__жылғы "___"______                                            Дата выдачи: "__ "___20 __ года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 5</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и проведения курсов повышения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификации педагогических</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кадров</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="11459"/>
+        <w:gridCol w:w="841"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11459" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z188" w:id="131"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚАЗАҚСТАН РЕСПУБЛИКАСЫ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БІЛІМ ЖӘНЕ ҒЫЛЫМ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+МИНИСТРЛІГІ</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="131"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="841" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z190" w:id="132"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+МИНИСТЕРСТВО </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ОБРАЗОВАНИЯ И НАУКИ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="132"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11459" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z192" w:id="133"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ПЕДАГОГ КАДРЛАРДЫҢ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БІЛІКТІЛІГІН АРТТЫРУДЫҢ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БІЛІМ БЕРУ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БАҒДАРЛАМАЛАРЫ</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="133"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="841" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z195" w:id="134"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ОБРАЗОВАТЕЛЬНЫЕ ПРОГРАММЫ ПОВЫШЕНИЯ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>КВАЛИФИКАЦИИ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ПЕДАГОГИЧЕСКИХ КАДРОВ</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="134"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11459" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Т.А.Ә./Ф.И.О. ____________________________________________________
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11459" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z198" w:id="135"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы педагог кадрларының біліктілігін арттырудың</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Мектептегі мұғалім көшбасшылығы"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+білім ерубағдарламасы бойынша мұғалімдерді оқыту курстарына яқтады</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="135"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="841" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z200" w:id="136"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+окончил (а) курсы обучения учителей</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по образовательной программе повышения квалификации педагогических кадров</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Лидерство учителя"</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="136"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z203" w:id="137"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұйымның атауы ___________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұйымның жетекшісі ________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Руководитель организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="137"/>
+          <w:bookmarkStart w:name="z205" w:id="138"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ММК № 000000</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="138"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Берілгенкүні: 20__жылғы "___"______                                               Дата выдачи: "__ "___20 __ года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 6</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и проведения курсов повышения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификации педагогических</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кадров</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z208" w:id="139"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚАЗАҚСТАН РЕСПУБЛИКАСЫ</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-БІЛІМ ЖӘНЕ ҒЫЛЫМ</w:t>
-[...15 lines deleted...]
-          </w:p>
+БІЛІМ ЖӘНЕ ҒЫЛЫМ МИНИСТРЛІГІ</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="139"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z209" w:id="140"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-МИНИСТЕРСТВО</w:t>
-[...13 lines deleted...]
-ОБРАЗОВАНИЯ И НАУКИ</w:t>
+МИНИСТЕРСТВО ОБРАЗОВАНИЯ И НАУКИ</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 РЕСПУБЛИКИ КАЗАХСТАН</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="140"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z210" w:id="141"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ПЕДАГОГ КАДРЛАРДЫҢ</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-БІЛІКТІЛІГІН АРТТЫРУДЫҢ</w:t>
-[...13 lines deleted...]
-БІЛІМ БЕРУ</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БІЛІКТІЛІГІН АРТТЫРУДЫҢ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БІЛІМ БЕРУ</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БАҒДАРЛАМАЛАРЫ</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="141"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z213" w:id="142"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ОБРАЗОВАТЕЛЬНЫЕ ПРОГРАММЫ ПОВЫШЕНИЯ</w:t>
-[...13 lines deleted...]
-КВАЛИФИКАЦИИ</w:t>
+ОБРАЗОВАТЕЛЬНЫЕ ПРОГРАММЫ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ПОВЫШЕНИЯ КВАЛИФИКАЦИИ</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ПЕДАГОГИЧЕСКИХ КАДРОВ</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="142"/>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z215" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      </w:t>
+                                     </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Сертификат</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z216" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      Т.А.Ә./Ф.И.О. ___________________________________________________________________</w:t>
+      Т.А.Ә./Ф.И.О. ____________________________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="144"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4766"/>
-        <w:gridCol w:w="7534"/>
+        <w:gridCol w:w="5463"/>
+        <w:gridCol w:w="6837"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4766" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="5463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z217" w:id="145"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...90 lines deleted...]
-          </w:tcPr>
+              <w:t>
+Қазақстан Республикасы педагог кадрларының біліктілігін арттырудың</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Тиімді оқыту"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламасы бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мұғалімдерді оқыту</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+курсына яқтады</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="145"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6837" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z221" w:id="146"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 окончил (а) курсы обучения учителей</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...56 lines deleted...]
-в педагогическом сообществе"</w:t>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по образовательной программе повышения квалификации педагогических кадров</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Эффективное обучение"</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="146"/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z224" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       Ұйымныңатауы __________________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наименование организации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z225" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+       Ұйымның жетекшісі ______________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Руководитель организации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z226" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                                                                         ТО № 000000</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z227" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Берілгенкүні: 20__жылғы "___"_______ Дата выдачи: "__ "___20 __ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7793"/>
+        <w:gridCol w:w="4613"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 7</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и проведения курсов повышения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификации педагогических</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кадров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...14 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z230" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+             ҚАЗАҚСТАН РЕСПУБЛИКАСЫ БІЛІМ ЖӘНЕ ҒЫЛЫМ МИНИСТРЛІГІ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "БӨБЕК" ҰЛТТЫҚ ҒЫЛЫМИ-ПРАКТИКАЛЫҚ, БІЛІМ БЕРУ ЖӘНЕ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         САУЫҚТЫРУ ОРТАЛЫҒЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z231" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                       МИНИСТЕРСТВО ОБРАЗОВАНИЯ И НАУКИ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       НАЦИОНАЛЬНЫЙ НАУЧНО-ПРАКТИЧЕСКИЙ, ОБРАЗОВАТЕЛЬНЫЙ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   И ОЗДОРОВИТЕЛЬНЫЙ ЦЕНТР "БОБЕК"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z232" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                                     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Сертификат</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z233" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+             Т.А.Ә./Ф.И.О. ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6666"/>
+        <w:gridCol w:w="5634"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z234" w:id="155"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Өзін-өзі тану" рухани-адамгершілік білім беру Бағдарламасының педагог мамандардың біліктілігін арттыру курсын аяқтады</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="155"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+окончил(а) курсы повышения квалификации учителей по программе нравственно-духовного образования "Самопознание"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z235" w:id="156"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тақырыбы: Мектептің біртұтас педагогикалық процесіндегі жалпыадамзаттық құндылықтар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="156"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тема: Общечеловеческие ценности в целостном педагогическом процессе школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z236" w:id="157"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Бөбек" ұлттық ғылыми-практикалық, білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және сауықтыруорталығы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұйымның атауы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="157"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z238" w:id="158"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Национальный научно-практический, образовательный и оздоровительный центр "Бобек"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="158"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z240" w:id="159"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бас директор</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="159"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z241" w:id="160"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Генеральный директор</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="160"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z242" w:id="161"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұйымныңжетекшісі</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="161"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Руководитель организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...79 lines deleted...]
-          </w:p>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 00000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z244" w:id="162"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Берілгенкүні:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20___ж. “___”___________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="162"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z246" w:id="163"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата выдачи:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+“___”_________ 20 _ г</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="163"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -8967,103 +12157,103 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогикалық кадрлардың</w:t>
-[...51 lines deleted...]
-              <w:t>5 қосымша</w:t>
+              <w:t>Приложение 8</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и проведения курсов повышения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификации педагогических</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кадров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9094,718 +12284,865 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z249" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                   ҚАЗАҚСТАН РЕСПУБЛИКАСЫ БІЛІМ ЖӘНЕ ҒЫЛЫМ МИНИСТРЛІГІ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             "БӨБЕК" ҰЛТТЫҚ ҒЫЛЫМИ-ПРАКТИКАЛЫҚ, БІЛІМ БЕРУ ЖӘНЕ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               САУЫҚТЫРУ ОРТАЛЫҒЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z250" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                         МИНИСТЕРСТВО ОБРАЗОВАНИЯ И НАУКИ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             НАЦИОНАЛЬНЫЙ НАУЧНО-ПРАКТИЧЕСКИЙ, ОБРАЗОВАТЕЛЬНЫЙ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         И ОЗДОРОВИТЕЛЬНЫЙ ЦЕНТР "БОБЕК"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z251" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                                     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Сертификат</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z252" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+             Т.А.Ә./Ф.И.О. ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6666"/>
+        <w:gridCol w:w="5634"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="6666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z253" w:id="168"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="left"/>
-[...44 lines deleted...]
-            <w:tcW w:w="6150" w:type="dxa"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Өзін-өзі тану" рухани-адамгершілік білім беру Бағдарламасының педагог мамандардың біліктілігін арттыру курсын аяқтады</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="168"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="left"/>
-[...38 lines deleted...]
-РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+окончил(а) курсы повышения квалификации учителей по программе нравственно-духовного образования "Самопознание"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...225 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="6666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z254" w:id="169"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...62 lines deleted...]
-            <w:tcW w:w="6722" w:type="dxa"/>
+              <w:t>
+Тақырыбы: Сыныптың біртұтас педагогикалық процесіндегі жалпыадамзаттық құндылықтар</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="169"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-окончил (а) курсы обучения учителей</w:t>
-[...55 lines deleted...]
-"Лидерство учителя в школе"</w:t>
+Тема: Общечеловеческие ценности в целостном педагогическом процессе класса</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...14 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="6666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z255" w:id="170"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Бөбек" ұлттық ғылыми-практикалық, білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және сауықтыру орталығы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұйымның атауы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="170"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z257" w:id="171"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Национальный научно-практический, образовательный и оздоровительный центр "Бобек"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование организации</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="171"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z258" w:id="172"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бас директор</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="172"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Генеральный директор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z259" w:id="173"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұйымныңжетекшісі</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="173"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Руководитель организации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...79 lines deleted...]
-          </w:p>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 00000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z261" w:id="174"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Берілгенкүні:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20___ж. “___”___________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="174"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5634" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z262" w:id="175"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата выдачи:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+“___”_________ 20 _ г</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="175"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -9853,103 +13190,103 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогикалық кадрлардың</w:t>
-[...51 lines deleted...]
-              <w:t>6 қосымша</w:t>
+              <w:t>Приложение 9</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и проведения курсов повышения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификации педагогических</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кадров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9980,732 +13317,809 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z265" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                   ҚАЗАҚСТАН РЕСПУБЛИКАСЫ БІЛІМ ЖӘНЕ ҒЫЛЫМ МИНИСТРЛІГІ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             "БӨБЕК" ҰЛТТЫҚ ҒЫЛЫМИ-ПРАКТИКАЛЫҚ, БІЛІМ БЕРУ ЖӘНЕ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               САУЫҚТЫРУ ОРТАЛЫҒЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z266" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                         МИНИСТЕРСТВО ОБРАЗОВАНИЯ И НАУКИ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             НАЦИОНАЛЬНЫЙ НАУЧНО-ПРАКТИЧЕСКИЙ, ОБРАЗОВАТЕЛЬНЫЙ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         И ОЗДОРОВИТЕЛЬНЫЙ ЦЕНТР "БОБЕК"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z267" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+                                     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Сертификат</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z268" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+       Т.А.Ә./Ф.И.О. ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6066"/>
+        <w:gridCol w:w="6234"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="6066" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z269" w:id="180"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="left"/>
-[...58 lines deleted...]
-          </w:tcPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Өзін-өзі тану" рухани-адамгершілік білім беру Бағдарламасының педагог мамандардың біліктілігін арттыру курсын аяктады</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тақырыбы: Сабақтағы жалпыадамзаттық құндылықтар</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="180"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6234" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z270" w:id="181"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="left"/>
-[...40 lines deleted...]
-          </w:p>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+окончил(а) курсы повышения квалификации учителей по программе нравственно-духовного образования "Самопознание"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тема: Общечеловеческие ценности на уроке</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="181"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...225 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="6066" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z271" w:id="182"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...90 lines deleted...]
-          </w:tcPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Бөбек" ұлттықғылыми-практикалық, білім беру және сауықтыру орталығы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Өрлеу" біліктілікті арттыру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұлттық орталығы” АҚ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұйымның атауы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бас директор</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Басқарматөрағасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұйымныңжетекшісі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Берілгенкүні“___”_________20__жылғы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="182"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6234" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z279" w:id="183"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-окончил (а) курсы обучения учителей</w:t>
-[...169 lines deleted...]
-          </w:p>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Национальный научно-практический, образовательный и оздоровительный центр "Бобек"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>АО “Национальный центр повышения квалификации “Өрлеу”</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Генеральный директор</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Председатель правления</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Руководитель организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 00000000</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата выдачи:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+“___”_________ 20 _ г</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="183"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7793"/>
         <w:gridCol w:w="4613"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -10753,103 +14167,103 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогикалық кадрлардың</w:t>
-[...51 lines deleted...]
-              <w:t>7 қосымша</w:t>
+              <w:t>Приложение 10</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и проведения курсов повышения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификации педагогических</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кадров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10881,4205 +14295,680 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
-            </w:r>
-[...931 lines deleted...]
-“___”_________ 20 _ г</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7793"/>
-        <w:gridCol w:w="4613"/>
+        <w:gridCol w:w="7020"/>
+        <w:gridCol w:w="5387"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7793" w:type="dxa"/>
-[...117 lines deleted...]
-          </w:p>
+            <w:tcW w:w="7020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z289" w:id="184"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚАЗАҚСТАН РЕСПУБЛИКАСЫ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БІЛІМ ЖӘНЕ ҒЫЛЫМ МИНИСТРЛІГІ</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="184"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z290" w:id="185"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+МИНИСТЕРСТВО ОБРАЗОВАНИЯ И НАУКИ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="185"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7793" w:type="dxa"/>
-[...269 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="7020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z291" w:id="186"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...72 lines deleted...]
-          </w:tcPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жалпы білім беру ұйымдары басшыларының біліктілігін арттыру бағдарламасы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="186"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z292" w:id="187"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...54 lines deleted...]
-          </w:p>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа повышения квалификации руководителей общеобразовательных организаций</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="187"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6666" w:type="dxa"/>
-[...1993 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z293" w:id="188"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...117 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">
-жалпы білім беру ұйымдары </w:t>
-[...136 lines deleted...]
-            </w:pPr>
+                                                                         </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...22 lines deleted...]
-                <w:b/>
+              <w:t>Сертификат</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Т.А.Ә./Ф.И.О. _____________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="188"/>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblInd w:w="115" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="4632"/>
-              <w:gridCol w:w="7668"/>
+              <w:gridCol w:w="5602"/>
+              <w:gridCol w:w="6698"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
-                <w:trHeight w:val="120" w:hRule="atLeast"/>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4632" w:type="dxa"/>
+                  <w:tcW w:w="5602" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
-                    <w:top w:w="60" w:type="dxa"/>
-[...2 lines deleted...]
-                    <w:right w:w="60" w:type="dxa"/>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
-                  <w:vAlign w:val="top"/>
+                  <w:vAlign w:val="center"/>
                 </w:tcPr>
+                <w:bookmarkStart w:name="z295" w:id="189"/>
                 <w:p>
                   <w:pPr>
-                    <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                    <w:jc w:val="left"/>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Consolas"/>
-                      <w:b/>
+                      <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
-Қазақстан Республикасының жалпы білім</w:t>
-[...39 lines deleted...]
-</w:t>
+ҚазақстанРеспубликасыныңжалпы білім беру ұйымдары басшыларының біліктілігін арттырудың білім беру бағдарламасы бойынша курсты аяқтады</w:t>
                   </w:r>
                 </w:p>
+                <w:bookmarkEnd w:id="189"/>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7668" w:type="dxa"/>
+                  <w:tcW w:w="6698" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
-                    <w:top w:w="60" w:type="dxa"/>
-[...2 lines deleted...]
-                    <w:right w:w="60" w:type="dxa"/>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
-                  <w:vAlign w:val="top"/>
+                  <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
-                    <w:spacing w:after="0"/>
-[...1 lines deleted...]
-                    <w:jc w:val="left"/>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Consolas"/>
-                      <w:b/>
+                      <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
-окончил (а) курсы по образовательной</w:t>
-[...39 lines deleted...]
-</w:t>
+окончил (а) курсы по образовательной программе повышения квалификации руководителей общеобразовательных организаций Республики Казахстан</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
+          <w:p/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
-                <w:b/>
-[...54 lines deleted...]
-                <w:b/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұйымның атауы _______________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұйымның жетекшісі ____________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Руководитель организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z297" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      D № 000000</w:t>
+                                                                                     D № 000000</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z298" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+             Берілгенкүні: 20__ж. "___"_______                  Дата выдачи: "__ "___20 __ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...16 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК
+					© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -15405,31 +15294,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
+<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>