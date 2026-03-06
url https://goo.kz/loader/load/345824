--- v0 (2025-12-15)
+++ v1 (2026-03-06)
@@ -1,29469 +1,32202 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Ескерту. Күші жойылды - ҚР 16.05.2014 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t> Сноска. Утратил силу Законом РК от 16.05.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z242" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 202-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі).</w:t>
+        <w:t> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
-[...58 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Вниманию пользователей!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Для удобства пользования РЦПИ создано </w:t>
+      </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidRPr="006B175E">
-[...9 lines deleted...]
-          <w:t>МАЗМҰНЫ</w:t>
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Оглавление</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      РҚАО-ның ескертпесі!</w:t>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>      Примечание РЦПИ!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Осы Заңның қолданысқа енгізілу тәртібін</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>С 01.01.2013 слова "единый регистратор", "единого регистратора", "единым регистратором" считать соответственно словами "регистратор", "регистратора", "регистратором" в соответствии с Законом РК от </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z3361" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 524-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...39 lines deleted...]
-        <w:t>1-тармағынан қараңыз.</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
-[...83 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1-тарау. ЖАЛПЫ ЕРЕЖЕЛЕР</w:t>
+        <w:t>Глава 1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1-бап. Осы Заңда реттелетін қатынастар</w:t>
+        <w:t>      Статья 1. Отношения, регулируемые настоящим Законом</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...20 lines deleted...]
-        <w:t>      2. Осы Заңда жеке және (немесе) заңды тұлғалар арасында жасалған лицензиялық шарт шеңберінде лицензиялар беруге байланысты қатынастар реттелмейді.</w:t>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Настоящим Законом регулируются отношения, связанные с лицензированием отдельных видов деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Настоящим Законом не регулируются отношения, связанные с выдачей лицензий в рамках заключенного между физическими и (или) юридическими лицами лицензионного договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2-бап. Қазақстан Республикасының лицензиялау туралы </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>      Статья 2. Законодательство Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>заңнамасы</w:t>
+        <w:t>                о лицензировании</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...49 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Законодательство Республики Казахстан о лицензировании основывается на </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Конституции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан и состоит из настоящего Закона и иных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>нормативных</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:anchor="z0" w:history="1">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:hyperlink r:id="rId10" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>правовых</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:anchor="z2" w:history="1">
-[...46 lines deleted...]
-        <w:t>      2. Егер Қазақстан Республикасы ратификациялаған халықаралық шартта осы Заңда көзделгеннен өзгеше ережелер белгіленсе, онда халықаралық шарттың ережелері қолданылады.</w:t>
+      <w:hyperlink r:id="rId11" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>актов</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые предусмотрены настоящим Законом, то применяются правила международного договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>3-бап. Осы Заңда пайдаланылатын негізгі ұғымдар</w:t>
+        <w:t>      Статья 3. Основные понятия, используемые в настоящем </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                Законе</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В настоящем Законе используются следующие основные понятия:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>      1) </w:t>
       </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>квалификационные требования</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> - совокупность количественных и качественных нормативов и показателей, характеризующих способность заявителя и лицензиата заниматься отдельным лицензируемым видом деятельности и (или) подвидом лицензируемого вида деятельности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z10"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) единый технологический процесс - совокупность технологически взаимосвязанных и последовательных действий (работ), выполняемых в процессе производства в рамках одного лицензируемого вида деятельности;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z11"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) автоматическое лицензирование импорта отдельных товаров - мера, установленная в целях мониторинга посредством выдачи лицензии;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z311"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3-1) электронная копия документа - электронный документ, полностью воспроизводящий вид и данные подлинного бумажного документа в электронно-цифровой форме, удостоверенный электронной цифровой подписью заявителя, лицензиата или лица, обладающего полномочиями на удостоверение данного документа, либо уполномоченного работника центра обслуживания населения;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z495"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3-2) компетентный (отраслевой) орган - государственный орган, осуществляющий руководство соответствующей отраслью (сферой) государственного управления, к которой относится лицензируемый вид деятельности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z12"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) </w:t>
+      </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="006B175E">
-[...130 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="z9"/>
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лицензиар</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - государственный орган, осуществляющий лицензирование в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>соответствии с настоящим Законом; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z314"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4-1) электронный реестр лицензиара - неотъемлемый раздел государственного электронного реестра лицензий, содержащий вносимые лицензиаром сведения о выданных, переоформленных, приостановленных, возобновленных и прекративших действие лицензиях;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="z13"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) лицензиат - физическое или юридическое лицо, имеющее лицензию; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="z14"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z101" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лицензия</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> - разрешение, выдаваемое соответствующим лицензиаром физическому или юридическому лицу на занятие отдельным видом деятельности; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="z15"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) лицензируемый вид деятельности (далее - вид деятельности) - вид деятельности (определенное действие (операция, классы страхования), для занятия которым требуется получение лицензии в соответствии с настоящим Законом; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="z16"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8) подвид лицензируемого вида деятельности (далее - подвид деятельности) - конкретизация соответствующего вида деятельности в рамках одной лицензии; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="z325"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8-1) реестр лицензий - база данных, содержащая сведения о выданных, переоформленных, приостановленных, возобновленных и прекративших действие лицензиях, а также филиалах, представительствах (объектах, пунктах, участках) лицензиата, осуществляющих лицензируемый вид (подвид) деятельности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="z17"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен Законом РК от 15.07.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z61" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 337-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z102" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст. 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="z315"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9-1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>государственный электронный реестр лицензий</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> - информационная система, содержащая сведения о выданных, переоформленных, приостановленных, возобновленных и прекративших действие лицензиях, а также филиалах, представительствах (объектах, пунктах, участках) лицензиата, осуществляющих лицензируемый вид (подвид) деятельности, которая централизованно формирует идентификационный номер лицензий, выдаваемых лицензиарами;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="z316"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9-2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z51" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>идентификационный номер лицензий</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> - уникальный номер, генерируемый в государственном электронном реестре лицензий в соответствии со стандартом единой системы нумерации и кодирования административных документов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="z18"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) лицензирование - комплекс мероприятий, связанных с выдачей и переоформлением лицензий, осуществлением контроля лицензиаров за соблюдением лицензиатами соответствующих требований, приостановлением и возобновлением действия лицензий, лишением лицензий;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="z19"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>11) лицензионный контроль - деятельность лицензиара, направленная на проверку соответствия заявителя или лицензиата квалификационным требованиям до выдачи лицензии и (или) приложения к лицензии, а также обеспечение соблюдения лицензиатами законодательства Республики Казахстан о лицензировании после ее выдачи;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="z496"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11-1) электронная форма лицензии - лицензия в форме электронного документа, оформляемая и выдаваемая с использованием информационных технологий, равнозначная лицензии на бумажном носителе;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="z20"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>12) заявитель - физическое или юридическое лицо, обратившееся в соответствующий лицензиар с заявлением о выдаче лицензии и (или) приложения к лицензии; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="z21"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) уполномоченный орган - государственный орган, осуществляющий разработку и проведение государственной политики и координирующий деятельность других государственных органов в области лицензирования;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="z317"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14) электронная лицензия - лицензия в форме электронного документа, оформляемая и выдаваемая с использованием информационных технологий, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      4) </w:t>
-[...219 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>равнозначная лицензии на бумажном носителе.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(алып тасталды - ҚР 2010.07.15 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>Сноска. Статья 3 с изменениями, внесенными законами РК от  15.07.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z59" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 337-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (қолданысқа енгізілу тәртібін </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z102" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст. 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> қараңыз) Заңымен);</w:t>
-[...266 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>); от 15.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="z492" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 3-бапқа өзгеріс енгізілді - ҚР 2010.07.15 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t> (вводится в действие с 30.01.2012); от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z540" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (қолданысқа енгізілу тәртібін </w:t>
-[...77 lines deleted...]
-        <w:t>(алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>4-бап. Лицензиялаудың негізгі принциптері</w:t>
+        <w:t>      Статья 4. Основные принципы лицензирования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Выдача лицензий осуществляется на равных основаниях и равных условиях для всех лиц, отвечающих требованиям, установленным для данного вида деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Введение лицензионного порядка по отдельным видам деятельности устанавливается в целях национальной безопасности, обеспечения правопорядка, защиты окружающей среды, собственности, жизни и здоровья граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Настоящим Законом устанавливается исчерпывающий перечень видов деятельности и подвидов деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...181 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. При включении в настоящий Закон новых видов деятельности и (или) подвидов деятельности их лицензирование осуществляется после принятия соответствующих нормативных правовых актов, устанавливающих квалификационные требования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Нормативные правовые акты, которыми утверждаются </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>квалификационные требования</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, предъявляемые к отдельным видам (подвидам) деятельности, и перечень документов, подтверждающих соответствие квалификационным требованиям, а также </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://adilet.zan.kz/rus/docs/P080000578_" \l "z82" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>перечень</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отдельных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> товаров, экспорт или импорт которых подлежит лицензированию, не могут быть введены в действие до истечения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>двадцатиоднодневного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> срока после официального опубликования этих актов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Лицензирование отдельных видов деятельности устанавливается в случаях, если предусмотренные законами Республики Казахстан требования к продукции, требования по обязательному подтверждению соответствия отдельных видов продукции, процессов недостаточны для достижения целей государственного администрирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      6. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:anchor="z102" w:history="1">
-        <w:r w:rsidRPr="006B175E">
+      <w:hyperlink r:id="rId24" w:anchor="z102" w:history="1">
+        <w:r w:rsidRPr="00061434">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>Лицензия</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006B175E">
-[...103 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> является неотчуждаемой и не может быть передана лицензиатом другому физическому или юридическому лицу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Действие лицензий распространяется на всей территории Республики Казахстан, за исключением случаев, предусмотренных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Виды деятельности, входящие в единый технологический процесс и (или) являющиеся необходимым элементом осуществления вида деятельности, лицензированию не подлежат.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Заключение о вхождении вида деятельности в единый технологический процесс и (или) отнесении его к необходимому элементу осуществления вида деятельности предоставляется компетентным (отраслевым) органом по запросу лицензиара на основании обращения заявителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      9. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осуществление отдельных видов деятельности или совершение определенных действий (операций), требующих лицензирования, допускается лишь при наличии лицензии, за исключением деятельности, осуществляемой </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:anchor="z58" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>государственными органами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:anchor="z69" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>автономными организациями образования</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и их организациями, в том числе иностранными юридическими лицами, внедряющими и (или) реализующими образовательные программы в указанных организациях, а также Банком Развития Казахстана в пределах полномочий, установленных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осуществление отдельных видов деятельности в финансовой сфере и деятельности, связанной с концентрацией финансовых ресурсов, допускается лишь при наличии лицензии, за исключением деятельности, проводимой </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>кредитными товариществами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:anchor="z93" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>центральным депозитарием</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:anchor="z433" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>единым регистратором</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>кредитным бюро</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> с государственным участием, обществами </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:anchor="z75" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>взаимного страхования</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>оператором</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> платежного шлюза "электронного правительства", а также </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Национальным оператором почты</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в пределах полномочий, установленных законами Республики Казахстан.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
-[...321 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 4-бапқа өзгеріс енгізілді - ҚР 2010.07.15 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t xml:space="preserve">Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (қолданысқа енгізілу тәртібін </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>Статья 4 с изменениями, внесенными законами РК от  15.07.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:anchor="z63" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 337-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> қараңыз), 2011.01.19 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:anchor="z102" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст. 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi), 2011.07.15 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>); от 19.01.2011 № </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:anchor="z143" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>395-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгізіледі), 2011.12.28 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 15.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:anchor="z496" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.07.10 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>(вводится в действие с 30.01.2012); от 28.12.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:anchor="z3224" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 524-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:anchor="z545" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2-тарау. МЕМЛЕКЕТТІК ЛИЦЕНЗИЯЛАУ ЖҮЙЕСІ</w:t>
+        <w:t>Глава 2. ГОСУДАРСТВЕННАЯ СИСТЕМА ЛИЦЕНЗИРОВАНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>5-бап. Мемлекеттік лицензиялау жүйесінің құрылымы</w:t>
+        <w:t>      Статья 5. Структура государственной системы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 лицензирования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Государственную систему лицензирования составляют: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) Правительство Республики Казахстан; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) уполномоченный орган; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) лицензиары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...68 lines deleted...]
-        <w:t>      3) лицензиарлардан тұрады.</w:t>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Статья 6. Компетенция Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      К компетенции Правительства Республики Казахстан относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) разработка основных направлений государственной политики в области лицензирования, стратегических и тактических мер по ее осуществлению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>определение</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> лицензиаров;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="z114"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId42" w:anchor="z940" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Законом РК от 15.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId43" w:anchor="z500" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 30.01.2012);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:anchor="z940" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      6) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId45" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>утверждение</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> перечня ядов, производство, переработка, перевозка, приобретение, хранение, реализация, использование и уничтожение которых подлежат лицензированию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Законом РК от 15.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46" w:anchor="z500" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 30.01.2012);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>определение</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> государственных органов, которые осуществляют согласование выдачи лицензии в части соответствия заявителя требованиям законодательства Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48" w:anchor="z940" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="z497"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9-1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId49" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>утверждение</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> правил заверения электронных копий документов сотрудниками центров обслуживания населения;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) выполнение иных функций, возложенных на него </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId50" w:anchor="z73" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Конституцией</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, настоящим Законом, иными законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 6 с изменениями, внесенными законами РК от 15.07.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId51" w:anchor="z64" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 337-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId52" w:anchor="z102" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст. 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); от 06.01.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId53" w:anchor="z231" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 378-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 05.07.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId54" w:anchor="z747" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 452-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 13.10.2011); от 15.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:anchor="z499" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30.01.2012); от 05.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId56" w:anchor="z528" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 30-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId57" w:anchor="z546" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId58" w:anchor="z940" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>6-бап. Қазақстан Республикасы Үкіметінің құзыреті</w:t>
+        <w:t>      Статья 7. Компетенция уполномоченного органа</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...92 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>К компетенции уполномоченного органа относятся:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) формирование государственной политики в области лицензирования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) управление процессом развития, установления прав доступа, обеспечение функционирования государственного электронного реестра лицензий;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2-1) разработка правил заверения электронных копий документов сотрудниками центров обслуживания населения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
         <w:t>      3) </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>алып тасталды - ҚР 29.09.2014 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>исключен Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>от 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId59" w:anchor="z942" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>алып тасталды - ҚР 2011.07.15 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) разработка и утверждение форм заявления для получения лицензии и (или) приложения к лицензии, за исключением формы заявления для получения лицензии и (или) приложения к лицензии, утверждаемых Национальным Банком Республики Казахстан в соответствии с законами Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) осуществление иных полномочий, предусмотренных настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t xml:space="preserve">Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>алып тасталды - ҚР 29.09.2014 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>Статья 7 в редакции Закона РК от 15.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId60" w:anchor="z502" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi);</w:t>
-[...74 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>(вводится в действие с 30.01.2012); с изменениями, внесенными законами РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId61" w:anchor="z549" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>алып тасталды - ҚР 2011.07.15 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId62" w:anchor="z941" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
-[...454 lines deleted...]
-      </w:r>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...7 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>7-бап. Уәкілетті органның құзыреті</w:t>
+        <w:t>Статья 7-1. Компетенция уполномоченного органа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                  в сфере информатизации</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      К</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> компетенции уполномоченного органа в сфере информатизации относятся разработка и утверждение правил ведения государственного электронного реестра лицензий.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Глава 2 дополнена статьей 7-1 в соответствии с Законом РК от 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId63" w:anchor="z944" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...280 lines deleted...]
-        <w:t> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңдарымен.</w:t>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Статья 8. Компетенция государственных органов</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...7 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      К компетенции </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId64" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лицензиаров</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> относятся:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) разработка, согласование с уполномоченным органом и утверждение квалификационных требований, предъявляемых к отдельным видам (подвидам) деятельности, и перечня документов, подтверждающих соответствие им, за исключением квалификационных требований к видам деятельности в сфере игорного бизнеса.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Разработку и утверждение квалификационных требований, предъявляемых к отдельным видам (подвидам) деятельности, и перечня документов, подтверждающих соответствие им, в случае, если лицензиаром является местный исполнительный орган, осуществляют центральные государственные органы в пределах своей компетенции;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) установление соответствия заявителя квалификационным требованиям;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) лицензирование; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) осуществление лицензионного контроля;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      5) ведение и ежемесячное размещение реестра лицензий на своем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, за исключением </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId65" w:anchor="z15" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лицензий</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> на приобретение гражданского и служебного оружия и патронов к нему, гражданских пиротехнических веществ и изделий с их применением.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В электронном реестре лицензиара и государственном электронном реестре лицензий должны быть указаны следующие сведения:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      наименование лицензиара; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дата выдачи и номер лицензии и (или) приложения к лицензии; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      фамилия, имя, отчество (при его наличии), а также номер и дата выдачи свидетельства в случае государственной регистрации физического лица в качестве индивидуального предпринимателя - для индивидуального предпринимателя;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>наименование, место нахождения юридического лица - для юридического лица;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      вид деятельности и (или) подвиды деятельности; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      срок действия лицензии;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      номер платежного поручения и дата уплаты лицензионного сбора;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      индивидуальный идентификационный номер;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      бизнес-идентификационный номер;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      основания и дата переоформления лицензии и (или) приложения к лицензии; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      основания и даты приостановления, возобновления действия лицензии;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      основание и дата прекращения действия лицензии;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>данные о филиалах, представительствах, объектах, пунктах, участках лицензиата, осуществляющих лицензируемый вид (подвид) деятельности (в случае их наличия);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      6) направление запроса в государственные органы о согласовании выдачи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>лицензии в части соответствия заявителя требованиям законодательства Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) оказание электронных услуг с применением информационных систем в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId66" w:anchor="z111" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан об информатизации;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) размещение информации о выданных, переоформленных, приостановленных, возобновленных и прекративших действие лицензиях на собственном </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9) осуществление в интересах местного государственного управления иных полномочий, возлагаемых на местные исполнительные органы законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В случае создания филиала (представительства, объекта, пункта, участка) при изменении его местонахождения лицензиат в течение десяти рабочих дней обязан направить в адрес лицензиара письмо с приложением копий документов, подтверждающих его соответствие квалификационным требованиям, в случае, если лицензиаром является местный исполнительный орган, - по месту нахождения филиала (представительства, объекта, пункта, участка). В течение десяти рабочих дней со дня получения письма (уведомления) лицензиата лицензиар устанавливает соответствие заявителя квалификационным требованиям, предъявляемым к соответствующему виду (подвиду) деятельности. При соответствии его квалификационным требованиям вносит соответствующие данные в реестр лицензий.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В финансовой сфере и деятельности, связанной с концентрацией финансовых ресурсов, внесение в реестр лицензий данных о создании филиала (представительства, пункта), изменении его местонахождения осуществляется лицензиаром в течение десяти рабочих дней со дня получения от лицензиата документов, установленных законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 8 с изменениями, внесенными законами РК от  15.07.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId67" w:anchor="z66" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 337-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId68" w:anchor="z102" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст. 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); от 06.01.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId69" w:anchor="z231" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 378-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 15.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId70" w:anchor="z503" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 30.01.2012); от 05.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId71" w:anchor="z748" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 452-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 13.10.2011); от 12.01.2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId72" w:anchor="z140" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 538-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId73" w:anchor="z182" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст. 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId74" w:anchor="z550" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 24.12.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId75" w:anchor="z866" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 60-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId76" w:anchor="z945" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>7-1-бап. Ақпараттандыру саласындағы уәкілетті органның</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>      Статья 9. Виды и действие лицензий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId77" w:anchor="z102" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Лицензии</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> различаются по следующим признакам:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="z38"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. По субъектам:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) выдаваемые физическим и юридическим лицам Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) выдаваемые иностранцам, лицам без гражданства, иностранным юридическим лицам и международным организациям.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="23" w:name="z39"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. По объему деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) генеральные - на занятие отдельными видами деятельности, выдаваемые без ограничения срока действия;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) разовые - на занятие отдельным видом деятельности в пределах разрешенного срока, объема, веса или количества (в натуральном либо денежном выражении), а также на занятие видами деятельности в сфере игорного бизнеса в пределах срока, установленного </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId78" w:anchor="z43" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "Об игорном </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>бизнесе", и на занятие деятельностью по организации строительства жилых зданий за счет привлечения денег дольщиков в пределах объема, установленного </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId79" w:anchor="z89" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан "О долевом участии в жилищном строительстве";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) операционные - на занятие отдельными операциями в банковской деятельности, классов в страховой деятельности (классов страхования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="24" w:name="z120"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В сфере </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId80" w:anchor="z153" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>экспорта и импорта</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> товаров:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) генеральная лицензия - лицензия, выдаваемая участнику внешнеторговой деятельности на основании решения государства-члена таможенного союза и предоставляющая право на экспорт и (или) импорт отдельного вида товара в определенном лицензией количестве;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) исключительная лицензия - лицензия, предоставляющая участнику внешнеторговой деятельности исключительное право на экспорт и (или) импорт отдельного вида товара;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) разовая лицензия - лицензия, выдаваемая участнику внешнеторговой деятельности на основании внешнеторгового договора (контракта) и предоставляющая право на экспорт и (или) импорт лицензируемого товара в определенном количестве.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 9 в редакции Закона РК от 26.01.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId81" w:anchor="z65" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 400-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении тридцати календарных дней после его первого официального опубликования); с изменением, внесенным Законом РК от 15.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId82" w:anchor="z519" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 30.01.2012).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>құзыреті</w:t>
+        <w:t>Статья 9-1. Особые условия действия лицензий</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Особые условия действия лицензий вносятся в лицензии для указания:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      категории лицензиата при лицензировании деятельности в сфере архитектуры, градостроительства и строительства в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId83" w:anchor="z435" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан "Об архитектурной, градостроительной и строительной деятельности в Республике Казахстан";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      отрасли, в которой осуществляется лицензируемый вид деятельности, при </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId84" w:anchor="z14" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лицензировании</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> деятельности в сфере промышленности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 2-тарау 7-1-баппен толықтырылды - ҚР 29.09.2014 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>Сноска. Глава 2 дополнена статьей 9-1 в соответствии с Законом РК от 15.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId85" w:anchor="z520" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi).</w:t>
+        <w:t>(вводится в действие с 30.01.2012).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>8-бап. Мемлекеттік органдардың құзыреті</w:t>
+        <w:t>Статья 10. Форма лицензии и приложения к лицензии</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...7 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Форма лицензии и приложения к ней устанавливаются уполномоченным органом, за исключением форм лицензий и приложений к ним, утверждаемых Национальным Банком Республики Казахстан в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Приложение к лицензии, в котором указываются подвиды деятельности, является неотъемлемой частью лицензии. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Формы лицензий для осуществления деятельности, связанной с концентрацией финансовых ресурсов, предусмотренной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId86" w:anchor="z65" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьей 32</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона, устанавливаются Национальным Банком Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Лицензия и (или) приложение к лицензии выдаются в электронной форме. В случае обращения заявителя или лицензиата за получением лицензии и (или) приложения к лицензии на бумажном носителе лицензия и (или) приложение к лицензии оформляются в электронном формате, распечатываются и заверяются печатью и подписью руководителя органа - лицензиара.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В случае отсутствия возможности выдать лицензию и (или) приложение к лицензии в электронном формате, лицензия и (или) приложение к лицензии выдаются на бумажном носителе.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
         <w:t>      </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67" w:history="1">
-[...139 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Статья 10 с изменениями, внесенными законами РК от 04.07.2009 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      4) лицензиялық бақылауды жүзеге асыру;</w:t>
-[...435 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>N </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId87" w:anchor="z105" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>167-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 8-бап жаңа редакцияда көзделген - ҚР 2011.07.15</w:t>
-[...26 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId88" w:anchor="z114" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст. 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>); от 05.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId89" w:anchor="z529" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 30-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId90" w:anchor="z551" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.01.12 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId91" w:anchor="z946" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (қолданысқа енгізілу тәртібін </w:t>
-[...77 lines deleted...]
-        <w:t> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңдарымен.</w:t>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>9-бап. Лицензиялардың түрлері мен қолданысы</w:t>
+        <w:t>     Статья 11. Сферы лицензирования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Лицензированию подлежат отдельные виды деятельности в следующих сферах:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...447 lines deleted...]
-        <w:t> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId92" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>промышленности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...22 lines deleted...]
-        <w:t>9-1-бап. Лицензиялардың қолданылуының ерекше шарттары</w:t>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId93" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>использования</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId94" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>атомной энергии</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...96 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId95" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>оборота</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId96" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ядовитых веществ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. Заң 9-1-баппен толықтырылды - ҚР 2011.07.15 N </w:t>
-[...38 lines deleted...]
-        <w:t>ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...22 lines deleted...]
-        <w:t>10-бап. Лицензияның және лицензияға қосымшалардың нысаны</w:t>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Законом РК от 15.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId97" w:anchor="z522" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 30.01.2012);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...210 lines deleted...]
-        <w:t> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңдарымен.</w:t>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId98" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>транспорта</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...22 lines deleted...]
-        <w:t>11-бап. Лицензиялау салалары</w:t>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId99" w:anchor="z10" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>оборота</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наркотических средств, психотропных веществ, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>прекурсоров</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...36 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId100" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>обеспечения</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> информационной безопасности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId101" w:anchor="z59" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>специальных</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> технических средств, предназначенных для проведения оперативно-розыскных мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) оборота </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId102" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>вооружения</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId103" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>военной техники</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и отдельных видов оружия, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId104" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>взрывчатых</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> веществ и изделий с их применением;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId105" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>использования</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> космического пространства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) информатизации и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId106" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>связи</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId107" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>образования</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId108" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>средств</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> массовой информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId109" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>сельского</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId110" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>хозяйства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId111" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>здравоохранения</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId112" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>обслуживания</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId113" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>физических</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId114" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>и</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId115" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>юридических</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId116" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лиц</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId117" w:anchor="z12" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>игорного бизнеса</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>; </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
-[...37 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId118" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ветеринарии</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId119" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>судебно-экспертной</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> с учетом положений </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId120" w:anchor="z89" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Закона</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан "О судебно-экспертной деятельности в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      20) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId121" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>культуры</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId122" w:anchor="z27" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>финансовой</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92" w:anchor="z7" w:history="1">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:hyperlink r:id="rId123" w:anchor="z16" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>сфере</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId124" w:anchor="z23" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>деятельности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId125" w:anchor="z10" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>связанной</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId126" w:anchor="z30" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>с</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId127" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>концентрацией</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId128" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>финансовых ресурсов</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      22) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId129" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>архитектуры</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, градостроительства и строительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      23) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId130" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>изготовления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> государственных символов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 30.06.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId131" w:anchor="z736" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 297-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.07.2010)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
-[...37 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      25) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId132" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>производства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и оборота этилового спирта и алкогольной  продукции, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId133" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>производства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> табачных изделий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      26) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен Законом РК от 04.07.2009 N </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId134" w:anchor="z106" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>167-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId135" w:anchor="z114" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст. 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      27) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId136" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>экспорта</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId137" w:anchor="z17" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>импорта</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      28) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId138" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>товарных</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94" w:anchor="z0" w:history="1">
-[...48 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:hyperlink r:id="rId139" w:anchor="z146" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>бирж</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>алынып тасталды - ҚР 2011.07.15 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t xml:space="preserve">Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
-[...260 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>Статья 11 с изменениями, внесенными законами РК от 04.05.2009 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId140" w:anchor="z12" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 156-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 08.11.2009); от 20.01.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId141" w:anchor="z217" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 241-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>; от 30.06.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId142" w:anchor="z736" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 297-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.07.2010); от 15.07.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId143" w:anchor="z521" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId102" w:anchor="z0" w:history="1">
-[...1074 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>алынып тасталды - ҚР 2010.06.30 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>(вводится в действие с 30.01.2012); от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId144" w:anchor="z552" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:lastRenderedPageBreak/>
+          <w:t>V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (2010.07.01 бастап қолданысқа енгізіледі) Заңымен;</w:t>
-[...99 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>алынып тасталды - ҚР 2009.07.04 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t xml:space="preserve"> от 21.06.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId145" w:anchor="z78" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 107-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (қолданысқа енгізілу тәртібін </w:t>
-[...471 lines deleted...]
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t> (вводится в действие по истечении тридцати календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>3-тарау. ҚЫЗМЕТ ТҮРЛЕРІ</w:t>
+        <w:t>Глава 3. ВИДЫ ДЕЯТЕЛЬНОСТИ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>12-бап. Өнеркәсіп саласындағы қызметті лицензиялау</w:t>
+        <w:t>Статья 12. Лицензирование деятельности в сфере</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>промышленности</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...313 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Наличие </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId146" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лицензии</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> требуется для занятия следующими видами деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="25" w:name="z151"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId147" w:anchor="z14" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>проектирование</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (технологическое) и (или) эксплуатация горных (разведка, добыча полезных ископаемых), нефтехимических, химических производств, проектирование (технологическое) нефтегазоперерабатывающих производств, эксплуатация магистральных газопроводов, нефтепроводов, нефтепродуктопроводов.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Данный вид деятельности включает следующие подвиды деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      проектирование (технологическое) и (или) эксплуатация горных производств;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      проектирование добычи твердых полезных ископаемых (за исключением общераспространенных полезных ископаемых), нефти, газа, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нефтегазоконденсата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      составление проектов и технологических регламентов на разработку месторождений твердых полезных ископаемых, нефтегазовых месторождений;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      добыча твердых полезных ископаемых (за исключением общераспространенных полезных ископаемых), нефти, газа, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нефтегазоконденсата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>вскрытие и разработка месторождений твердых полезных ископаемых открытым и подземным способами;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      ведение технологических работ на месторождениях;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      производство взрывных работ для добычи полезных ископаемых;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      ликвидационные работы по закрытию рудников и шахт;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      каротажные работы в нефтяных, газовых скважинах;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      прострелочно-взрывные работы в нефтяных, газовых скважинах;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      бурение нефтяных, газовых скважин, в том числе на море и внутренних водоемах;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>подземный и капитальный ремонт скважин; демонтаж оборудования и агрегатов; установка подъемника скважин;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      испытания после ремонта скважин;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      промывка, цементация, опробование и освоение скважин;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      повышение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нефтеотдачи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нефтяных пластов и увеличение производительности скважин;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      работы по предотвращению и ликвидации нефтяных разливов на суше и море, самоизливающихся скважин, нефтяных и газовых выбросов (за исключением противофонтанных работ), консервация скважин;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>проектирование (технологическое) и (или) эксплуатация нефтехимических, химических производств;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      составление технико-экономического обоснования проектов разработки нефтегазовых месторождений;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      эксплуатация магистральных газопроводов, нефтепроводов, нефтепродуктопроводов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="26" w:name="z152"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId148" w:anchor="z56" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>покупка электрической энергии</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в целях энергоснабжения;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="27" w:name="z153"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId149" w:anchor="z31" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>сбор</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId150" w:anchor="z57" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>заготовка</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), хранение, переработка и реализация юридическими лицами лома и отходов цветных и черных металлов, за исключением деятельности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      мұнай, газ ұңғымаларындағы каротаж жұмыстары;</w:t>
-[...364 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>по реализации лома и отходов цветных и черных металлов, образовавшихся у юридических лиц в ходе собственного производства и в результате приобретения имущественного комплекса, в составе которого находились лом и (или) отходы цветных и (или) черных металлов, лицензиатам.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 12-бап жаңа редакцияда - ҚР 2012.07.10 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>Сноска. Статья 12 в редакции Закона РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId151" w:anchor="z553" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>13-бап. Атом энергиясын пайдалану саласындағы қызметті </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>      Статья 13. Лицензирование деятельности в сфере</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>лицензиялау</w:t>
+        <w:t>                 использования атомной энергии</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...228 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Наличие лицензии требуется для занятия следующими видами деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId152" w:anchor="z10" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>выполнение работ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, связанных с этапами жизненного цикла объектов использования атомной энергии.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="28" w:name="z158"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Данный вид деятельности включает следующие подвиды деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="29" w:name="z159"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      сооружение ядерных установок, хранилищ радиоактивных отходов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="30" w:name="z160"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      эксплуатация ядерных установок, хранилищ радиоактивных отходов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="31" w:name="z161"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      вывод из эксплуатации ядерных установок, хранилищ радиоактивных отходов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="32" w:name="z162"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      управление работами и проектами при размещении, сооружении, выводе из эксплуатации ядерных установок;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="33" w:name="z163"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId153" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>обращение</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> с ядерными материалами.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="34" w:name="z164"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Данный вид деятельности включает следующие подвиды деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="35" w:name="z165"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      реализация ядерных материалов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="36" w:name="z166"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      использование ядерных материалов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="37" w:name="z167"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      хранение ядерных материалов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="38" w:name="z168"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId154" w:anchor="z12" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>обращение</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> с радиоактивными веществами, приборами и установками, содержащими радиоактивные вещества.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="39" w:name="z169"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Данный вид деятельности включает следующие подвиды деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="40" w:name="z170"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      изготовление радиоактивных веществ, приборов и установок, содержащих радиоактивные вещества;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="41" w:name="z171"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      использование радиоактивных веществ, приборов и установок, содержащих радиоактивные вещества;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="42" w:name="z172"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      хранение радиоактивных веществ, приборов и установок, содержащих радиоактивные вещества;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="43" w:name="z173"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      реализация радиоактивных веществ, приборов и установок, содержащих радиоактивные вещества;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="44" w:name="z174"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      добыча и переработка природного урана;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="45" w:name="z175"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId155" w:anchor="z13" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>обращение</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> с приборами и установками, генерирующими ионизирующее излучение.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="46" w:name="z176"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Данный вид деятельности включает следующие подвиды деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="47" w:name="z177"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      изготовление приборов и установок, генерирующих ионизирующее излучение;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="48" w:name="z178"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      использование приборов и установок, генерирующих ионизирующее излучение;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="49" w:name="z179"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId156" w:anchor="z14" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>предоставление услуг</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в области использования атомной энергии.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="50" w:name="z180"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Данный вид деятельности включает следующие подвиды деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="51" w:name="z181"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      техническое обслуживание, монтаж, демонтаж, зарядка, перезарядка, ремонт приборов и установок, включая медицинские, содержащих радиоизотопные источники ионизирующего излучения или генерирующих ионизирующее излучение;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="52" w:name="z182"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      контроль качества работы источников ионизирующего излучения, а также приборов, оборудования, установок, содержащих такие источники или генерирующих ионизирующее излучение;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="53" w:name="z183"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>аспаптармен және қондырғылармен </w:t>
-[...559 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>      радиационный контроль территорий, помещений, рабочих мест, товаров, материалов, металлолома, транспортных средств;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="54" w:name="z184"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      определение содержания радионуклидов в продуктах, материалах, объектах окружающей среды, измерение концентрации радона и других радиоактивных газов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="55" w:name="z185"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      индивидуальный дозиметрический контроль персонала;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="56" w:name="z186"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId157" w:anchor="z15" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>обращение</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> с радиоактивными отходами.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="57" w:name="z187"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Данный вид деятельности включает следующие подвиды деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="58" w:name="z188"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      сбор и сортировка радиоактивных отходов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="59" w:name="z189"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      дезактивация (очистка от радиоактивного загрязнения) помещений, оборудования и материалов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="60" w:name="z190"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      переработка радиоактивных отходов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="61" w:name="z191"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      хранение и захоронение радиоактивных отходов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="62" w:name="z192"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      радиационная реабилитация, рекультивация территорий и объектов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="63" w:name="z193"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId158" w:anchor="z16" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>транспортировка</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, включая транзитную, ядерных материалов, радиоактивных веществ, радиоизотопных источников ионизирующего излучения, радиоактивных отходов в пределах территории Республики Казахстан;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="64" w:name="z194"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId159" w:anchor="z17" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>деятельность</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> на территориях бывших испытательных ядерных полигонов и других территориях, загрязненных в результате проведенных ядерных испытаний;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="65" w:name="z195"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId160" w:anchor="z18" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>физическая защита</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> ядерных установок и ядерных материалов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="66" w:name="z196"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Данный вид деятельности включает следующие подвиды деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="67" w:name="z197"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      проектирование, монтаж, ремонт, техническое обслуживание систем физической защиты;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="68" w:name="z198"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обеспечение физической защиты при перевозке ядерных материалов и радиоактивных веществ;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="69" w:name="z199"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId161" w:anchor="z19" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>специальная подготовка</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> персонала, ответственного за обеспечение ядерной и радиационной безопасности.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>      </w:t>
       </w:r>
-      <w:hyperlink r:id="rId165" w:anchor="z16" w:history="1">
-[...109 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 13-бап жаңа редакцияда - ҚР 2011.07.15 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>Сноска. Статья 13 в редакции Закона РК от 15.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId162" w:anchor="z524" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t>(вводится в действие с 30.01.2012).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>14-бап. Улы заттар айналымы саласындағы қызметті </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>      Статья 14. Лицензирование деятельности в сфере оборота</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>лицензиялау</w:t>
+        <w:t>                 ядовитых веществ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...241 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Наличие </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId163" w:anchor="z114" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лицензии</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> требуется для занятия следующими видами деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="70" w:name="z201"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId164" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>производство</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, переработка, приобретение, хранение, реализация, использование, уничтожение ядов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="71" w:name="z202"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Данный вид деятельности включает следующие подвиды деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="72" w:name="z203"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      производство, переработка, хранение, реализация, уничтожение ядов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="73" w:name="z204"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      приобретение, хранение, реализация, использование ядов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="74" w:name="z205"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      приобретение, хранение, реализация ядов.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="75" w:name="z206"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Деятельность аккредитованных лабораторий, использующих ядовитые вещества в количестве, необходимом для проведения испытаний, исследований и дезинфекции в соответствии с нормативными документами, осуществляется без лицензирования с предоставлением информации лицензиару в области оборота ядов о годовой потребности в ядах и ежегодного отчета об их использовании в порядке, определяемом Правительством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="76" w:name="z207"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId165" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>производство</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>формуляция</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) пестицидов (ядохимикатов), реализация пестицидов (ядохимикатов), применение пестицидов (ядохимикатов) аэрозольным и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>фумигационным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> способами.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="77" w:name="z208"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Данный вид деятельности включает следующие подвиды деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="78" w:name="z209"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      производство (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>формуляция</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) пестицидов (ядохимикатов);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="79" w:name="z210"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      реализация пестицидов (ядохимикатов);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="80" w:name="z211"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      применение пестицидов (ядохимикатов) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аэрозольным</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>фумигационным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> способами.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 14-бап жаңа редакцияда - ҚР 2011.07.15 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>Сноска. Статья 14 в редакции Закона РК от 15.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId166" w:anchor="z524" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t>(вводится в действие с 30.01.2012).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>    </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>15-бап. Техникалық қауіпсіздік саласындағы қызметті </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>      Статья 15. Лицензирование деятельности в сфере </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>лицензиялау</w:t>
+        <w:t>                 технической безопасности</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 15-бап алып тасталды - ҚР 2011.07.15 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>      Сноска. Статья 15 исключена Законом РК от 15.07.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId167" w:anchor="z525" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t> (вводится в действие с 30.01.2012).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>16-бап. Көлік саласындағы қызметті лицензиялау</w:t>
+        <w:t>Статья 16. Лицензирование деятельности в сфере транспорта</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...110 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Наличие </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId168" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лицензии</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> требуется для занятия деятельностью по </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId169" w:anchor="z92" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>нерегулярной</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId170" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>перевозке пассажиров</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> автобусами, микроавтобусами в междугородном межобластном, межрайонном (междугородном внутриобластном) и международном сообщениях, регулярной перевозке пассажиров автобусами, микроавтобусами в международном сообщении, а также для занятия деятельностью по </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId171" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">перевозке </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>грузов</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>железнодорожным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> транспортом.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 16-бап жаңа редакцияда - ҚР 04.07.2013 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="006B175E">
+        <w:t>Сноска. Статья 16 в редакции Закона РК от 04.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId172" w:anchor="z453" w:history="1">
+        <w:r w:rsidRPr="00061434">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 132-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (01.01.2014 бастап қолданысқа енгізіледі).</w:t>
+        <w:t> (вводится в действие с 01.01.2014).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>17-бап. Есірткі, психотроптық заттардың, прекурсорлардың </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>      Статья 17. Лицензирование деятельности в сфере оборота </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>айналымы саласындағы қызметті лицензиялау</w:t>
-      </w:r>
+        <w:t>                 наркотических средств, психотропных веществ, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>прекурсоров</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...166 lines deleted...]
-        <w:t>      денсаулық сақтау жүйесінде есірткі, психотроптық заттар мен прекурсорларды өндіру, тасымалдау, сатып алу, сақтау, тарату, өткізу, пайдалану, жою.</w:t>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Наличие </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId173" w:anchor="z86" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лицензии</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> требуется для занятия деятельностью, связанной с оборотом наркотических средств, психотропных веществ и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>прекурсоров</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Данный вид </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId174" w:anchor="z10" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>деятельности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> включает следующие подвиды деятельности:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">разработка, производство, переработка, перевозка, пересылка, приобретение, хранение, распределение, реализация, использование, уничтожение наркотических средств, психотропных веществ и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>прекурсоров</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      культивирование, сбор, заготовка растений и трав, содержащих наркотические средства и психотропные вещества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">производство, перевозка, приобретение, хранение, распределение, реализация, использование, уничтожение наркотических средств, психотропных веществ и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>прекурсоров</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в системе здравоохранения.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>18-бап. Ақпараттық қауіпсіздікті қамтамасыз ету </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>      Статья 18. Лицензирование деятельности в сфере</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>саласындағы қызметті лицензиялау</w:t>
+        <w:t>                 обеспечения информационной безопасности</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...48 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Наличие </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId175" w:anchor="z179" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лицензии</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> требуется для занятия следующими видами деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="81" w:name="z213"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      1) </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>алып тасталды - ҚР 2012.07.10 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>исключен Законом РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId176" w:anchor="z554" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
-[...135 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="82" w:name="z214"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId177" w:anchor="z38" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>разработка и реализация</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (в том числе иная передача) сре</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дств кр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>иптографической защиты информации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Данный вид деятельности включает следующие подвиды деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      разработка сре</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дств кр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>иптографической защиты информации;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      реализация (в том числе иная передача) средств криптографической защиты информации;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="83" w:name="z215"/>
+      <w:bookmarkEnd w:id="83"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId178" w:anchor="z59" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>оказание услуг</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> по выявлению технических каналов утечки информации и специальных технических средств, предназначенных для проведения оперативно-розыскных мероприятий.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 18-бап жаңа редакцияда - ҚР 2011.07.15 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>Сноска. Статья 18 в редакции Закона РК от 15.07.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId179" w:anchor="z527" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:lastRenderedPageBreak/>
+          <w:t>IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгізіледі) Заңымен, өзгеріс енгізілді - ҚР 2012.07.10 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>(вводится в действие с 30.01.2012); с изменениями, внесенными Законом РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId180" w:anchor="z554" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>19-бап. Жедел-іздестіру іс-шараларын жүргізуге арналған</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>      Статья 19. Лицензирование деятельности в сфере</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>арнайы техникалық құралдар саласындағы қызметті</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>                 специальных технических средств,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>лицензиялау</w:t>
+        <w:t>                 предназначенных для проведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 оперативно-розыскных мероприятий</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...96 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Наличие </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId181" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лицензии</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> требуется для занятия деятельностью по разработке, производству, ремонту и реализации специальных технических средств, предназначенных для проведения оперативно-розыскных мероприятий.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="84" w:name="z217"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Данный вид </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId182" w:anchor="z13" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>деятельности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> включает следующие подвиды деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      разработка, производство специальных технических средств, предназначенных для проведения оперативно-розыскных мероприятий;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      ремонт и реализация специальных технических средств, предназначенных для проведения оперативно-розыскных мероприятий.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 19-бап жаңа редакцияда - ҚР 2011.07.15 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>Сноска. Статья 19 в редакции Закона РК от 15.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId183" w:anchor="z527" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t>(вводится в действие с 30.01.2012).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>20-бап. Қару-жарақ, әскери техника мен жекелеген қару </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>      Статья 20. Лицензирование деятельности в сфере оборота </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>түрлері, жарылғыш заттар мен олар қолдана отырып </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>                 вооружения, военной техники и отдельных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>жасалған бұйымдар айналымы саласындағы қызметті </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>                 видов оружия, взрывчатых веществ и изделий </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>лицензиялау</w:t>
+        <w:t>                 с их применением</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Наличие лицензии требуется для занятия следующими видами деятельности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...1032 lines deleted...]
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId184" w:anchor="z142" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>разработка</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, производство, ремонт, приобретение и реализация боеприпасов, вооружения и военной техники, запасных частей, комплектующих изделий и приборов к ним, а также специальных материалов и оборудования для их производства, включая монтаж, наладку, модернизацию, установку, использование, хранение, ремонт и сервисное обслуживание.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Данный вид </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId185" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>деятельности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> включает следующие подвиды деятельности:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>разработка, производство боеприпасов, вооружения и военной техники, запасных частей, комплектующих изделий и приборов к ним, специальных материалов, оборудования для их производства, включая монтаж, наладку, модернизацию, установку, использование, хранение, ремонт и сервисное обслуживание;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ремонт боеприпасов, вооружения и военной техники, запасных частей, комплектующих изделий и приборов к ним, специальных материалов, оборудования для их производства, включая монтаж, наладку, модернизацию, установку, использование, хранение, ремонт и сервисное обслуживание;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>приобретение и реализация боеприпасов, вооружения и военной техники, запасных частей, комплектующих изделий и приборов к ним, специальных материалов, оборудования для их производства, включая монтаж, наладку, модернизацию, установку, использование, хранение, ремонт и сервисное обслуживание;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...7 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId186" w:anchor="z173" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>разработка</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId187" w:anchor="z69" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>производство</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, приобретение и реализация взрывчатых и пиротехнических веществ и изделий с их применением. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Данный вид </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId188" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>деятельности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> включает следующие подвиды деятельности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      разработка взрывчатых и пиротехнических веществ и изделий с их применением;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      производство взрывчатых и пиротехнических веществ и изделий с их применением;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      приобретение и реализация взрывчатых и пиротехнических веществ и изделий с их применением;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      приобретение взрывчатых и пиротехнических веществ и изделий с их применением для собственных производственных нужд;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId189" w:anchor="z204" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ликвидация</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (уничтожение, утилизация, захоронение) и переработка высвобождаемых боеприпасов, вооружений, военной техники, специальных средств.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Данный вид </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId190" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>деятельности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> включает следующие подвиды деятельности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ликвидация (уничтожение, утилизация, захоронение) и переработка высвобождаемых боеприпасов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ликвидация (уничтожение, утилизация, захоронение) и переработка высвобождаемых вооружений, военной техники, специальных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен Законом РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId191" w:anchor="z554" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) разработка, производство, ремонт, торговля, коллекционирование, экспонирование гражданского и служебного оружия и патронов к нему.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Данный вид </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId192" w:anchor="z13" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>деятельности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> включает следующие подвиды деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      разработка гражданского и служебного оружия и патронов к нему;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      производство гражданского и служебного оружия и патронов к нему;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      ремонт гражданского и служебного оружия и патронов к нему;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      торговля гражданским и служебным оружием и патронами к нему;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      коллекционирование гражданского и служебного оружия и патронов к нему;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      экспонирование гражданского и служебного оружия и патронов к нему;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5-1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId193" w:anchor="z17" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приобретение</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> гражданского и служебного оружия и патронов к нему;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) разработка, производство, торговля, использование гражданских пиротехнических веществ и изделий с их применением.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Данный вид </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId194" w:anchor="z19" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>деятельности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> включает следующие подвиды деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      разработка гражданских пиротехнических веществ и изделий с их применением;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      производство гражданских пиротехнических веществ и изделий с их применением;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      торговля гражданскими пиротехническими веществами и изделиями с их применением;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      использование гражданских пиротехнических веществ и изделий с их применением;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId195" w:anchor="z24" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приобретение</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> гражданских пиротехнических веществ и изделий с их применением.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Статья 20 с изменениями, внесенными законами РК от </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>15.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId196" w:anchor="z528" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 30.01.2012); от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId197" w:anchor="z554" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>21-бап. Ғарыш кеңістігін пайдалану саласындағы қызметті </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>      Статья 21. Лицензирование деятельности в сфере </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>лицензиялау</w:t>
+        <w:t>                 использования космического пространства</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...24 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Наличие лицензии требуется для занятия всеми видами деятельности, связанной с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId198" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>использованием</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId204" w:anchor="z0" w:history="1">
-[...22 lines deleted...]
-        <w:t> байланысты барлық қызмет түрлерімен айналысу үшін лицензияның болуы талап етіледі. </w:t>
+      <w:hyperlink r:id="rId199" w:anchor="z10" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>космического пространства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, включая создание, производство, эксплуатацию, ремонт и модернизацию ракетно-космической техники, использование наземной инфраструктуры для обеспечения ее функционирования (полигон, командно-измерительный комплекс, стендовая база и другие). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>22-бап. Ақпараттандыру және байланыс саласындағы </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>Статья 22. Лицензирование деятельности в сфере </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>қызметті лицензиялау</w:t>
+        <w:t>                 информатизации и связи</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...501 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Наличие лицензии требуется для занятия деятельностью по предоставлению услуг в области связи.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Данный </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId200" w:anchor="z10" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>вид</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId201" w:anchor="z15" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>деятельности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> включает следующие подвиды деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      междугородная телефонная связь;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      международная телефонная связь;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      спутниковая подвижная связь;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      сотовая связь (с указанием наименования стандарта).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="85" w:name="z55"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Не требуется получение лицензии для осуществления деятельности: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) физическими и юридическими лицами, не имеющими собственного либо арендуемого сетевого или коммутационного оборудования и предлагающими пользователям услуги других операторов связи, действующих на основании соответствующих </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId202" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лицензий</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Отношения между такими лицами и оператором связи регулируются заключенными договорами, структура которых должна быть согласована лицензиаром. Посредники обязаны предоставлять услуги под торговой маркой оператора связи, с которым заключен договор. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>При этом ответственность за качество предоставляемых потребителям услуг и исполнение условий действия лицензии несет оператор связи;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) по созданию и эксплуатации сетей, предназначенных для управления внутрипроизводственной деятельностью и технологическими процессами, в том числе с использованием радиочастотного спектра без предоставления услуг связи третьим лицам, а также без использования услуг связи, предоставляемых на территории Республики Казахстан операторами связи - нерезидентами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) по созданию и эксплуатации сетей мобильной телекоммуникационной связи (в том числе подвижной радио (радиотелефонной), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транкинговой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и пейджинговой связи), не имеющих присоединения к сети телекоммуникаций общего пользования и предназначенных для реализации основного вида деятельности, не связанного с предоставлением услуг связи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Для использования полос частот, радиочастот (радиочастотных каналов) в случаях, предусмотренных подпунктами 2), 3) настоящего пункта, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId203" w:anchor="z14" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>уполномоченным органом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в области связи выдается разрешение на использование радиочастотного спектра в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId204" w:anchor="z87" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан в области связи. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Статья 22 с изменениями, внесенными законами РК от </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>21.11.2008 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId205" w:anchor="z40" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 89-IV </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId206" w:anchor="z41" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст. 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); от 15.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId207" w:anchor="z535" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 30.01.2012); от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId208" w:anchor="z555" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>23-бап. Білім беру саласындағы қызметті лицензиялау</w:t>
+        <w:t>      Статья 23. Лицензирование деятельности в сфере </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 образования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...106 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Наличие </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId209" w:anchor="z10" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лицензии</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> требуется для занятия образовательной деятельностью.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="86" w:name="z222"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Данный вид деятельности включает следующие подвиды деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="87" w:name="z223"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      общеобразовательные программы начального, основного среднего, общего среднего образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="88" w:name="z224"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      профессиональные программы технического и профессионального образования, в том числе по профессиям и специальностям;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="89" w:name="z225"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      профессиональные программы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, высшего, послевузовского образования, в том числе по специальностям;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="90" w:name="z226"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      духовные образовательные программы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Сноска. Статья 23 в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 23-бап жаңа редакцияда - ҚР 2011.07.15 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>редакции Закона РК от 15.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId210" w:anchor="z545" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t>(вводится в действие с 30.01.2012).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>24-бап. Телерадио хабарларын тарату саласындағы</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>      Статья 24. Лицензирование деятельности в области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>лицензиялау</w:t>
+        <w:t>                 телерадиовещания</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Наличие </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId211" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лицензии</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> требуется для занятия деятельностью по распространению теле-, радиоканалов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 24-бап жаңа редакцияда - ҚР 2012.01.18 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>Сноска. Статья 24 в редакции Закона РК от 18.01.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId212" w:anchor="z164" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 546-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t>(вводится в действие по истечении тридцати календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>25-бап. Ауыл шаруашылығы саласындағы қызметті лицензиялау</w:t>
+        <w:t>     Статья 25. Лицензирование деятельности в сфере сельского хозяйства</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. Тақырып жаңа редакцияда - ҚР 2012.07.10 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>      Сноска. Заголовок в редакции Законом РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId213" w:anchor="z557" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...19 lines deleted...]
-        <w:br/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Наличие лицензии требуется для занятия следующими видами деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="91" w:name="z227"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t>      1) </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>алып тасталды - ҚР 2012.07.10 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>исключен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
-[...112 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>Законом РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId214" w:anchor="z558" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="92" w:name="z228"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId215" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>оказание услуг</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> по складской деятельности с выдачей зерновых расписок;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId216" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>оказание услуг</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> по складской деятельности с выдачей хлопковых расписок;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="93" w:name="z229"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      4) </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>алып тасталды - ҚР 2012.07.10 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>исключен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>Законом РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId217" w:anchor="z558" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 25-бап жаңа редакцияда - ҚР 2011.07.15 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>Сноска. Статья 25 в редакции Закона РК от 15.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId218" w:anchor="z545" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгізіледі) Заңымен, өзгеріс енгізілді - ҚР 2012.07.10 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>(вводится в действие с 30.01.2012); с изменениями, внесенными Законом РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId219" w:anchor="z556" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>26-бап. Денсаулық сақтау саласындағы қызметті лицензиялау</w:t>
+        <w:t>Статья 26. Лицензирование деятельности в сфере</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>здравоохранения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Наличие </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId220" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лицензии</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId221" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>требуется</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> для занятия следующими видами деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="94" w:name="z588"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) медицинская деятельность.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Данный вид деятельности включает следующие подвиды деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      первичная медико-санитарная помощь: доврачебная, квалифицированная, скорая медицинская помощь;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      диагностика;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      Қызметтiң мына түрлерiмен айналысу үшiн </w:t>
-[...408 lines deleted...]
-        </w:rPr>
+        <w:t>      патологическая анатомия;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      клиническая лабораторная диагностика;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      заготовка, консервация, переработка, хранение и реализация крови и ее компонентов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      консультативно-диагностическая и (или) стационарная медицинская помощь взрослому и (или) детскому населению - по специальностям:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      акушерство и гинекология;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педиатрия или терапия: общая, невропатология, кардиология, ревматология, гастроэнтерология, нефрология, пульмонология, эндокринология, аллергология (иммунология), гематология, профессиональная патология, семейный врач; инфекционные болезни; фтизиатрия;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      хирургия: общая, трансплантология, кардиохирургия, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ангиохирургия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, пластическая хирургия, челюстно-лицевая, нейрохирургия, оториноларингология, офтальмология, трансфузиология, урология, травматология и ортопедия; анестезиология и реаниматология;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дерматовенерология</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дерматокосметология</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      психиатрия: общая, наркология, психотерапия, сексопатология, медицинская психология;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
         <w:t>      онкология;</w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
-[...371 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стоматология;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      традиционная медицина: гомеопатия, гирудотерапия, мануальная терапия, рефлексотерапия;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      медицинская </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>реабилитология</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      экспертиза судебно-медицинская, судебно-психиатрическая и судебно-наркологическая;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      экспертиза временной нетрудоспособности и профессиональной пригодности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      санитарно-гигиеническая и противоэпидемическая медицинская деятельность: производство, переработка и реализация средств и препаратов дезинфекции, дезинсекции, дератизации, а также видов работ и услуг, связанных с их использованием;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="95" w:name="z589"/>
+      <w:bookmarkEnd w:id="95"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) фармацевтическая деятельность.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Данный вид деятельности включает следующие подвиды деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      производство лекарственных средств;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      производство изделий медицинского назначения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      производство медицинской техники;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      изготовление лекарственных препаратов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      изготовление изделий медицинского назначения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      оптовая реализация лекарственных средств;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      розничная реализация лекарственных средств.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 26-бап жаңа редакцияда - ҚР 2012.07.10 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>      Сноска. Статья 26 в редакции Закона РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId222" w:anchor="z559" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>27-бап. Жеке және заңды тұлғаларға қызмет көрсету </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>      Статья 27. Лицензирование деятельности в сфере</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>саласындағы қызметті лицензиялау</w:t>
+        <w:t>                 обслуживания физических и юридических лиц</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Наличие лицензии требуется для занятия следующими видами деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="96" w:name="z50"/>
+      <w:bookmarkEnd w:id="96"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId223" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>адвокатская</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> деятельность;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="97" w:name="z79"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId224" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>нотариальная</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> деятельность;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="98" w:name="z232"/>
+      <w:bookmarkEnd w:id="98"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId225" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>оценка</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId226" w:anchor="z10" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>имущества</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (за исключением объектов интеллектуальной собственности, стоимости нематериальных активов);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="99" w:name="z233"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId227" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>оценка</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId228" w:anchor="z39" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>интеллектуальной собственности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, стоимости нематериальных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      Қызметтің мына түрлерімен айналысу үшін лицензияның болуы талап етіледі:</w:t>
-[...125 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>активов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="100" w:name="z234"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId229" w:anchor="z10" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>аудиторская</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> деятельность;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="101" w:name="z235"/>
+      <w:bookmarkEnd w:id="101"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId230" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>выполнение</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> работ и оказание услуг в области охраны окружающей среды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="102" w:name="z236"/>
+      <w:bookmarkEnd w:id="102"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Данный вид деятельности включает следующие подвиды деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="103" w:name="z237"/>
+      <w:bookmarkEnd w:id="103"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      природоохранное проектирование, нормирование для I категории хозяйственной и иной деятельности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="104" w:name="z239"/>
+      <w:bookmarkEnd w:id="104"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      экологический аудит для I категории хозяйственной и иной деятельности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="105" w:name="z240"/>
+      <w:bookmarkEnd w:id="105"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId231" w:anchor="z15" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>организация</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId232" w:anchor="z16" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>проведение лотерей</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="106" w:name="z241"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId233" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>осуществление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> охранной деятельности юридическими лицами;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="107" w:name="z242"/>
+      <w:bookmarkEnd w:id="107"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId234" w:anchor="z10" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>туроператорская</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId231" w:anchor="z9" w:history="1">
-[...87 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:hyperlink r:id="rId235" w:anchor="z57" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>деятельность</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
-[...294 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="108" w:name="z243"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId236" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>деятельность</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> частных судебных исполнителей.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 27 в редакции Закона РК от 15.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId240" w:anchor="z61" w:history="1">
-[...85 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:hyperlink r:id="rId237" w:anchor="z548" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 27-бап жаңа редакцияда көзделген - ҚР 2011.07.15 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>(вводится в действие с 30.01.2012); с изменениями, внесенными Законом РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId238" w:anchor="z560" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгізіледі) Заңымен, өзгеріс енгізілді - ҚР 2012.07.10 </w:t>
-[...25 lines deleted...]
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>28-бап. Ойын бизнесі саласындағы қызметті лицензиялау</w:t>
+        <w:t>      Статья 28. Лицензирование деятельности в сфере игорного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 бизнеса</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...254 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Наличие </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId239" w:anchor="z62" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лицензии</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId240" w:anchor="z12" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>требуется</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> для занятия следующими видами деятельности:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId241" w:anchor="z65" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>деятельность казино</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId242" w:anchor="z98" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>деятельность зала игровых автоматов</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId243" w:anchor="z98" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>деятельность букмекерской конторы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId244" w:anchor="z125" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>деятельность тотализатора</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>29-бап. Ветеринария саласындағы қызметті лицензиялау</w:t>
+        <w:t>      Статья 29. Лицензирование деятельности в сфере </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 ветеринарии</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...155 lines deleted...]
-        <w:t> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Наличие лицензии требуется для занятия деятельностью в области ветеринарии.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Данный вид </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId245" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>деятельности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> включает следующие подвиды деятельности:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      производство препаратов ветеринарного назначения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...7 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ветеринарно-санитарная экспертиза продуктов и сырья животного происхождения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 29 с изменениями, внесенными Законом РК от 15.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId246" w:anchor="z549" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 30.01.2012).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>30-бап. Сот-сараптама саласындағы қызметті лицензиялау</w:t>
+        <w:t>Статья 30. Лицензирование деятельности в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>судебно-экспертной сфере</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...33 lines deleted...]
-        <w:t> айналысу үшін лицензияның болуы талап етіледі.</w:t>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Наличие </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId247" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лицензии</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> требуется для занятия </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId248" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>судебно-экспертной деятельностью</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>31-бап. Мәдениет саласындағы қызметті лицензиялау</w:t>
+        <w:t>      Статья 31. Лицензирование деятельности в сфере культуры</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...33 lines deleted...]
-        <w:t> болуы талап етіледі. </w:t>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Наличие </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId249" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лицензии</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> требуется для осуществления археологических и (или) научно-реставрационных работ на памятниках истории и культуры. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>32-бап. Қаржы саласындағы қызметті және қаржы </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>      Статья 32. Лицензирование деятельности в финансовой </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ресурстарын шоғырландыруға байланысты қызметті </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>                 сфере и деятельности, связанной с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>лицензиялау</w:t>
+        <w:t>                 концентрацией финансовых ресурсов</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Наличие лицензии требуется для занятия следующими видами деятельности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...20 lines deleted...]
-        <w:br/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t>      1) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId254" w:anchor="z13" w:history="1">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:hyperlink r:id="rId250" w:anchor="z34" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>банковские</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId255" w:anchor="z12" w:history="1">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:hyperlink r:id="rId251" w:anchor="z14" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>операции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
-[...3034 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      прием депозитов, открытие и ведение банковских счетов юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      прием депозитов, открытие и ведение </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId252" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>банковских счетов</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> физических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      открытие и ведение </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId253" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>корреспондентских счетов</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> банков и организаций, осуществляющих отдельные виды банковских операций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      открытие и ведение банками металлических счетов физических и юридических лиц, на которых отражается физическое количество аффинированных драгоценных металлов и монет из драгоценных металлов, принадлежащих данному лицу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      кассовые операции: прием и выдача банками и Национальным оператором почты наличных денег, включая их размен, обмен, пересчет, сортировку, упаковку и хранение; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="109" w:name="z310"/>
+      <w:bookmarkEnd w:id="109"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      переводные операции: выполнение поручений физических и юридических лиц по платежам и переводам денег. Лицензия на осуществление переводной операции выдается только банкам и юридическим лицам, указанным в пункте 6-1 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId254" w:anchor="z170" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьи 30</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      учетные операции: учет (дисконт) векселей и иных долговых обязательств физических и юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
+      <w:hyperlink r:id="rId255" w:anchor="z47" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>банковские заемные операции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: предоставление банком, ипотечной организацией или дочерними организациями национального управляющего холдинга в сфере агропромышленного комплекса кредитов в денежной форме на условиях платности, срочности и возвратности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId256" w:anchor="z32" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>организация</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> обменных операций с иностранной валютой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId257" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>инкассация</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> банкнот, монет и ценностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      прием на инкассо платежных документов (за исключением векселей);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      открытие (выставление) и подтверждение аккредитива и исполнение обязательств по нему;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      выдача банками банковских гарантий, предусматривающих исполнение в денежной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      выдача банками банковских поручительств и иных обязательств за третьих лиц, предусматривающих исполнение в денежной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) иные операции, осуществляемые банками:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>покупка, прием в залог, учет, хранение и продажа аффинированных драгоценных металлов (золота, серебра, платины, металлов платиновой группы) в слитках, монет из драгоценных металлов;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      покупка, прием в залог, учет, хранение и продажа ювелирных изделий, содержащих драгоценные металлы и драгоценные камни;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      операции с векселями: принятие векселей на инкассо, предоставление услуг по оплате векселя плательщиком, а также оплата домицилированных векселей, акцепт векселей в порядке посредничества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      осуществление лизинговой деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      выпуск собственных ценных бумаг (за исключением акций);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>факторинговые</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> операции: приобретение прав требования платежа с покупателя товаров (работ, услуг) с принятием риска неплатежа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>форфейтинговые</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> операции (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>форфетирование</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>): оплата долгового обязательства покупателя товаров (работ, услуг) путем покупки векселя без оборота на продавца;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      доверительные операции: управление деньгами, правами требования по ипотечным займам и аффинированными драгоценными металлами в интересах и по поручению доверителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      сейфовые операции: услуги по хранению ценных бумаг, выпущенных в документарной форме, документов и ценностей клиентов, включая сдачу в аренду сейфовых ящиков, шкафов и помещений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2-1) банковские операции, осуществляемые </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId258" w:anchor="z116" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>исламскими банками</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      прием беспроцентных депозитов до востребования физических и юридических лиц, открытие и ведение банковских счетов физических и юридических лиц; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      прием инвестиционных депозитов физических и юридических лиц; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      банковские заемные операции: предоставление исламским банком кредитов в денежной форме на условиях срочности, возвратности и без взимания вознаграждения; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>финансирование предпринимательской деятельности в виде: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      финансирования торговой деятельности в качестве торгового посредника с предоставлением коммерческого кредита; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      финансирования производственной и торговой деятельности путем участия в уставных капиталах юридических лиц и (или) на условиях партнерства; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      инвестиционная деятельность на условиях лизинга (аренды); </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      агентская деятельность при проведении банковских операций исламского банка;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) по отрасли "страхование жизни" в пределах следующих классов страхования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      страхование жизни;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аннуитетное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> страхование;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) по отрасли "общее страхование" в пределах следующих классов страхования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      страхование от несчастных случаев;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      страхование на случай болезни;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      страхование автомобильного транспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      страхование железнодорожного транспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      страхование воздушного транспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      страхование водного транспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      страхование грузов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      страхование имущества от ущерба, за исключением классов, указанных в абзацах четвертом - восьмом настоящего подпункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      страхование гражданско-правовой ответственности владельцев автомобильного транспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      страхование гражданско-правовой ответственности владельцев воздушного транспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      страхование гражданско-правовой ответственности владельцев водного транспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      страхование гражданско-правовой ответственности, за исключением классов, указанных в абзацах с десятого по двенадцатый настоящего подпункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      страхование займов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ипотечное страхование;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      страхование гарантий и поручительств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      страхование убытков финансовых организаций, за исключением классов, указанных в абзацах четырнадцатом, пятнадцатом, шестнадцатом и восемнадцатом настоящего подпункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      страхование от прочих финансовых убытков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      страхование судебных расходов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      титульное страхование;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) виды </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId259" w:anchor="z23" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>обязательного страхования</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, установленные законами Республики Казахстан и являющиеся отдельными классами страхования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обязательное страхование гражданско-правовой ответственности владельцев транспортных средств; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      обязательное страхование гражданско-правовой ответственности перевозчика перед пассажирами; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обязательное страхование гражданско-правовой ответственности частных нотариусов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обязательное страхование гражданско-правовой ответственности аудиторских организаций; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      обязательное страхование гражданско-правовой ответственности туроператора и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>турагента</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обязательное страхование в растениеводстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обязательное страхование гражданско-правовой ответственности владельцев объектов, деятельность которых связана с опасностью причинения вреда третьим лицам; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обязательное страхование работника от несчастных случаев при исполнении им трудовых (служебных) обязанностей; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обязательное экологическое страхование;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId260" w:anchor="z23" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>деятельность</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> по перестрахованию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Страховая организация, имеющая лицензию по отрасли "общее страхование", имеет право получить лицензию и осуществлять деятельность по перестрахованию по всем классам страхования исключительно в отрасли "общее страхование".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Страховая организация, имеющая лицензию по отрасли "страхование жизни", имеет право получить лицензию и осуществлять деятельность по перестрахованию по всем классам страхования исключительно в отрасли "страхование жизни".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Перестраховочная организация, осуществляющая перестрахование как исключительный вид деятельности на основании лицензии по перестрахованию, вправе осуществлять перестрахование по всем классам страхования в отраслях "страхование жизни" и "общее страхование";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId261" w:anchor="z23" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>деятельность</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId262" w:anchor="z933" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>страхового брокера</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId263" w:anchor="z14" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>актуарная деятельность</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> на страховом рынке, за исключением деятельности лиц, осуществляющих деятельность в качестве независимого актуария и являющихся членами международных ассоциаций актуариев, перечень и требования к которым установлены уполномоченным государственным органом по регулированию и надзору финансового рынка и финансовых организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId264" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>брокерская</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId265" w:anchor="z120" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>деятельность</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId266" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>дилерская</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId267" w:anchor="z95" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>деятельность</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      11) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Законом РК от 28.12.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId268" w:anchor="z3229" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 524-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2013);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) деятельность по управлению инвестиционным портфелем.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Данный вид деятельности включает следующие подвиды  деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      деятельность по управлению инвестиционным портфелем с правом привлечения добровольных пенсионных взносов (добровольный накопительный пенсионный фонд);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      деятельность по управлению инвестиционным портфелем без права привлечения добровольных пенсионных взносов;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 21.06.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId269" w:anchor="z178" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 106-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId270" w:anchor="z201" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пп.1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> п. 1 ст. 2);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://adilet.zan.kz/rus/docs/V1300008692" \l "z6" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кастодиальная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деятельность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId271" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>трансфер-агентская деятельность</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>16) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId272" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>деятельность</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> по </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId273" w:anchor="z39" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>организации</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> торговли с ценными бумагами и иными финансовыми инструментами;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="110" w:name="z494"/>
+      <w:bookmarkEnd w:id="110"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16-1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId274" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>клиринговая</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> деятельность по сделкам с финансовыми инструментами;       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 21.06.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId275" w:anchor="z178" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 106-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId276" w:anchor="z201" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пп.1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> п. 1 ст. 2);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId277" w:anchor="z10" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>деятельность</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> кредитного бюро, за исключением деятельности кредитного бюро с государственным участием.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 32 с изменениями, внесенными законами РК от 12.02.2009 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId278" w:anchor="z88" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 133-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId279" w:anchor="z91" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст. 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); от 13.02.2009 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId280" w:anchor="z83" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 135-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId281" w:anchor="z86" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст. 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); от 11.07.2009 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId282" w:anchor="z178" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 185-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 30.08.2009); от 30.12.2009 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId283" w:anchor="z552" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 234-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 09.08.2010); от 15.07.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId284" w:anchor="z322" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 338-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId285" w:anchor="z389" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст. 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 28.12.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId286" w:anchor="z3225" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 524-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId287" w:anchor="z3350" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст. 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); от 21.06.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId288" w:anchor="z176" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 106-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId289" w:anchor="z201" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пп.1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> п. 1 ст. 2).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>33-бап. Сәулет, қала құрылысы және құрылыс саласындағы </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>      Статья 33. Лицензирование деятельности в сфере</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>қызметті лицензиялау</w:t>
+        <w:t>                 архитектуры, градостроительства и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 строительства</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...19 lines deleted...]
-        <w:br/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Наличие лицензий требуется для занятия следующими видами деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="111" w:name="z245"/>
+      <w:bookmarkEnd w:id="111"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t>      1) </w:t>
       </w:r>
+      <w:hyperlink r:id="rId290" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>изыскательская деятельность</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="112" w:name="z246"/>
+      <w:bookmarkEnd w:id="112"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Данный вид деятельности включает следующие подвиды деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="113" w:name="z247"/>
+      <w:bookmarkEnd w:id="113"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      инженерно-геодезические работы, в том числе:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="114" w:name="z248"/>
+      <w:bookmarkEnd w:id="114"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      построение и закладка геодезических центров;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="115" w:name="z249"/>
+      <w:bookmarkEnd w:id="115"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      создание планово-высотных съемочных сетей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="116" w:name="z250"/>
+      <w:bookmarkEnd w:id="116"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>топографические работы для проектирования и строительства (съемки в масштабах от 1:10000 до 1:200, а также съемки подземных коммуникаций и сооружений, трассирование и съемка наземных линейных сооружений и их элементов);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="117" w:name="z251"/>
+      <w:bookmarkEnd w:id="117"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      геодезические работы, связанные с переносом в натуру с привязкой инженерно-геологических выработок, геофизических и других точек изысканий;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="118" w:name="z252"/>
+      <w:bookmarkEnd w:id="118"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      инженерно-геологические и инженерно-гидрогеологические работы, в том числе:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="119" w:name="z253"/>
+      <w:bookmarkEnd w:id="119"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      геофизические исследования, рекогносцировка и съемка;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="120" w:name="z254"/>
+      <w:bookmarkEnd w:id="120"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      полевые исследования грунтов, гидрогеологические исследования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="121" w:name="z255"/>
+      <w:bookmarkEnd w:id="121"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId291" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>проектная</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId292" w:anchor="z103" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>деятельность</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="122" w:name="z256"/>
+      <w:bookmarkEnd w:id="122"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Данный вид деятельности включает следующие подвиды деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="123" w:name="z259"/>
+      <w:bookmarkEnd w:id="123"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      градостроительное проектирование (с правом проектирования для градостроительной реабилитации районов исторической застройки, за исключением научно-реставрационных работ на памятниках истории и культуры) и планирование, в том числе разработка:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="124" w:name="z260"/>
+      <w:bookmarkEnd w:id="124"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      планировочной документации (комплексных схем градостроительного планирования территорий - проектов районной планировки, генеральных планов населенных пунктов, проектов детальной планировки и проектов застройки районов, микрорайонов, кварталов, отдельных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участков);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="125" w:name="z262"/>
+      <w:bookmarkEnd w:id="125"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      схем развития транспортной инфраструктуры населенных пунктов (улично-дорожной сети и объектов внутригородского и внешнего транспорта, располагаемых в пределах границ населенных пунктов) и межселенных территорий (объектов и коммуникаций внешнего транспорта, располагаемых вне улично-дорожной сети населенных пунктов);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="126" w:name="z269"/>
+      <w:bookmarkEnd w:id="126"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      схем теплоснабжения населенных пунктов с размещением объектов по производству и транспортировке тепловой энергии в системе застройки, а также теплоснабжения производственных комплексов, располагаемых на межселенных территориях;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="127" w:name="z270"/>
+      <w:bookmarkEnd w:id="127"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      схем водоснабжения населенных пунктов с размещением источников питьевой и (или) технической воды и трассированием водоводов, а также схем водоснабжения производственных комплексов, располагаемых на межселенных территориях;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="128" w:name="z271"/>
+      <w:bookmarkEnd w:id="128"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      схем канализации населенных пунктов и производственных комплексов, включая централизованную систему сбора и отвода бытовых, производственных и ливневых стоков, размещение головных очистных сооружений, испарителей и объектов по регенерации стоков;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="129" w:name="z154"/>
+      <w:bookmarkEnd w:id="129"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      схем газоснабжения населенных пунктов и производственных комплексов, располагаемых на межселенных территориях;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="130" w:name="z272"/>
+      <w:bookmarkEnd w:id="130"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      схем электроснабжения населенных пунктов с размещением объектов по производству и транспортировке электрической энергии в системе застройки, а также электроснабжения производственных комплексов, располагаемых на межселенных территориях;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="131" w:name="z273"/>
+      <w:bookmarkEnd w:id="131"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      схем телекоммуникаций и связи для населенных пунктов с размещением объектов инфраструктуры и источников информации;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="132" w:name="z297"/>
+      <w:bookmarkEnd w:id="132"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      архитектурное проектирование для зданий и сооружений (с правом проектирования для архитектурно-реставрационных работ, за исключением научно-реставрационных работ на памятниках истории и культуры), в том числе:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="133" w:name="z298"/>
+      <w:bookmarkEnd w:id="133"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      генеральных планов объектов, инженерной подготовки территории, благоустройства и организации рельефа;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="134" w:name="z299"/>
+      <w:bookmarkEnd w:id="134"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      строительное проектирование (с правом проектирования для капитального ремонта и (или) реконструкции зданий и сооружений, а также усиления конструкций для каждого из указанных ниже работ) и конструирование, в том числе:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="135" w:name="z300"/>
+      <w:bookmarkEnd w:id="135"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      оснований и фундаментов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="136" w:name="z301"/>
+      <w:bookmarkEnd w:id="136"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      бетонных и железобетонных, каменных и армокаменных конструкций;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="137" w:name="z302"/>
+      <w:bookmarkEnd w:id="137"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      металлических (стальных, алюминиевых и из сплавов) конструкций;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="138" w:name="z303"/>
+      <w:bookmarkEnd w:id="138"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>проектирование инженерных систем и сетей, в том числе:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="139" w:name="z304"/>
+      <w:bookmarkEnd w:id="139"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      внутренних систем отопления (включая электрическое), вентиляции, кондиционирования, холодоснабжения, газификации (газоснабжения низкого давления), а также их наружных сетей с вспомогательными объектами;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="140" w:name="z305"/>
+      <w:bookmarkEnd w:id="140"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      внутренних систем водопровода (горячей и холодной воды) и канализации, а также их наружных сетей с вспомогательными объектами;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="141" w:name="z306"/>
+      <w:bookmarkEnd w:id="141"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      внутренних систем слаботочных устройств (телефонизации, пожарно-охранной сигнализации), а также их наружных сетей;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="142" w:name="z307"/>
+      <w:bookmarkEnd w:id="142"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      систем внутреннего и наружного электроосвещения, электроснабжения до 0,4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кВ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и до 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кВ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="143" w:name="z308"/>
+      <w:bookmarkEnd w:id="143"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      электроснабжения до 35 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кВ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, до 110 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кВ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и выше;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="144" w:name="z309"/>
+      <w:bookmarkEnd w:id="144"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      магистральные нефтепроводы, нефтепродуктопроводы, газопроводы (газоснабжение среднего и высокого давления);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="145" w:name="z323"/>
+      <w:bookmarkEnd w:id="145"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>технологическое проектирование (разработка технологической части проектов строительства) зданий и сооружений жилищно-гражданского назначения, в том числе:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="146" w:name="z326"/>
+      <w:bookmarkEnd w:id="146"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      для дошкольного образования, общего и специального образования, интернатов, заведений по подготовке кадров, научно-исследовательских, культурно-просветительских и зрелищных учреждений, предприятий торговли (включая аптеки), здравоохранения (лечения и профилактики заболеваний, реабилитации и санаторного лечения), общественного питания и бытового обслуживания, физкультурно-оздоровительных и спортивных занятий, отдыха и туризма, а также иных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>многофункциональных зданий и комплексов с помещениями различного общественного назначения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="147" w:name="z327"/>
+      <w:bookmarkEnd w:id="147"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      для транспортной инфраструктуры (предназначенной для непосредственного обслуживания населения) и коммунального хозяйства (кроме зданий и сооружений для обслуживания транспортных средств, а также иного производственно-хозяйственного назначения);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="148" w:name="z328"/>
+      <w:bookmarkEnd w:id="148"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      технологическое проектирование (разработка технологической части проектов строительства) объектов производственного назначения, в том числе:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="149" w:name="z329"/>
+      <w:bookmarkEnd w:id="149"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      для энергетической промышленности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="150" w:name="z330"/>
+      <w:bookmarkEnd w:id="150"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      для перерабатывающей промышленности, включая легкую и пищевую промышленность;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="151" w:name="z331"/>
+      <w:bookmarkEnd w:id="151"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>для тяжелого машиностроения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="152" w:name="z332"/>
+      <w:bookmarkEnd w:id="152"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      для медицинской, микробиологической и фармацевтической промышленности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="153" w:name="z333"/>
+      <w:bookmarkEnd w:id="153"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      плотин, дамб, других гидротехнических сооружений;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="154" w:name="z334"/>
+      <w:bookmarkEnd w:id="154"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      конструкций башенного и мачтового типа;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="155" w:name="z335"/>
+      <w:bookmarkEnd w:id="155"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      для подъемно-транспортных устройств и лифтов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="156" w:name="z336"/>
+      <w:bookmarkEnd w:id="156"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      технологическое проектирование (разработка технологической части проектов строительства) объектов инфраструктуры транспорта, связи и коммуникаций, в том числе по обслуживанию:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="157" w:name="z337"/>
+      <w:bookmarkEnd w:id="157"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      внутригородского и внешнего транспорта, включая автомобильный, электрический, железнодорожный и иной рельсовый, воздушный, водный виды транспорта;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="158" w:name="z338"/>
+      <w:bookmarkEnd w:id="158"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>местных линий связи, радио-, телекоммуникаций;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="159" w:name="z339"/>
+      <w:bookmarkEnd w:id="159"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      общереспубликанских и международных линий связи (включая спутниковые) и иных видов телекоммуникаций;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="160" w:name="z340"/>
+      <w:bookmarkEnd w:id="160"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      технологическое проектирование (разработка технологической части проектов транспортного строительства), включающее:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="161" w:name="z341"/>
+      <w:bookmarkEnd w:id="161"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      пути сообщения железнодорожного транспорта;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="162" w:name="z342"/>
+      <w:bookmarkEnd w:id="162"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      автомобильные дороги всех категорий;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="163" w:name="z343"/>
+      <w:bookmarkEnd w:id="163"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      улично-дорожную сеть городского электрического транспорта;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="164" w:name="z344"/>
+      <w:bookmarkEnd w:id="164"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      мосты и мостовые переходы, в том числе транспортные эстакады и многоуровневые развязки;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="165" w:name="z345"/>
+      <w:bookmarkEnd w:id="165"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      технологическое проектирование (разработка технологической части проектов) строительства объектов сельского хозяйства, за исключением предприятий перерабатывающей промышленности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="166" w:name="z359"/>
+      <w:bookmarkEnd w:id="166"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      3) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId293" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>строительно-монтажные</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId294" w:anchor="z205" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>работы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="167" w:name="z360"/>
+      <w:bookmarkEnd w:id="167"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Данный вид деятельности включает следующие подвиды деятельности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="168" w:name="z361"/>
+      <w:bookmarkEnd w:id="168"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      специальные работы в грунтах, в том числе:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="169" w:name="z362"/>
+      <w:bookmarkEnd w:id="169"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      устройство оснований;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="170" w:name="z363"/>
+      <w:bookmarkEnd w:id="170"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      буровые работы в грунте;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="171" w:name="z369"/>
+      <w:bookmarkEnd w:id="171"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      подводно-технические работы и работы на морском шельфе;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="172" w:name="z371"/>
+      <w:bookmarkEnd w:id="172"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>возведение несущих и (или) ограждающих конструкций зданий и сооружений (в том числе мостов, транспортных эстакад, тоннелей и путепроводов, иных искусственных строений), включающее капитальный ремонт и реконструкцию объектов, в том числе:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="173" w:name="z378"/>
+      <w:bookmarkEnd w:id="173"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      монтаж металлических конструкций;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="174" w:name="z381"/>
+      <w:bookmarkEnd w:id="174"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      монтаж строительных конструкций башенного и мачтового типа, дымовых труб;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="175" w:name="z382"/>
+      <w:bookmarkEnd w:id="175"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      монтаж несущих конструкций мостов и мостовых переходов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="176" w:name="z400"/>
+      <w:bookmarkEnd w:id="176"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      гидротехнические и селезащитные сооружения, плотины, дамбы;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="177" w:name="z401"/>
+      <w:bookmarkEnd w:id="177"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дымовые трубы, силосные сооружения, градирни, надшахтные копры;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="178" w:name="z446"/>
+      <w:bookmarkEnd w:id="178"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      горнопроходческие и тоннельные работы, устройство противофильтрационных завес;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="179" w:name="z447"/>
+      <w:bookmarkEnd w:id="179"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      монтаж строительных конструкций подъемных сооружений (лифтов, эскалаторов, шахтных копров и подъемников, канатных дорог и других конструкций подъемных сооружений);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="180" w:name="z448"/>
+      <w:bookmarkEnd w:id="180"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      устройство монолитных, а также монтаж сборных бетонных и железобетонных конструкций, кладка штучных элементов стен и перегородок и заполнение проемов;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="181" w:name="z449"/>
+      <w:bookmarkEnd w:id="181"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      кровельные работы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="182" w:name="z450"/>
+      <w:bookmarkEnd w:id="182"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      специальные строительные и монтажные работы по прокладке линейных сооружений, включающие капитальный ремонт и реконструкцию, в том числе:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="183" w:name="z451"/>
+      <w:bookmarkEnd w:id="183"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      стальных резервуаров (емкостей), работающих под давлением либо предназначенных для хранения взрывопожароопасных или иных опасных (вредных) жидких или газообразных веществ;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="184" w:name="z452"/>
+      <w:bookmarkEnd w:id="184"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      промысловых и магистральных сетей нефтепроводов, газопроводов, а также магистральных сетей нефтепродуктопроводов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="185" w:name="z453"/>
+      <w:bookmarkEnd w:id="185"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      магистральных линий электропередачи с напряжением до 35 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кВ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и до  110 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кВ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и выше;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="186" w:name="z454"/>
+      <w:bookmarkEnd w:id="186"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      общереспубликанских и международных линий связи и телекоммуникаций;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="187" w:name="z455"/>
+      <w:bookmarkEnd w:id="187"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      устройство инженерных сетей и систем, включающее капитальный ремонт и реконструкцию, в том числе:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="188" w:name="z456"/>
+      <w:bookmarkEnd w:id="188"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      сетей электроснабжения железнодорожных путей сообщения, сетей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>электроснабжения и электроосвещения предприятий воздушного транспорта;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="189" w:name="z457"/>
+      <w:bookmarkEnd w:id="189"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      сетей газоснабжения высокого и среднего давления, бытового и производственного газоснабжения низкого давления, внутренних систем газоснабжения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="190" w:name="z458"/>
+      <w:bookmarkEnd w:id="190"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      сетей холодного и горячего водоснабжения, теплоснабжения, централизованной канализации бытовых, производственных и ливневых стоков, устройства внутренних систем водопровода, отопления и канализации;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="191" w:name="z459"/>
+      <w:bookmarkEnd w:id="191"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      сетей электроснабжения и устройства наружного электроосвещения, внутренних систем электроосвещения и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>электроотопления</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="192" w:name="z460"/>
+      <w:bookmarkEnd w:id="192"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>строительство автомобильных и железных дорог, включающее капитальный ремонт и реконструкцию, в том числе:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="193" w:name="z461"/>
+      <w:bookmarkEnd w:id="193"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      основания и верхние строения железнодорожных путей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="194" w:name="z462"/>
+      <w:bookmarkEnd w:id="194"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      основания и покрытия, защитные сооружения и обустройство автомобильных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>дорог I и II технической категории, а также внутригородских магистральных дорог скоростного и регулируемого движения, проезжей части магистральных улиц общегородского значения непрерывного и регулируемого движения;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="195" w:name="z463"/>
+      <w:bookmarkEnd w:id="195"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>основания и покрытия, защитные сооружения и обустройство автомобильных дорог III, IV и V технической категории, а также проезжей части улиц населенных пунктов, не являющихся магистральными;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="196" w:name="z464"/>
+      <w:bookmarkEnd w:id="196"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      основания и покрытия взлетно-посадочных полос аэродромов и вертолетных площадок;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="197" w:name="z465"/>
+      <w:bookmarkEnd w:id="197"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      монтаж технологического оборудования, пусконаладочные работы, связанные с:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="198" w:name="z466"/>
+      <w:bookmarkEnd w:id="198"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      гидротехническими и мелиоративными сооружениями;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="199" w:name="z467"/>
+      <w:bookmarkEnd w:id="199"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      производством строительных материалов, изделий и конструкций;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="200" w:name="z468"/>
+      <w:bookmarkEnd w:id="200"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      объектами театрально-зрелищного, образовательного, спортивного назначения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="201" w:name="z469"/>
+      <w:bookmarkEnd w:id="201"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      связью, противоаварийной защитой, системой контроля и сигнализации, блокировкой на транспорте, объектах электроэнергетики и водоснабжения, иных объектах жизнеобеспечения, а также приборами учета и контроля производственного назначения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="202" w:name="z490"/>
+      <w:bookmarkEnd w:id="202"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId295" w:anchor="z381" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>деятельность</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> по </w:t>
+      </w:r>
       <w:hyperlink r:id="rId296" w:anchor="z7" w:history="1">
-        <w:r w:rsidRPr="006B175E">
-[...169 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>организации</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> строительства жилых зданий за счет привлечения денег дольщиков.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 33 в редакции Закона РК от 15.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId298" w:anchor="z319" w:history="1">
-[...1131 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:hyperlink r:id="rId297" w:anchor="z551" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId300" w:anchor="z320" w:history="1">
-[...952 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 33-бап жаңа редакцияда - ҚР 2011.07.15 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>(вводится в действие с 30.01.2012); с изменениями, внесенными Законом РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId298" w:anchor="z561" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгізіледі) Заңымен, өзгеріс енгізілді - ҚР 2012.07.10 </w:t>
-[...25 lines deleted...]
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>34-бап. Қазақстан Республикасының мемлекеттік рәміздерін </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>      Статья 34. Лицензирование деятельности в сфере </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>дайындау саласындағы қызметті лицензиялау</w:t>
+        <w:t>                 изготовления государственных символов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Наличие </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId299" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лицензии</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> требуется для </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId300" w:anchor="z85" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>изготовления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Государственного Флага Республики Казахстан и Государственного Герба Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 34 с изменениями, внесенными законами РК от 15.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId301" w:anchor="z552" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 30.01.2012); от 28.06.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId302" w:anchor="z18" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 24-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңымен.</w:t>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...134 lines deleted...]
-        <w:t> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңдарымен.</w:t>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Статья 35. Лицензирование деятельности в сфере </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                  таможенного дела</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 35 исключена Законом РК от 30.06.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId303" w:anchor="z737" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 297-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.07.2010)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>35-бап. Кеден ісі саласындағы қызметті лицензиялау</w:t>
+        <w:t>      Статья 36. Лицензирование деятельности в сфере </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 производства и оборота этилового спирта и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 алкогольной продукции, производства табачных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 изделий</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...33 lines deleted...]
-        <w:t> (2010.07.01 бастап қолданысқа енгізіледі) Заңымен.</w:t>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Наличие лицензии требуется для занятия следующими видами </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId304" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>деятельности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) производство этилового спирта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) производство алкогольной продукции. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Данный вид деятельности включает следующие подвиды деятельности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      производство водок и водок особых;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      производство ликероводочных изделий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      производство виноматериала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      производство вин;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      производство коньяка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      производство бренди;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      производство пива;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...7 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId305" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>хранение</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, оптовая и (или) розничная реализация алкогольной продукции, за исключением деятельности по хранению, оптовой и (или) розничной реализации алкогольной продукции на территории ее производства; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Законом РК от 15.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId306" w:anchor="z553" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 30.01.2012);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId307" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>производство</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> табачных изделий.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 36 с изменением, внесенным Законом РК от 15.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId308" w:anchor="z553" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 30.01.2012).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>36-бап. Этил спиртінің және алкоголь өнімінің өндірісі </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>      Статья 37. Лицензирование деятельности, связанной с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>мен айналымы, темекі өнімдерінің өндірісі </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>                  использованием валютных ценностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>       Сноска. Статья 37 исключена Законом РК от 04.07.2009 N </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId309" w:anchor="z107" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>167-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId310" w:anchor="z114" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст. 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>саласындағы қызметті лицензиялау</w:t>
+        <w:t>      Статья 37-1. Лицензирование деятельности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                   в сфере товарных бирж</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...349 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Наличие лицензии требуется для занятия следующими видами </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId311" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>деятельности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) деятельность товарных бирж;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) деятельность биржевых брокеров и биржевых дилеров.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>алып тасталды - ҚР 2011.07.15 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>      Сноска. Закон дополнен статьей 37-1 в соответствии с Законом РК от 04.05.2009 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId312" w:anchor="z13" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 156-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
-[...98 lines deleted...]
-        <w:t> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t> (вводится в действие с 08.11.2009).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
-[...345 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>4-тарау. ТАУАРЛАРДЫҢ ЭКСПОРТЫ МЕН ИМПОРТЫ САЛАСЫНДАҒЫ </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>Глава 4. ЛИЦЕНЗИРОВАНИЕ В СФЕРЕ ЭКСПОРТА И ИМПОРТА ТОВАРОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Статья 38. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Перечень товаров, экспорт и (или) импорт которых подлежит лицензированию, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId313" w:anchor="z82" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>устанавливается</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Правительством Республики Казахстан на основании единого перечня товаров, к которым применяются запреты или ограничения на ввоз или вывоз государствами-членами таможенного союза в рамках Евразийского экономического сообщества в торговле с третьими странами, утвержденного </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId314" w:anchor="z19" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>решением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Комиссии таможенного союза.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Лицензирование экспорта и (или) импорта товаров не должно иметь более ограничивающего или искажающего воздействия на экспорт или импорт товаров, чем цели, во исполнение которых данные ограничения были введены.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="203" w:name="z74"/>
+      <w:bookmarkEnd w:id="203"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId315" w:anchor="z258" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Лицензия</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId316" w:anchor="z232" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>выдается</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> на каждый товар, классифицируемый в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId317" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Единой Товарной </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>номенклатурой</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>внешнеэкономической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деятельности, в отношении которого введено лицензирование.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Лицензиар выдает следующие виды лицензий:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      разовые;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      генеральные;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      исключительные.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Выдача генеральных и исключительных лицензий осуществляется лицензиаром в случаях, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId318" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>решением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Комиссии таможенного союза.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="204" w:name="z75"/>
+      <w:bookmarkEnd w:id="204"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Владельцы генеральных и исключительных лицензий обязаны ежеквартально до пятнадцатого числа месяца, следующего за отчетным кварталом, представлять в уполномоченный орган отчет о ходе исполнения лицензии в форме электронного документа.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Владельцы разовых лицензий в течение пятнадцати календарных дней по истечении срока действия лицензии обязаны предоставлять в уполномоченный орган информацию об исполнении лицензии в форме электронного документа.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="205" w:name="z121"/>
+      <w:bookmarkEnd w:id="205"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. Период действия разовой лицензии не может превышать один год </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с даты начала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ее действия. Срок действия разовой лицензии может быть ограничен сроком действия внешнеторгового договора (контракта) или сроком действия документа, являющегося основанием для выдачи лицензии.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Для товаров, в отношении которых введены количественные ограничения, период действия лицензии заканчивается в календарном году, на который установлена квота.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Срок действия генеральной лицензии не может превышать один год </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с даты начала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ее действия, а для товаров, в отношении которых введены количественные ограничения, заканчивается в календарном году, на который установлена квота, если иное не оговорено решением Комиссии таможенного союза.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Срок действия исключительной лицензии устанавливается решением Комиссии таможенного союза в каждом конкретном случае.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 38 в редакции Закона РК от 26.01.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId319" w:anchor="z65" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 400-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении тридцати календарных дней после его первого официального опубликования); с изменениями, внесенными Законом РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId320" w:anchor="z562" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Статья 39. Лицензирование экспорта отдельных товаров</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 39 исключена Законом РК от 26.01.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId321" w:anchor="z66" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 400-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении тридцати календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Статья 40. Лицензирование импорта отдельных товаров</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 40 исключена Законом РК от 26.01.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId322" w:anchor="z66" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 400-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении тридцати календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Статья 41. Автоматическое лицензирование импорта </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                  отдельных товаров</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId323" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>автоматическом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId324" w:anchor="z75" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лицензировании</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> импорта отдельных товаров одобрение заявления дается во всех случаях. При этом любое лицо, которое выполняет юридические требования страны импортера для осуществления импортных операций, равным образом обладает правом на обращение и получение лицензии на импорт. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId325" w:anchor="z249" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Заявление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> на получение лицензии может подаваться в любой рабочий день до таможенной очистки товаров. Лицензия выдается в течение десяти рабочих дней при представлении заявления на получение лицензии и необходимых документов в надлежащей и полной форме. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Перечень товаров, подлежащих автоматическому лицензированию импорта, утверждается Правительством Республики Казахстан. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 41 с изменениями, внесенными Законом РК от 26.01.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId326" w:anchor="z67" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">№ </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:lastRenderedPageBreak/>
+          <w:t>400-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении тридцати календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-        <w:t>ЛИЦЕНЗИЯЛАУ</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 5. УСЛОВИЯ И ПОРЯДОК ВЫДАЧИ ЛИЦЕНЗИИ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>И (ИЛИ) ПРИЛОЖЕНИЯ К ЛИЦЕНЗИИ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>38-бап. Жалпы ережелер</w:t>
+        <w:t>      Статья 42. Условия выдачи лицензии и (или) приложения к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 лицензии</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...302 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Лицензия и (или) приложение к </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId327" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лицензии</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> выдаются по месту регистрации физического или юридического лица, если лицензиаром являются </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId328" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>местный исполнительный орган</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> или территориальные органы центрального государственного органа.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Организации, осуществляющие прием заявлений и документов и выдачу лицензий и (или) приложений к лицензиям, за исключением </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId329" w:anchor="z95" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лицензий</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и (или) приложений к ним на </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId330" w:anchor="z51" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>право</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId331" w:anchor="z68" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>занятия</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId332" w:anchor="z35" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>деятельностью</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId333" w:anchor="z40" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>финансовой</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId334" w:anchor="z32" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>сфере</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и деятельностью, связанной с концентрацией финансовых ресурсов, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId335" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>выдаваемых</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Национальным Банком Республики Казахстан, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId336" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>определяются</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Правительством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="206" w:name="z86"/>
+      <w:bookmarkEnd w:id="206"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Для получения лицензии и (или) приложения к лицензии (в случае наличия подвидов деятельности) представляются следующие документы: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId337" w:anchor="z96" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>заявление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) копия устава (нотариально засвидетельствованная в случае непредставления оригиналов для сверки) и справка о государственной регистрации (перерегистрации) юридического лица заявителя - для юридического лица;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) копия документа, удостоверяющего личность, - для физического лица; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) копия свидетельства о государственной регистрации заявителя в качестве индивидуального предпринимателя (нотариально засвидетельствованная в случае непредставления оригинала для сверки) - для индивидуального предпринимателя; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) копия свидетельства о постановке заявителя на учет в органе государственных доходов (нотариально засвидетельствованная в случае непредставления оригинала для сверки);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) копия документа, подтверждающего уплату в бюджет </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId338" w:anchor="z4720" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лицензионного сбора</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> за право занятия отдельными видами деятельности, за исключением случаев оплаты через </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId339" w:anchor="z249" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>платежный шлюз</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> "электронного правительства";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) сведения и документы в соответствии с квалификационными требованиями.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Требование подпункта 2) части первой настоящего пункта в части представления копии устава (нотариально засвидетельствованной в случае непредставления оригиналов для сверки) распространяется на юридические лица, осуществляющие деятельность в финансовой сфере и деятельность, связанную с концентрацией финансовых ресурсов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Представление документов, предусмотренных подпунктами 2), 3), 4) и 5) части первой настоящего пункта, не требуется при наличии возможности получения информации, содержащейся в них, из государственных информационных систем и (или) из формы сведений.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      При подаче документов через веб-портал "электронного правительства" или центр обслуживания населения документы представляются в электронной форме.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      При этом в случае наличия требования в законодательстве Республики </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      4. Біржолғы лицензияның қолданыс кезеңі оның қолданыла бастаған күнінен бастап бір жылдан аспауға тиіс. Біржолғы лицензияның қолданыс мерзімі сыртқы сауда шартының (келісімшартының) қолданыс мерзімімен немесе лицензия беруге негіз болып табылатын құжаттың қолданыс мерзімімен шектелуі мүмкін.</w:t>
-[...73 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>Казахстан о представлении нотариально засвидетельствованной копии документа или оригинала документа для сверки такие документы представляются в виде электронной копии документа, удостоверенной электронной цифровой подписью работника центра обслуживания населения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ответственность за достоверность удостоверенных документов несет заявитель или лицензиат, представивший их.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Дополнительные требования к перечню документов при выдаче лицензии на право занятия деятельностью в финансовой сфере и деятельностью, связанной с концентрацией финансовых ресурсов, могут устанавливаться также Национальным Банком Республики Казахстан в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="207" w:name="z257"/>
+      <w:bookmarkEnd w:id="207"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2-1. Действие пункта 2 настоящей статьи не распространяется на случаи получения лицензии в порядке, предусмотренном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId340" w:anchor="z375" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьей 73</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Закона Республики Казахстан «О пенсионном обеспечении в Республике Казахстан».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="208" w:name="z87"/>
+      <w:bookmarkEnd w:id="208"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Для получения приложения к лицензии в рамках вида деятельности, на который имеется </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId341" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лицензия</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, необходимы следующие документы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) заявление;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) сведения и документы в соответствии с квалификационными требованиями к подвиду деятельности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="209" w:name="z88"/>
+      <w:bookmarkEnd w:id="209"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Лицензиар в течение двух рабочих дней с момента получения документов заявителя (лицензиата) обязан проверить полноту представленных документов. В случае установления факта неполноты представленных документов лицензиар в указанные сроки дает письменный мотивированный отказ в дальнейшем рассмотрении заявления.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="210" w:name="z89"/>
+      <w:bookmarkEnd w:id="210"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Для получения согласований государственных органов на предмет соответствия заявителя требованиям законодательства Республики Казахстан лицензиар в течение двух рабочих дней со дня регистрации документов заявителя на получение</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лицензии и (или) приложения к лицензии направляет запрос в соответствующие государственные органы по месту осуществления заявителем лицензируемого вида деятельности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Государственные органы на основании запроса лицензиара в течение десяти рабочих дней направляют ответ соответствующему лицензиару о соответствии или несоответствии заявителя предъявляемым требованиям.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В случае непредставления государственными органами ответа в установленные настоящим Законом сроки выдача лицензии считается согласованной.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="211" w:name="z320"/>
+      <w:bookmarkEnd w:id="211"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Порядок и условия выдачи, отказа в выдаче, приостановления, прекращения действия лицензий на право занятия деятельностью в финансовой сфере и деятельностью, связанной с концентрацией финансовых ресурсов, устанавливаются Национальным Банком Республики Казахстан в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Условия и порядок выдачи лицензий на право занятия деятельностью в сфере игорного бизнеса определяются </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://adilet.zan.kz/rus/docs/Z070000219_" \l "z41" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан "Об игорном бизнесе".</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Условия и порядок выдачи лицензий на деятельность по организации строительства жилых зданий за счет привлечения денег дольщиков определяются </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId342" w:anchor="z90" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан "О долевом участии в жилищном строительстве".</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Особые условия выдачи лицензии на право занятия деятельностью в сфере архитектуры, градостроительства и строительства определяются </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId343" w:anchor="z435" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан "Об архитектурной, градостроительной и строительной деятельности в Республике Казахстан".</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="212" w:name="z85"/>
+      <w:bookmarkEnd w:id="212"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      7. Все документы, представленные соответствующему лицензиару или в центр обслуживания населения для выдачи лицензии и (или) приложения к лицензии, принимаются по описи, копия которой направляется (вручается) заявителю с отметкой о дате приема документов указанным органом.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 38-бап жаңа редакцияда - ҚР 2011.01.26 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t xml:space="preserve">Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі) Заңымен, өзгеріс енгізілді - ҚР 2012.07.10 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>Статья 42 в редакции Закона РК от 15.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId344" w:anchor="z554" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t>(вводится в действие с 30.01.2012); с изменениями, внесенными законами РК от 05.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId345" w:anchor="z530" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 30-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId346" w:anchor="z563" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 24.12.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId347" w:anchor="z869" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 60-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 21.06.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId348" w:anchor="z179" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 106-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId349" w:anchor="z201" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пп.1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> п. 1 ст. 2); от 07.11.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId350" w:anchor="z325" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 248-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>39-бап. Жекелеген тауарлардың экспортын лицензиялау</w:t>
+        <w:t>      Статья 43. Сроки рассмотрения заявлений о выдаче лицензии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 и (или) приложения к лицензии</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лицензия и (или) приложение к лицензии выдаются лицензиаром не позднее пятнадцати рабочих дней, за исключением лицензиаров в сфере использования атомной энергии, финансовой сфере и деятельности, связанной с концентрацией финансовых ресурсов, импорта и экспорта продукции, подлежащей экспортному контролю, которые выдают лицензию и (или) приложение к лицензии не позднее тридцати рабочих дней со дня представления заявления с соответствующими документами, установленными настоящим Законом</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="213" w:name="z92"/>
+      <w:bookmarkEnd w:id="213"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. В случае если лицензиар в установленные настоящим Законом сроки не выдал заявителю лицензию и (или) приложение к лицензии либо не предоставил мотивированный отказ в выдаче лицензии и (или) приложения к лицензии, то </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с даты истечения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сроков их выдачи лицензия и (или) приложение к лицензии считаются выданными.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Лицензиар не позднее пяти рабочих дней с момента истечения срока выдачи лицензии и (или) приложения к лицензии обязан выдать заявителю соответствующую лицензию и (или) приложение к лицензии.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В случае невыдачи лицензиаром лицензии и (или) приложения к лицензии по истечении пяти рабочих дней лицензия и (или) приложение к лицензии считаются полученными. Подтверждением законности осуществления лицензируемого вида деятельности до получения лицензии является полученное заявителем уведомление о приеме заявления.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 43 в редакции Закона РК от 15.07.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId351" w:anchor="z554" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 30.01.2012); с изменениями, внесенными законами РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId352" w:anchor="z564" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 21.06.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId353" w:anchor="z79" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 107-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении тридцати календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>40-бап. Жекелеген тауарлардың импортын лицензиялау</w:t>
+        <w:t>Статья 44. Лицензионный сбор за право занятия отдельными </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>видами деятельности</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Лицензионный сбор за право занятия отдельными видами деятельности взимается при выдаче (переоформлении) лицензий (дубликата лицензий) в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId354" w:anchor="z4713" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Налоговым кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ставки лицензионного сбора за право занятия отдельными видами деятельности устанавливаются </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId355" w:anchor="z4720" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Налоговым </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      При выдаче приложений к лицензии (дубликатов приложений к лицензии) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>лицензионный сбор не взимается. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      При выдаче лицензий и (или) приложений к лицензии в случаях, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId356" w:anchor="z155" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьей 47-1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона, лицензионный сбор не взимается.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 44 с изменениями, внесенными законами РК от 10.12.2008 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId357" w:anchor="z119" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 101-IV </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводятся в действие с 01.01.2009); от 16.11.2009 № </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId358" w:anchor="z434" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>200-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.01.2010); от 06.03.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId359" w:anchor="z116" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 81-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>41-бап. Жекелеген тауарлардың импортын автоматты түрде </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>      Статья 45. Отказ в выдаче лицензии и (или) приложения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>лицензиялау</w:t>
+        <w:t>                 к лицензии</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...109 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Отказ в выдаче лицензии и (или) приложения к лицензии осуществляется в случаях, если: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) занятие видом деятельности запрещено законами Республики Казахстан для данной категории субъектов; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 41-бапқа өзгерту енгізілді - ҚР 2011.01.26 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>исключен Законом РК от 15.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId360" w:anchor="z568" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t>(вводится в действие с 30.01.2012);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) не внесен </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId361" w:anchor="z4720" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лицензионный сбор</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> за право занятия отдельными видами деятельности в случае подачи заявления на выдачу лицензии на вид деятельности;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) заявитель не соответствует </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId362" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>квалификационным требованиям</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4-1) не согласована выдача лицензии заявителю </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId363" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>согласующим государственным органом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) в отношении заявителя имеется вступивший в законную силу приговор суда, запрещающий ему заниматься отдельным видом деятельности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) судом на основании представления судебного исполнителя запрещено заявителю получать лицензии.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Дополнительные требования для отказа в выдаче лицензий на занятие деятельностью в финансовой сфере и деятельностью, связанной с концентрацией финансовых ресурсов, могут устанавливаться Национальным Банком Республики Казахстан в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="214" w:name="z258"/>
+      <w:bookmarkEnd w:id="214"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1-1. Действие пункта 1 настоящей статьи не распространяется на случаи получения лицензии в порядке, предусмотренном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId364" w:anchor="z375" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьей 73</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Закона Республики Казахстан «О пенсионном обеспечении в Республике Казахстан».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. При отказе в выдаче лицензии лицензиаром заявителю дается мотивированный ответ в сроки, установленные для выдачи лицензии и (или) приложения к лицензии. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 45 с изменениями, внесенными законами РК от 04.07.2009 N </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId365" w:anchor="z109" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>167-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId366" w:anchor="z114" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст. 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); от 02.04.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId367" w:anchor="z251" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 262-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводятся в действие с 21.10.2010); от 15.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId368" w:anchor="z564" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие с 30.01.2012); </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 05.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId369" w:anchor="z531" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 30-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> действие по истечении десяти календарных дней после его первого официального опубликования); от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId370" w:anchor="z567" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 21.06.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId371" w:anchor="z180" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 106-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Статья 46. Обжалование отказа в выдаче лицензии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                 и (или) приложения к лицензии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Если лицензия и (или) приложение к лицензии не выданы в установленный настоящим Законом срок или отказ в выдаче лицензии и (или) приложения к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>лицензии представляется заявителю необоснованным, он вправе обжаловать эти действия в порядке, установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId372" w:anchor="z564" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>5-тарау. ЛИЦЕНЗИЯНЫ ЖӘНЕ (НЕМЕСЕ) ЛИЦЕНЗИЯҒА ҚОСЫМШАНЫ </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>Глава 6. ПЕРЕОФОРМЛЕНИЕ, ВЫДАЧА ДУБЛИКАТОВ, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>БЕРУДІҢ ШАРТТАРЫ МЕН ТӘРТІБІ</w:t>
+        <w:t>ПРЕКРАЩЕНИЕ И ПРИОСТАНОВЛЕНИЕ ДЕЙСТВИЯ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ЛИЦЕНЗИИ И (ИЛИ) ПРИЛОЖЕНИЯ К ЛИЦЕНЗИИ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>42-бап. Лицензияны және (немесе) лицензияға қосымшаны </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>Статья 47. Переоформление и выдача дубликатов лицензии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>беру шарттары</w:t>
+        <w:t>и (или) приложения к лицензии, а также перевод</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>электронный формат</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...60 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. При утере, порче лицензии и (или) приложения к лицензии лицензиат имеет право на получение дубликатов лицензии и (или) приложения к лицензии.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Если лицензия была выдана на бумажном носителе, лицензиат вправе по заявлению перевести ее в электронный формат без получения дубликата.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Утерянные, испорченные бланки лицензии и (или) приложения к лицензии считаются недействительными со дня подачи лицензиатом письменного заявления лицензиару.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Лицензиар в течение двух рабочих дней со дня подачи заявления производит выдачу дубликатов лицензии и (или) приложения к лицензии с присвоением нового номера и надписью "Дубликат" в правом верхнем углу.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Дубликаты лицензий и (или) приложений к лицензиям оформляются в электронной форме с соблюдением положений </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId373" w:anchor="z40" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьи 10</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>настоящего Закона.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="215" w:name="z101"/>
+      <w:bookmarkEnd w:id="215"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лицензия и (или) приложение к </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId374" w:anchor="z105" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лицензии</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> подлежат переоформлению в следующих случаях:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) изменения фамилии, имени, отчества (при его наличии) физического лица; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) при перерегистрации индивидуального предпринимателя, изменении его наименования и адреса; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) при реорганизации юридического лица в форме слияния, присоединения, выделения или преобразования; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) изменения наименования и (или) юридического адреса юридического лица.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В случае изменения наименования вида и (или) подвида деятельности лицензиат имеет право подать заявление о переоформлении лицензии с подтверждением уплаты в бюджет </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId375" w:anchor="z4720" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лицензионного сбора</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> за право занятия отдельными видами деятельности при переоформлении лицензий.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Заявление о переоформлении подается лицензиатом в течение тридцати календарных дней с приложением документов, подтверждающих уплату в бюджет лицензионного сбора за право занятия отдельными видами деятельности при переоформлении лицензий.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В случае неоплаты лицензионного сбора лицензиар отказывает в переоформлении лицензии и (или) приложения к лицензии.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В случае исключения из лицензируемого вида деятельности одной или более банковских операций, одного или более классов в страховой деятельности лицензиат обязан в течение тридцати календарных дней подать заявление о переоформлении лицензии с приложением лицензии.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      В случае изменения наименования вида деятельности физическое или юридическое лицо, осуществляющее деятельность в финансовой сфере и деятельность, связанную с концентрацией финансовых ресурсов, если такое изменение не повлекло изменения существа лицензируемого </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>вида</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деятельности, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>табылса, жеке немесе заңды тұлғаны тiркеу орны бойынша берiледi.</w:t>
-[...1050 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>обязано в течение тридцати календарных дней подать заявление о переоформлении лицензии с приложением документов, подтверждающих уплату в бюджет лицензионного сбора за право занятия отдельными видами деятельности при переоформлении лицензии.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Переоформленные лицензии и (или) приложения к лицензиям оформляются в электронной форме с соблюдением положений </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId376" w:anchor="z40" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьи 10</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 42-бап жаңа редакцияда көзделген - ҚР 2011.07.15 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>Сноска. Статья 47 в редакции Закона РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId377" w:anchor="z568" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгізіледі), өзгерістер енгізілді - ҚР 2012.07.05 </w:t>
-[...155 lines deleted...]
-        <w:t>(алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңдарымен.</w:t>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...8 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>43-бап. Лицензия және (немесе) лицензияға қосымша беру </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>Статья 47-1. Исправление ошибок в выданных лицензиях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В случае обнаружения ошибок в выданной лицензии и (или) приложении к лицензии лицензиат вправе подать заявление в произвольной форме об их исправлении.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="216" w:name="z238"/>
+      <w:bookmarkEnd w:id="216"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Лицензиар в течение десяти рабочих дней со дня подачи лицензиатом соответствующего заявления вносит необходимые изменения в реестр лицензий и выдает лицензию и (или) приложение к лицензии с соответствующими исправлениями.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Глава 6 дополнена статьей 47-1 в соответствии с Законом РК от 06.03.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId378" w:anchor="z118" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 81-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>туралы өтініштерді қарау мерзімдері</w:t>
+        <w:t>      Статья 48. Прекращение действия лицензии и (или) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                  приложения к лицензии</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лицензия и (или) приложение к лицензии прекращают свое действие в случаях: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) истечения срока, на который выдана лицензия; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) совершения действий (операций) в полном объеме, на осуществление которых выдана лицензия; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) лишения лицензии; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) прекращения деятельности физического лица, ликвидации юридического лица, реорганизации юридического лица, за исключением реорганизации в форме слияния, присоединения, выделения или преобразования;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) добровольного возврата лицензии и (или) приложения к лицензии лицензиару;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) исключения отдельного вида деятельности и (или) подвида деятельности из перечня лицензируемых; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) исключения лицензиата из числа субъектов, подлежащих лицензированию;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8) в иных случаях, предусмотренных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...46 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. При прекращении действия лицензии и (или) приложения к лицензии, за исключением прекращения действия лицензии по основаниям, предусмотренным подпунктами 6) и 7) пункта 1 настоящей статьи, лицензиат обязан в течение десяти рабочих дней вернуть лицензию и (или) приложение к лицензии лицензиару.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 43-бап жаңа редакцияда - ҚР 2011.07.15 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>Сноска. Статья 48 с изменениями, внесенными законами РК от 13.02.2009 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId379" w:anchor="z84" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>N 135-IV </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін алты ай өткен соң қолданысқа енгізіледі) Заңымен, өзгеріс енгізілді - ҚР 2012.07.10 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId380" w:anchor="z86" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст. 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 21.06.2013 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>); от 20.01.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId381" w:anchor="z219" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 241-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t>; от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId382" w:anchor="z569" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>44-бап. Қызметтің жекелеген түрлерімен айналысу құқығы </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>      Статья 49. Приостановление действия, лишение лицензии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Приостановление действия, лишение лицензии осуществляются в порядке, предусмотренном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId383" w:anchor="z59" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 49 с изменениями, внесенными Законом от 20.01.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId384" w:anchor="z220" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 241-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>үшін төленетін лицензиялық алым</w:t>
+        <w:t>Статья 49-1. Лицензионный контроль</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...108 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Лицензионный контроль осуществляется в форме проверки и иных формах.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="217" w:name="z493"/>
+      <w:bookmarkEnd w:id="217"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Проверка соблюдения лицензиатами законодательства Республики Казахстан о лицензировании после выдачи лицензии и (или) приложения к лицензии осуществляется в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId385" w:anchor="z113" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан "О государственном контроле и надзоре в Республике Казахстан". Иные формы контроля осуществляются в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="218" w:name="z577"/>
+      <w:bookmarkEnd w:id="218"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Проверка соответствия заявителя или лицензиата </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId386" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>квалификационным требованиям</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> до выдачи лицензии и (или) приложения к лицензии осуществляется в порядке иной формы контроля с посещением проверяемого субъекта, по результатам которого принимается решение о соответствии или несоответствии заявителя или лицензиата квалификационным требованиям.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Проверке подлежат квалификационные требования, которые не подтверждаются представлением документов, а также достоверность представленных документов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 44-бапқа өзгерістер енгізілді - ҚР 2008.12.10 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>Сноска. Статья 49-1 в редакции Закона РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId387" w:anchor="z572" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (01.01.2009 бастап қолданысқа енгізіледі), 2009.11.16 </w:t>
-[...74 lines deleted...]
-        <w:t>Заңдарымен.</w:t>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
-[...806 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>6-тарау. ЛИЦЕНЗИЯНЫ ЖӘНЕ (НЕМЕСЕ) ЛИЦЕНЗИЯҒА ҚОСЫМШАНЫ ҚАЙТА </w:t>
-[...21 lines deleted...]
-        <w:t>ТОҚТАТА ТҰРУ    </w:t>
+        <w:t>Глава 7. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>47-бап. Лицензияның және (немесе) лицензияға қосымшаның</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>      Статья 50. Возмещение убытков</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Возмещение убытков, вызванных необоснованным отказом в выдаче лицензии или нарушением прав лицензиата, осуществляется в порядке, установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId388" w:anchor="z1061" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 50 с изменением, внесенным Законом РК от 15.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId389" w:anchor="z572" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 461-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 30.01.2012).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>телнұсқаларын қайта ресiмдеу және беру, сондай-ақ</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>      Статья 51. Нарушение законодательства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>электрондық форматқа аудару</w:t>
+        <w:t>                 Республики Казахстан о лицензировании</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...467 lines deleted...]
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Нарушение законодательства Республики Казахстан о лицензировании влечет ответственность, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId390" w:anchor="z876" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>установленную</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://adilet.zan.kz/rus/docs/K970000167_" \l "z207" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>47-1-бап. Берілген лицензиялардағы қателерді түзету</w:t>
+        <w:t>      Статья 52. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Настоящий Закон вводится в действие по истечении шести месяцев со дня его официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...34 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Признать утратившим силу </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId391" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00061434">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Закон</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 17 апреля 1995 г. "О лицензировании" (Ведомости Верховного Совета Республики Казахстан, 1995 г., N 3-4, ст. 37; N 12, ст. 88; N 14, ст. 93;  N 15-16, ст. 109; N 24, ст. 162; Ведомости Парламента Республики Казахстан, 1996 г., N 8-9, ст. 236; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1997 г., N 1-2, ст. 8; N 7, ст. 80; N 11, ст. 144, 149; N 12, ст. 184; N 13-14, ст. 195, 205; N 22, ст. 333; 1998 г., N 14, ст. 201; N 16, ст. 219; N 17-18, ст. 222, 224, 225; N 23, ст. 416; N 24, ст. 452;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1999 г., N 20, ст. 721, 727; N 21, ст. 787; N 22, ст. 791; N 23, ст. 931; N 24, ст. 1066; 2000 г., N 10, ст. 248; N 22, ст. 408; 2001 г., N 1, ст. 7; N 8, ст. 52, 54; N 13-14, ст. 173, 176; N 23, ст. 321;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N 24, ст. 338; 2002 г., N 2, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>түзетулері бар лицензияны және (немесе) лицензияға қосымшаны береді.</w:t>
-[...61 lines deleted...]
-      </w:r>
+        <w:t>ст. 17; N 15, ст. 151; N 19-20, ст. 165; 2003 г., N 1-2, ст. 2; N 4, ст. 25; N 6, ст. 34; N 10, ст. 50, 51; N 11, ст. 69; N 14, ст. 107; N 15, ст. 124, 128, 139;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2004 г., N 2, ст. 9; N 5, ст. 27; N 10, ст. 54; N 14, ст. 82; N 15, ст. 86; N 16, ст. 91; N 17, ст. 98; 2005 г., N 7-8, ст. 23; N 11, ст. 37; N 14, ст. 55, 58; N 23, ст. 104; 2006 г., N 8, ст. 45;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>N 13, ст. 85; N 15, ст. 92; N 16, ст. 97, 102).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="006B175E" w:rsidRPr="006B175E" w:rsidRDefault="006B175E" w:rsidP="006B175E">
+    <w:p w:rsidR="00061434" w:rsidRPr="00061434" w:rsidRDefault="00061434" w:rsidP="00061434">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B175E">
-[...1293 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Қазақстан Республикасының </w:t>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="006B175E">
+        <w:t>      Президент </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00061434">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Президенті</w:t>
+        <w:t>  Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0A37" w:rsidRPr="006B175E" w:rsidRDefault="00BA0A37" w:rsidP="006B175E"/>
-    <w:sectPr w:rsidR="00BA0A37" w:rsidRPr="006B175E">
+    <w:p w:rsidR="006B501E" w:rsidRDefault="006B501E">
+      <w:bookmarkStart w:id="219" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="219"/>
+    </w:p>
+    <w:sectPr w:rsidR="006B501E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A5543E"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00BA0A37"/>
+    <w:rsidRoot w:val="004E7A30"/>
+    <w:rsid w:val="00061434"/>
+    <w:rsid w:val="004E7A30"/>
+    <w:rsid w:val="006B501E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -29613,165 +32346,165 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="006B175E"/>
+    <w:rsid w:val="00061434"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="006B175E"/>
+    <w:rsid w:val="00061434"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="006B175E"/>
+    <w:rsid w:val="00061434"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006B175E"/>
+    <w:rsid w:val="00061434"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006B175E"/>
+    <w:rsid w:val="00061434"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006B175E"/>
+    <w:rsid w:val="00061434"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="note1">
     <w:name w:val="note1"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="006B175E"/>
+    <w:rsid w:val="00061434"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -29898,207 +32631,193 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="006B175E"/>
+    <w:rsid w:val="00061434"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="006B175E"/>
+    <w:rsid w:val="00061434"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="006B175E"/>
+    <w:rsid w:val="00061434"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006B175E"/>
+    <w:rsid w:val="00061434"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006B175E"/>
+    <w:rsid w:val="00061434"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006B175E"/>
+    <w:rsid w:val="00061434"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="note1">
     <w:name w:val="note1"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="006B175E"/>
+    <w:rsid w:val="00061434"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="188180575">
-[...12 lines deleted...]
-    <w:div w:id="1940063323">
+    <w:div w:id="711152850">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300001511" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000089" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000337_" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000716" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000400" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001454" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000071" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001590" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1400009249" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000234_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001655" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000461_" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000060" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V070004736_" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000058" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200007984" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000106" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K970000167_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000202" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000716" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001590" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000116" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z950002444_" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200007555" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001454" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000149" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000338_" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000105" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K080000099_" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000167_" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000107" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000190" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000158" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000116" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000149" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P080000578_" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000573_" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001635" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000089" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000106" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V080005256_" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000248" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000337_" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001463" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000167_" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000716" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000223" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000546" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000106" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K010000155_" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000214_/z070214_.htm" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001421" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z950002444_" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000240_" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1400009249" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000338_" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000024" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000400" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001655" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000214_/z07214.2.htm" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000167_" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001598" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000155" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000214_/z07214.1.htm" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K010000155_" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000488" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001620" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001460" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000116" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000214_/z07214.1.htm" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001506" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V060004468_" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000106" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000167_" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200007534" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z060000163_" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000337_" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001655" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001362" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001641" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000167_" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K990000411_" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000214_" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000716" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000223" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001670" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000241_" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300001511" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000149" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000524" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000175" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000214_/z07214.1.htm" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000030" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000071" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000297_" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000400" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000219_" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000214_/z07214.3.htm" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001796" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001463" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000155" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P040001232_" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001460" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001655" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000192" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200007984" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000214_/z07214.2.htm" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1000001497" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000378" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000219_" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000489" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V080005256_" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000167_" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V070004731_" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000524" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000223" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V070004718_" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000156_" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000716" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000214_" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000241_" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1400009111" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P080000578_" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000214_/z07214.2.htm" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000524" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000524" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001598" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000468_" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z060000180_" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001460" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000057" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001796" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000265" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000489" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000567_" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000107" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K080000099_" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001635" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000239" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001655" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P030001386_" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z950002444_" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000133_" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001653" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V070004873_" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z060000180_" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000223" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000531" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V070004873_" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000156_" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000716" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z010000242_" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000105" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z080000089_" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001655" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000081" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001454" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000106" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000106" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P080000578_" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001655" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001670" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000058" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001796" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1100000682" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V060004468_" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K080000099_" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001554" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000337_" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001506" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V070004731_" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000133_" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000156_" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000386_" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P080000578_" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000531" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V010001532_" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000241_" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P080000578_" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001796" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000716" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000050" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000167_" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000214_/z07214.1.htm" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z080000089_" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1400009111" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001641" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000106" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000106" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z000000107_" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P070000493_" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000217_" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001421" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000167_" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000156_" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000400" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000155" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300001514" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001555" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000214_/z07214.2.htm" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000214_" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000081" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V070004731_" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000135_" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000337_" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000337_" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000030" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000488" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V060004468_" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000297_" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000162" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000241_" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000716" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000223" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000400" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000030" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000167_" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000081" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V070004718_" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000394" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000081" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1300008692" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000089" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P100001036_" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000167_" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000132" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001555" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P080000578_" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001655" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z080000101_" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000135_" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000219_" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1000001171" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000337_" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300001567" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000135_" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000214_/z07214.3.htm" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000077" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200007534" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000297_" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000057" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001655" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000262_" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000716" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001434" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z010000178_" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V070004873_" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008051" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000089" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000395" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001716" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P080000578_" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000716" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000142" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000087" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P080000578_" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000217_" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000200_" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z010000242_" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001554" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000151" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000135_" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1000001171" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1100001261" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V070004731_" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000185_" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000400_" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001620" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V080005256_" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000155" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000057" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000214_/z07214.4.htm" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000060" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000538" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P070000493_" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000155" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K990000409_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000195" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001684" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V000001199_" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V080005406_" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P100001036_" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z950002200_" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1100001261" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000149" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000716" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001128" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000155" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K080000099_" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000337_" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001796" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001362" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000081" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000241_" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000531" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000077" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000142" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000116" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V010001532_" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000185_" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000195" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V070004731_" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1000001171" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000461_" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001393" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000538" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000018" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000018" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V070004718_" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000106" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000030" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000050" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001716" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V000001351_" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200007534" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000524" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001653" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000214_" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000241_" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000155" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200001620" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000116" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1100001261" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001598" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000716" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P080000578_" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000167_" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001463" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z080000089_" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1400009111" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300001584" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000195" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000524" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000106" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P080000578_" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z060000163_" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000378" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1200007984" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001796" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/H12EK000134" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V070004718_" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000214_" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000202" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000018" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000716" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000050" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001506" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z950002444_" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000133_" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000214_/z07214.2.htm" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300001511" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000149" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000089" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000057" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P080000578_" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000262_" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K990000409_" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000155" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1100000682" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001555" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z080000089_" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000081" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001454" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000106" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000214_/z07214.1.htm" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1000001497" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001590" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000089" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000135_" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P080000578_" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000214_/z07214.2.htm" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z080000101_" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000060" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P070000493_" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000156_" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000716" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000223" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000081" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000214_/z070214.htm" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V070004731_" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000214_/z07214.1.htm" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001454" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000106" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000089" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000057" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000400" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000060" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001655" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000214_" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001598" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000132" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001555" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1400009111" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001641" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000214_/z07214.2.htm" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001635" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V070004731_" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000135_" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000155" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001655" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000386_" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000240_" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000241_" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000200_" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000135_" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000524" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000219_" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K010000155_" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V070004718_" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1200008051" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P100001036_" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001655" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P070000493_" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000217_" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000167_" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001506" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000297_" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001655" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000106" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000030" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000716" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000142" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001554" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001434" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000135_" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1100001261" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V070004731_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001655" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000337_" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000030" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001655" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000223" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000185_" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/H12EV000054" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000081" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001463" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001641" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000297_" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000155" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000155" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z950002200_" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001684" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V070004873_" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z000000107_" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000337_" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1400009324" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000089" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000058" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000214_/z07214.4.htm" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000106" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000167_" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000071" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000057" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000716" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001362" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001554" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000195" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000241_" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000142" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000116" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000337_" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000337_" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300001567" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000234_" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/H10T0000168" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000217_" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000219_" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001362" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000223" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V070004718_" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000018" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000531" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000248" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000106" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1000001171" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000394" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001716" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V000001199_" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V080005406_" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P100001036_" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V060004468_" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000214_/z07214.3.htm" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000337_" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000030" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001716" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000058" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000716" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000050" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000105" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000158" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000337_" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000071" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000116" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V14Y0009718" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000338_" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000400" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000395" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z060000180_" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000489" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V070004873_" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V070004873_" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001754" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000155" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K990000411_" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001590" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000116" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V000001351_" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1200007555" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001128" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000167_" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000178_" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000378" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001460" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000167_" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P080000578_" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000716" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001655" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000214_/z07214.1.htm" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K010000155_" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001620" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000116" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1400009249" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000338_" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1000001171" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000531" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V070004731_" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000167_" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000107" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000190" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V070004731_" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000214_" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000546" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001421" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z950002444_" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000400_" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001393" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001670" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000106" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000087" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000175" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000400" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000167_" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000716" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000223" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000077" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000400" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z060000180_" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000214_/z07214.3.htm" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000241_" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001620" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001460" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000116" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1000001171" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000524" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000149" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000524" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000488" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V080005256_" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000155" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000488" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001653" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1400009324" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000107" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001655" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001796" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001670" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000461_" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z950002444_" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000106" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001421" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P080000578_" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000716" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000223" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000400" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000242_" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000105" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000151" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000369" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000337_" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001460" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300001511" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1400009249" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000524" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000461_" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000077" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V060004468_" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001796" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300001514" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000156_" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1200007984" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000337_" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000538" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000716" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000155" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000192" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V060004468_" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V080005256_" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000081" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000149" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000716" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000024" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000468_" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000337_" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000214_/z07214.2.htm" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000242_" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000167_" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000214_/z07214.1.htm" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000489" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000567_" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000081" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000461" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000149" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000106" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001620" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1400009324" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P080000578_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001655" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000573_" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000337_" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000538" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000162" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001796" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000265" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V080005256_" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000214_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001635" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1300000239" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1200007984" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000133_" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000297_" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001796" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1200001653" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000030" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -30346,55 +33065,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
+  <Pages>38</Pages>
   <Words>19100</Words>
-  <Characters>108872</Characters>
+  <Characters>108876</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>907</Lines>
   <Paragraphs>255</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>127717</CharactersWithSpaces>
+  <CharactersWithSpaces>127721</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ученик</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>